--- v0 (2025-11-06)
+++ v1 (2026-01-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2359">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2422">
   <si>
     <t>Fecha</t>
   </si>
   <si>
     <t>Punto de monitoreo</t>
   </si>
   <si>
     <t>Unidad</t>
   </si>
   <si>
     <t>Valor</t>
   </si>
   <si>
     <t>2019-05-25 00:00:00</t>
   </si>
   <si>
     <t>CA-2015</t>
   </si>
   <si>
     <t>L/s</t>
   </si>
   <si>
     <t>2019-05-26 00:00:00</t>
   </si>
   <si>
@@ -7089,86 +7089,279 @@
     <t>2025-10-24 00:00:00</t>
   </si>
   <si>
     <t>2025-10-25 00:00:00</t>
   </si>
   <si>
     <t>2025-10-26 00:00:00</t>
   </si>
   <si>
     <t>2025-10-27 00:00:00</t>
   </si>
   <si>
     <t>2025-10-28 00:00:00</t>
   </si>
   <si>
     <t>2025-10-29 00:00:00</t>
   </si>
   <si>
     <t>2025-10-30 00:00:00</t>
   </si>
   <si>
     <t>2025-10-31 00:00:00</t>
   </si>
   <si>
     <t>2025-11-01 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-02 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-03 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-04 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-05 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-06 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-07 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-08 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-09 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-10 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-11 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-12 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-13 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-14 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-15 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-16 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-17 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-18 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-19 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-20 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-21 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-22 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-23 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-24 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-25 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-26 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-27 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-28 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-29 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-11-30 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-01 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-02 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-03 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-04 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-05 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-06 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-07 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-08 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-09 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-10 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-11 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-12 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-13 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-14 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-15 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-16 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-17 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-18 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-19 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-20 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-21 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-22 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-23 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-24 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-25 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-26 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-27 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-28 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-29 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-30 00:00:00</t>
+  </si>
+  <si>
+    <t>2025-12-31 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-01 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-02 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-03 00:00:00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -7432,51 +7625,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D2354"/>
+  <dimension ref="A1:D2417"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
@@ -40396,84 +40589,966 @@
       </c>
       <c r="B2353" t="s">
         <v>5</v>
       </c>
       <c r="C2353" t="s">
         <v>6</v>
       </c>
       <c r="D2353">
         <v>34.46</v>
       </c>
     </row>
     <row r="2354" spans="1:4">
       <c r="A2354" t="s">
         <v>2358</v>
       </c>
       <c r="B2354" t="s">
         <v>5</v>
       </c>
       <c r="C2354" t="s">
         <v>6</v>
       </c>
       <c r="D2354">
         <v>34.4</v>
       </c>
     </row>
+    <row r="2355" spans="1:4">
+      <c r="A2355" t="s">
+        <v>2359</v>
+      </c>
+      <c r="B2355" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2355" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2355">
+        <v>34.46</v>
+      </c>
+    </row>
+    <row r="2356" spans="1:4">
+      <c r="A2356" t="s">
+        <v>2360</v>
+      </c>
+      <c r="B2356" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2356" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2356">
+        <v>34.47</v>
+      </c>
+    </row>
+    <row r="2357" spans="1:4">
+      <c r="A2357" t="s">
+        <v>2361</v>
+      </c>
+      <c r="B2357" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2357" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2357">
+        <v>34.48</v>
+      </c>
+    </row>
+    <row r="2358" spans="1:4">
+      <c r="A2358" t="s">
+        <v>2362</v>
+      </c>
+      <c r="B2358" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2358" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2358">
+        <v>34.46</v>
+      </c>
+    </row>
+    <row r="2359" spans="1:4">
+      <c r="A2359" t="s">
+        <v>2363</v>
+      </c>
+      <c r="B2359" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2359" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2359">
+        <v>34.47</v>
+      </c>
+    </row>
+    <row r="2360" spans="1:4">
+      <c r="A2360" t="s">
+        <v>2364</v>
+      </c>
+      <c r="B2360" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2360" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2360">
+        <v>34.46</v>
+      </c>
+    </row>
+    <row r="2361" spans="1:4">
+      <c r="A2361" t="s">
+        <v>2365</v>
+      </c>
+      <c r="B2361" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2361" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2361">
+        <v>34.48</v>
+      </c>
+    </row>
+    <row r="2362" spans="1:4">
+      <c r="A2362" t="s">
+        <v>2366</v>
+      </c>
+      <c r="B2362" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2362" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2362">
+        <v>34.47</v>
+      </c>
+    </row>
+    <row r="2363" spans="1:4">
+      <c r="A2363" t="s">
+        <v>2367</v>
+      </c>
+      <c r="B2363" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2363" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2363">
+        <v>34.35</v>
+      </c>
+    </row>
+    <row r="2364" spans="1:4">
+      <c r="A2364" t="s">
+        <v>2368</v>
+      </c>
+      <c r="B2364" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2364" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2364">
+        <v>34.47</v>
+      </c>
+    </row>
+    <row r="2365" spans="1:4">
+      <c r="A2365" t="s">
+        <v>2369</v>
+      </c>
+      <c r="B2365" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2365" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2365">
+        <v>34.46</v>
+      </c>
+    </row>
+    <row r="2366" spans="1:4">
+      <c r="A2366" t="s">
+        <v>2370</v>
+      </c>
+      <c r="B2366" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2366" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2366">
+        <v>34.48</v>
+      </c>
+    </row>
+    <row r="2367" spans="1:4">
+      <c r="A2367" t="s">
+        <v>2371</v>
+      </c>
+      <c r="B2367" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2367" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2367">
+        <v>34.46</v>
+      </c>
+    </row>
+    <row r="2368" spans="1:4">
+      <c r="A2368" t="s">
+        <v>2372</v>
+      </c>
+      <c r="B2368" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2368" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2368">
+        <v>34.47</v>
+      </c>
+    </row>
+    <row r="2369" spans="1:4">
+      <c r="A2369" t="s">
+        <v>2373</v>
+      </c>
+      <c r="B2369" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2369" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2369">
+        <v>34.48</v>
+      </c>
+    </row>
+    <row r="2370" spans="1:4">
+      <c r="A2370" t="s">
+        <v>2374</v>
+      </c>
+      <c r="B2370" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2370" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2370">
+        <v>23.23</v>
+      </c>
+    </row>
+    <row r="2371" spans="1:4">
+      <c r="A2371" t="s">
+        <v>2375</v>
+      </c>
+      <c r="B2371" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2371" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2371">
+        <v>27.55</v>
+      </c>
+    </row>
+    <row r="2372" spans="1:4">
+      <c r="A2372" t="s">
+        <v>2376</v>
+      </c>
+      <c r="B2372" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2372" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2372">
+        <v>34.46</v>
+      </c>
+    </row>
+    <row r="2373" spans="1:4">
+      <c r="A2373" t="s">
+        <v>2377</v>
+      </c>
+      <c r="B2373" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2373" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2373">
+        <v>34.35</v>
+      </c>
+    </row>
+    <row r="2374" spans="1:4">
+      <c r="A2374" t="s">
+        <v>2378</v>
+      </c>
+      <c r="B2374" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2374" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2374">
+        <v>34.41</v>
+      </c>
+    </row>
+    <row r="2375" spans="1:4">
+      <c r="A2375" t="s">
+        <v>2379</v>
+      </c>
+      <c r="B2375" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2375" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2375">
+        <v>34.4</v>
+      </c>
+    </row>
+    <row r="2376" spans="1:4">
+      <c r="A2376" t="s">
+        <v>2380</v>
+      </c>
+      <c r="B2376" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2376" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2376">
+        <v>34.43</v>
+      </c>
+    </row>
+    <row r="2377" spans="1:4">
+      <c r="A2377" t="s">
+        <v>2381</v>
+      </c>
+      <c r="B2377" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2377" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2377">
+        <v>34.41</v>
+      </c>
+    </row>
+    <row r="2378" spans="1:4">
+      <c r="A2378" t="s">
+        <v>2382</v>
+      </c>
+      <c r="B2378" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2378" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2378">
+        <v>34.44</v>
+      </c>
+    </row>
+    <row r="2379" spans="1:4">
+      <c r="A2379" t="s">
+        <v>2383</v>
+      </c>
+      <c r="B2379" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2379" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2379">
+        <v>34.44</v>
+      </c>
+    </row>
+    <row r="2380" spans="1:4">
+      <c r="A2380" t="s">
+        <v>2384</v>
+      </c>
+      <c r="B2380" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2380" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2380">
+        <v>34.42</v>
+      </c>
+    </row>
+    <row r="2381" spans="1:4">
+      <c r="A2381" t="s">
+        <v>2385</v>
+      </c>
+      <c r="B2381" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2381" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2381">
+        <v>34.44</v>
+      </c>
+    </row>
+    <row r="2382" spans="1:4">
+      <c r="A2382" t="s">
+        <v>2386</v>
+      </c>
+      <c r="B2382" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2382" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2382">
+        <v>34.34</v>
+      </c>
+    </row>
+    <row r="2383" spans="1:4">
+      <c r="A2383" t="s">
+        <v>2387</v>
+      </c>
+      <c r="B2383" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2383" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2383">
+        <v>34.43</v>
+      </c>
+    </row>
+    <row r="2384" spans="1:4">
+      <c r="A2384" t="s">
+        <v>2388</v>
+      </c>
+      <c r="B2384" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2384" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2384">
+        <v>34.42</v>
+      </c>
+    </row>
+    <row r="2385" spans="1:4">
+      <c r="A2385" t="s">
+        <v>2389</v>
+      </c>
+      <c r="B2385" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2385" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2385">
+        <v>34.44</v>
+      </c>
+    </row>
+    <row r="2386" spans="1:4">
+      <c r="A2386" t="s">
+        <v>2390</v>
+      </c>
+      <c r="B2386" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2386" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2386">
+        <v>34.46</v>
+      </c>
+    </row>
+    <row r="2387" spans="1:4">
+      <c r="A2387" t="s">
+        <v>2391</v>
+      </c>
+      <c r="B2387" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2387" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2387">
+        <v>33.03</v>
+      </c>
+    </row>
+    <row r="2388" spans="1:4">
+      <c r="A2388" t="s">
+        <v>2392</v>
+      </c>
+      <c r="B2388" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2388" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2388">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="2389" spans="1:4">
+      <c r="A2389" t="s">
+        <v>2393</v>
+      </c>
+      <c r="B2389" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2389" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2389">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="2390" spans="1:4">
+      <c r="A2390" t="s">
+        <v>2394</v>
+      </c>
+      <c r="B2390" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2390" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2390">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="2391" spans="1:4">
+      <c r="A2391" t="s">
+        <v>2395</v>
+      </c>
+      <c r="B2391" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2391" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2391">
+        <v>33.36</v>
+      </c>
+    </row>
+    <row r="2392" spans="1:4">
+      <c r="A2392" t="s">
+        <v>2396</v>
+      </c>
+      <c r="B2392" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2392" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2392">
+        <v>34.43</v>
+      </c>
+    </row>
+    <row r="2393" spans="1:4">
+      <c r="A2393" t="s">
+        <v>2397</v>
+      </c>
+      <c r="B2393" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2393" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2393">
+        <v>34.41</v>
+      </c>
+    </row>
+    <row r="2394" spans="1:4">
+      <c r="A2394" t="s">
+        <v>2398</v>
+      </c>
+      <c r="B2394" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2394" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2394">
+        <v>34.43</v>
+      </c>
+    </row>
+    <row r="2395" spans="1:4">
+      <c r="A2395" t="s">
+        <v>2399</v>
+      </c>
+      <c r="B2395" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2395" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2395">
+        <v>34.44</v>
+      </c>
+    </row>
+    <row r="2396" spans="1:4">
+      <c r="A2396" t="s">
+        <v>2400</v>
+      </c>
+      <c r="B2396" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2396" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2396">
+        <v>34.42</v>
+      </c>
+    </row>
+    <row r="2397" spans="1:4">
+      <c r="A2397" t="s">
+        <v>2401</v>
+      </c>
+      <c r="B2397" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2397" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2397">
+        <v>34.44</v>
+      </c>
+    </row>
+    <row r="2398" spans="1:4">
+      <c r="A2398" t="s">
+        <v>2402</v>
+      </c>
+      <c r="B2398" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2398" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2398">
+        <v>34.46</v>
+      </c>
+    </row>
+    <row r="2399" spans="1:4">
+      <c r="A2399" t="s">
+        <v>2403</v>
+      </c>
+      <c r="B2399" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2399" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2399">
+        <v>34.47</v>
+      </c>
+    </row>
+    <row r="2400" spans="1:4">
+      <c r="A2400" t="s">
+        <v>2404</v>
+      </c>
+      <c r="B2400" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2400" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2400">
+        <v>34.46</v>
+      </c>
+    </row>
+    <row r="2401" spans="1:4">
+      <c r="A2401" t="s">
+        <v>2405</v>
+      </c>
+      <c r="B2401" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2401" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2401">
+        <v>34.36</v>
+      </c>
+    </row>
+    <row r="2402" spans="1:4">
+      <c r="A2402" t="s">
+        <v>2406</v>
+      </c>
+      <c r="B2402" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2402" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2402">
+        <v>34.43</v>
+      </c>
+    </row>
+    <row r="2403" spans="1:4">
+      <c r="A2403" t="s">
+        <v>2407</v>
+      </c>
+      <c r="B2403" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2403" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2403">
+        <v>34.41</v>
+      </c>
+    </row>
+    <row r="2404" spans="1:4">
+      <c r="A2404" t="s">
+        <v>2408</v>
+      </c>
+      <c r="B2404" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2404" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2404">
+        <v>34.43</v>
+      </c>
+    </row>
+    <row r="2405" spans="1:4">
+      <c r="A2405" t="s">
+        <v>2409</v>
+      </c>
+      <c r="B2405" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2405" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2405">
+        <v>34.42</v>
+      </c>
+    </row>
+    <row r="2406" spans="1:4">
+      <c r="A2406" t="s">
+        <v>2410</v>
+      </c>
+      <c r="B2406" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2406" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2406">
+        <v>34.44</v>
+      </c>
+    </row>
+    <row r="2407" spans="1:4">
+      <c r="A2407" t="s">
+        <v>2411</v>
+      </c>
+      <c r="B2407" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2407" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2407">
+        <v>2.27</v>
+      </c>
+    </row>
+    <row r="2408" spans="1:4">
+      <c r="A2408" t="s">
+        <v>2412</v>
+      </c>
+      <c r="B2408" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2408" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2408">
+        <v>18.01</v>
+      </c>
+    </row>
+    <row r="2409" spans="1:4">
+      <c r="A2409" t="s">
+        <v>2413</v>
+      </c>
+      <c r="B2409" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2409" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2409">
+        <v>34.22</v>
+      </c>
+    </row>
+    <row r="2410" spans="1:4">
+      <c r="A2410" t="s">
+        <v>2414</v>
+      </c>
+      <c r="B2410" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2410" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2410">
+        <v>34.13</v>
+      </c>
+    </row>
+    <row r="2411" spans="1:4">
+      <c r="A2411" t="s">
+        <v>2415</v>
+      </c>
+      <c r="B2411" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2411" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2411">
+        <v>34.24</v>
+      </c>
+    </row>
+    <row r="2412" spans="1:4">
+      <c r="A2412" t="s">
+        <v>2416</v>
+      </c>
+      <c r="B2412" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2412" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2412">
+        <v>34.25</v>
+      </c>
+    </row>
+    <row r="2413" spans="1:4">
+      <c r="A2413" t="s">
+        <v>2417</v>
+      </c>
+      <c r="B2413" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2413" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2413">
+        <v>34.24</v>
+      </c>
+    </row>
+    <row r="2414" spans="1:4">
+      <c r="A2414" t="s">
+        <v>2418</v>
+      </c>
+      <c r="B2414" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2414" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2414">
+        <v>34.26</v>
+      </c>
+    </row>
+    <row r="2415" spans="1:4">
+      <c r="A2415" t="s">
+        <v>2419</v>
+      </c>
+      <c r="B2415" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2415" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2415">
+        <v>34.25</v>
+      </c>
+    </row>
+    <row r="2416" spans="1:4">
+      <c r="A2416" t="s">
+        <v>2420</v>
+      </c>
+      <c r="B2416" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2416" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2416">
+        <v>34.27</v>
+      </c>
+    </row>
+    <row r="2417" spans="1:4">
+      <c r="A2417" t="s">
+        <v>2421</v>
+      </c>
+      <c r="B2417" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2417" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2417">
+        <v>34.26</v>
+      </c>
+    </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>