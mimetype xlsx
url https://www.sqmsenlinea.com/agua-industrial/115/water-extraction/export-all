--- v1 (2026-01-08)
+++ v2 (2026-03-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2422">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2484">
   <si>
     <t>Fecha</t>
   </si>
   <si>
     <t>Punto de monitoreo</t>
   </si>
   <si>
     <t>Unidad</t>
   </si>
   <si>
     <t>Valor</t>
   </si>
   <si>
     <t>2019-05-25 00:00:00</t>
   </si>
   <si>
     <t>CA-2015</t>
   </si>
   <si>
     <t>L/s</t>
   </si>
   <si>
     <t>2019-05-26 00:00:00</t>
   </si>
   <si>
@@ -7278,50 +7278,236 @@
     <t>2025-12-26 00:00:00</t>
   </si>
   <si>
     <t>2025-12-27 00:00:00</t>
   </si>
   <si>
     <t>2025-12-28 00:00:00</t>
   </si>
   <si>
     <t>2025-12-29 00:00:00</t>
   </si>
   <si>
     <t>2025-12-30 00:00:00</t>
   </si>
   <si>
     <t>2025-12-31 00:00:00</t>
   </si>
   <si>
     <t>2026-01-01 00:00:00</t>
   </si>
   <si>
     <t>2026-01-02 00:00:00</t>
   </si>
   <si>
     <t>2026-01-03 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-04 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-05 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-06 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-07 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-08 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-09 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-10 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-11 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-12 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-13 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-14 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-15 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-16 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-17 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-18 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-19 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-20 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-21 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-22 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-23 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-24 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-25 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-26 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-27 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-28 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-29 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-30 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-31 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-01 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-02 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-03 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-04 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-05 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-06 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-07 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-08 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-09 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-10 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-11 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-12 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-13 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-14 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-15 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-16 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-17 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-18 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-19 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-20 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-21 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-22 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-23 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-24 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-25 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-26 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-27 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-28 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-03-01 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-03-02 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-03-03 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-03-04 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-03-05 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-03-06 00:00:00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -7625,51 +7811,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D2417"/>
+  <dimension ref="A1:D2479"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
@@ -41469,50 +41655,918 @@
       <c r="A2416" t="s">
         <v>2420</v>
       </c>
       <c r="B2416" t="s">
         <v>5</v>
       </c>
       <c r="C2416" t="s">
         <v>6</v>
       </c>
       <c r="D2416">
         <v>34.27</v>
       </c>
     </row>
     <row r="2417" spans="1:4">
       <c r="A2417" t="s">
         <v>2421</v>
       </c>
       <c r="B2417" t="s">
         <v>5</v>
       </c>
       <c r="C2417" t="s">
         <v>6</v>
       </c>
       <c r="D2417">
         <v>34.26</v>
+      </c>
+    </row>
+    <row r="2418" spans="1:4">
+      <c r="A2418" t="s">
+        <v>2422</v>
+      </c>
+      <c r="B2418" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2418" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2418">
+        <v>34.29</v>
+      </c>
+    </row>
+    <row r="2419" spans="1:4">
+      <c r="A2419" t="s">
+        <v>2423</v>
+      </c>
+      <c r="B2419" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2419" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2419">
+        <v>34.24</v>
+      </c>
+    </row>
+    <row r="2420" spans="1:4">
+      <c r="A2420" t="s">
+        <v>2424</v>
+      </c>
+      <c r="B2420" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2420" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2420">
+        <v>34.33</v>
+      </c>
+    </row>
+    <row r="2421" spans="1:4">
+      <c r="A2421" t="s">
+        <v>2425</v>
+      </c>
+      <c r="B2421" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2421" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2421">
+        <v>34.36</v>
+      </c>
+    </row>
+    <row r="2422" spans="1:4">
+      <c r="A2422" t="s">
+        <v>2426</v>
+      </c>
+      <c r="B2422" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2422" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2422">
+        <v>34.33</v>
+      </c>
+    </row>
+    <row r="2423" spans="1:4">
+      <c r="A2423" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B2423" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2423" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2423">
+        <v>34.38</v>
+      </c>
+    </row>
+    <row r="2424" spans="1:4">
+      <c r="A2424" t="s">
+        <v>2428</v>
+      </c>
+      <c r="B2424" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2424" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2424">
+        <v>34.36</v>
+      </c>
+    </row>
+    <row r="2425" spans="1:4">
+      <c r="A2425" t="s">
+        <v>2429</v>
+      </c>
+      <c r="B2425" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2425" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2425">
+        <v>34.35</v>
+      </c>
+    </row>
+    <row r="2426" spans="1:4">
+      <c r="A2426" t="s">
+        <v>2430</v>
+      </c>
+      <c r="B2426" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2426" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2426">
+        <v>34.38</v>
+      </c>
+    </row>
+    <row r="2427" spans="1:4">
+      <c r="A2427" t="s">
+        <v>2431</v>
+      </c>
+      <c r="B2427" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2427" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2427">
+        <v>9.85</v>
+      </c>
+    </row>
+    <row r="2428" spans="1:4">
+      <c r="A2428" t="s">
+        <v>2432</v>
+      </c>
+      <c r="B2428" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2428" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2428">
+        <v>29.62</v>
+      </c>
+    </row>
+    <row r="2429" spans="1:4">
+      <c r="A2429" t="s">
+        <v>2433</v>
+      </c>
+      <c r="B2429" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2429" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2429">
+        <v>34.13</v>
+      </c>
+    </row>
+    <row r="2430" spans="1:4">
+      <c r="A2430" t="s">
+        <v>2434</v>
+      </c>
+      <c r="B2430" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2430" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2430">
+        <v>34.21</v>
+      </c>
+    </row>
+    <row r="2431" spans="1:4">
+      <c r="A2431" t="s">
+        <v>2435</v>
+      </c>
+      <c r="B2431" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2431" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2431">
+        <v>34.24</v>
+      </c>
+    </row>
+    <row r="2432" spans="1:4">
+      <c r="A2432" t="s">
+        <v>2436</v>
+      </c>
+      <c r="B2432" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2432" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2432">
+        <v>34.22</v>
+      </c>
+    </row>
+    <row r="2433" spans="1:4">
+      <c r="A2433" t="s">
+        <v>2437</v>
+      </c>
+      <c r="B2433" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2433" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2433">
+        <v>25.52</v>
+      </c>
+    </row>
+    <row r="2434" spans="1:4">
+      <c r="A2434" t="s">
+        <v>2438</v>
+      </c>
+      <c r="B2434" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2434" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2434">
+        <v>19.42</v>
+      </c>
+    </row>
+    <row r="2435" spans="1:4">
+      <c r="A2435" t="s">
+        <v>2439</v>
+      </c>
+      <c r="B2435" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2435" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2435">
+        <v>34.24</v>
+      </c>
+    </row>
+    <row r="2436" spans="1:4">
+      <c r="A2436" t="s">
+        <v>2440</v>
+      </c>
+      <c r="B2436" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2436" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2436">
+        <v>24.65</v>
+      </c>
+    </row>
+    <row r="2437" spans="1:4">
+      <c r="A2437" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B2437" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2437" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2437">
+        <v>24.54</v>
+      </c>
+    </row>
+    <row r="2438" spans="1:4">
+      <c r="A2438" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B2438" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2438" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2438">
+        <v>26.62</v>
+      </c>
+    </row>
+    <row r="2439" spans="1:4">
+      <c r="A2439" t="s">
+        <v>2443</v>
+      </c>
+      <c r="B2439" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2439" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2439">
+        <v>30.84</v>
+      </c>
+    </row>
+    <row r="2440" spans="1:4">
+      <c r="A2440" t="s">
+        <v>2444</v>
+      </c>
+      <c r="B2440" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2440" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2440">
+        <v>34.11</v>
+      </c>
+    </row>
+    <row r="2441" spans="1:4">
+      <c r="A2441" t="s">
+        <v>2445</v>
+      </c>
+      <c r="B2441" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2441" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2441">
+        <v>33.31</v>
+      </c>
+    </row>
+    <row r="2442" spans="1:4">
+      <c r="A2442" t="s">
+        <v>2446</v>
+      </c>
+      <c r="B2442" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2442" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2442">
+        <v>34.13</v>
+      </c>
+    </row>
+    <row r="2443" spans="1:4">
+      <c r="A2443" t="s">
+        <v>2447</v>
+      </c>
+      <c r="B2443" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2443" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2443">
+        <v>34.14</v>
+      </c>
+    </row>
+    <row r="2444" spans="1:4">
+      <c r="A2444" t="s">
+        <v>2448</v>
+      </c>
+      <c r="B2444" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2444" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2444">
+        <v>34.11</v>
+      </c>
+    </row>
+    <row r="2445" spans="1:4">
+      <c r="A2445" t="s">
+        <v>2449</v>
+      </c>
+      <c r="B2445" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2445" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2445">
+        <v>34.14</v>
+      </c>
+    </row>
+    <row r="2446" spans="1:4">
+      <c r="A2446" t="s">
+        <v>2450</v>
+      </c>
+      <c r="B2446" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2446" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2446">
+        <v>34.12</v>
+      </c>
+    </row>
+    <row r="2447" spans="1:4">
+      <c r="A2447" t="s">
+        <v>2451</v>
+      </c>
+      <c r="B2447" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2447" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2447">
+        <v>34.09</v>
+      </c>
+    </row>
+    <row r="2448" spans="1:4">
+      <c r="A2448" t="s">
+        <v>2452</v>
+      </c>
+      <c r="B2448" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2448" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2448">
+        <v>34.14</v>
+      </c>
+    </row>
+    <row r="2449" spans="1:4">
+      <c r="A2449" t="s">
+        <v>2453</v>
+      </c>
+      <c r="B2449" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2449" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2449">
+        <v>22.13</v>
+      </c>
+    </row>
+    <row r="2450" spans="1:4">
+      <c r="A2450" t="s">
+        <v>2454</v>
+      </c>
+      <c r="B2450" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2450" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2450">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="2451" spans="1:4">
+      <c r="A2451" t="s">
+        <v>2455</v>
+      </c>
+      <c r="B2451" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2451" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2451">
+        <v>29.25</v>
+      </c>
+    </row>
+    <row r="2452" spans="1:4">
+      <c r="A2452" t="s">
+        <v>2456</v>
+      </c>
+      <c r="B2452" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2452" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2452">
+        <v>34.12</v>
+      </c>
+    </row>
+    <row r="2453" spans="1:4">
+      <c r="A2453" t="s">
+        <v>2457</v>
+      </c>
+      <c r="B2453" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2453" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2453">
+        <v>29.95</v>
+      </c>
+    </row>
+    <row r="2454" spans="1:4">
+      <c r="A2454" t="s">
+        <v>2458</v>
+      </c>
+      <c r="B2454" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2454" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2454">
+        <v>17.64</v>
+      </c>
+    </row>
+    <row r="2455" spans="1:4">
+      <c r="A2455" t="s">
+        <v>2459</v>
+      </c>
+      <c r="B2455" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2455" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2455">
+        <v>34.09</v>
+      </c>
+    </row>
+    <row r="2456" spans="1:4">
+      <c r="A2456" t="s">
+        <v>2460</v>
+      </c>
+      <c r="B2456" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2456" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2456">
+        <v>34.06</v>
+      </c>
+    </row>
+    <row r="2457" spans="1:4">
+      <c r="A2457" t="s">
+        <v>2461</v>
+      </c>
+      <c r="B2457" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2457" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2457">
+        <v>34.05</v>
+      </c>
+    </row>
+    <row r="2458" spans="1:4">
+      <c r="A2458" t="s">
+        <v>2462</v>
+      </c>
+      <c r="B2458" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2458" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2458">
+        <v>34.1</v>
+      </c>
+    </row>
+    <row r="2459" spans="1:4">
+      <c r="A2459" t="s">
+        <v>2463</v>
+      </c>
+      <c r="B2459" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2459" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2459">
+        <v>34.13</v>
+      </c>
+    </row>
+    <row r="2460" spans="1:4">
+      <c r="A2460" t="s">
+        <v>2464</v>
+      </c>
+      <c r="B2460" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2460" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2460">
+        <v>34.13</v>
+      </c>
+    </row>
+    <row r="2461" spans="1:4">
+      <c r="A2461" t="s">
+        <v>2465</v>
+      </c>
+      <c r="B2461" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2461" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2461">
+        <v>34.12</v>
+      </c>
+    </row>
+    <row r="2462" spans="1:4">
+      <c r="A2462" t="s">
+        <v>2466</v>
+      </c>
+      <c r="B2462" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2462" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2462">
+        <v>25.43</v>
+      </c>
+    </row>
+    <row r="2463" spans="1:4">
+      <c r="A2463" t="s">
+        <v>2467</v>
+      </c>
+      <c r="B2463" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2463" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2463">
+        <v>24.1</v>
+      </c>
+    </row>
+    <row r="2464" spans="1:4">
+      <c r="A2464" t="s">
+        <v>2468</v>
+      </c>
+      <c r="B2464" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2464" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2464">
+        <v>24.94</v>
+      </c>
+    </row>
+    <row r="2465" spans="1:4">
+      <c r="A2465" t="s">
+        <v>2469</v>
+      </c>
+      <c r="B2465" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2465" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2465">
+        <v>34.46</v>
+      </c>
+    </row>
+    <row r="2466" spans="1:4">
+      <c r="A2466" t="s">
+        <v>2470</v>
+      </c>
+      <c r="B2466" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2466" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2466">
+        <v>34.44</v>
+      </c>
+    </row>
+    <row r="2467" spans="1:4">
+      <c r="A2467" t="s">
+        <v>2471</v>
+      </c>
+      <c r="B2467" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2467" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2467">
+        <v>34.47</v>
+      </c>
+    </row>
+    <row r="2468" spans="1:4">
+      <c r="A2468" t="s">
+        <v>2472</v>
+      </c>
+      <c r="B2468" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2468" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2468">
+        <v>34.46</v>
+      </c>
+    </row>
+    <row r="2469" spans="1:4">
+      <c r="A2469" t="s">
+        <v>2473</v>
+      </c>
+      <c r="B2469" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2469" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2469">
+        <v>34.47</v>
+      </c>
+    </row>
+    <row r="2470" spans="1:4">
+      <c r="A2470" t="s">
+        <v>2474</v>
+      </c>
+      <c r="B2470" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2470" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2470">
+        <v>32.58</v>
+      </c>
+    </row>
+    <row r="2471" spans="1:4">
+      <c r="A2471" t="s">
+        <v>2475</v>
+      </c>
+      <c r="B2471" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2471" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2471">
+        <v>33.88</v>
+      </c>
+    </row>
+    <row r="2472" spans="1:4">
+      <c r="A2472" t="s">
+        <v>2476</v>
+      </c>
+      <c r="B2472" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2472" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2472">
+        <v>34.07</v>
+      </c>
+    </row>
+    <row r="2473" spans="1:4">
+      <c r="A2473" t="s">
+        <v>2477</v>
+      </c>
+      <c r="B2473" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2473" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2473">
+        <v>34.05</v>
+      </c>
+    </row>
+    <row r="2474" spans="1:4">
+      <c r="A2474" t="s">
+        <v>2478</v>
+      </c>
+      <c r="B2474" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2474" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2474">
+        <v>34.09</v>
+      </c>
+    </row>
+    <row r="2475" spans="1:4">
+      <c r="A2475" t="s">
+        <v>2479</v>
+      </c>
+      <c r="B2475" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2475" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2475">
+        <v>34.06</v>
+      </c>
+    </row>
+    <row r="2476" spans="1:4">
+      <c r="A2476" t="s">
+        <v>2480</v>
+      </c>
+      <c r="B2476" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2476" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2476">
+        <v>34.09</v>
+      </c>
+    </row>
+    <row r="2477" spans="1:4">
+      <c r="A2477" t="s">
+        <v>2481</v>
+      </c>
+      <c r="B2477" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2477" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2477">
+        <v>34.1</v>
+      </c>
+    </row>
+    <row r="2478" spans="1:4">
+      <c r="A2478" t="s">
+        <v>2482</v>
+      </c>
+      <c r="B2478" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2478" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2478">
+        <v>34.07</v>
+      </c>
+    </row>
+    <row r="2479" spans="1:4">
+      <c r="A2479" t="s">
+        <v>2483</v>
+      </c>
+      <c r="B2479" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2479" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2479">
+        <v>34.1</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">