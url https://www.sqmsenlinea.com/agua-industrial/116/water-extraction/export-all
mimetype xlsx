--- v0 (2026-02-03)
+++ v1 (2026-03-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2448">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2494">
   <si>
     <t>Fecha</t>
   </si>
   <si>
     <t>Punto de monitoreo</t>
   </si>
   <si>
     <t>Unidad</t>
   </si>
   <si>
     <t>Valor</t>
   </si>
   <si>
     <t>2019-05-25 00:00:00</t>
   </si>
   <si>
     <t>Socaire 5</t>
   </si>
   <si>
     <t>L/s</t>
   </si>
   <si>
     <t>2019-05-26 00:00:00</t>
   </si>
   <si>
@@ -7356,50 +7356,188 @@
     <t>2026-01-21 00:00:00</t>
   </si>
   <si>
     <t>2026-01-22 00:00:00</t>
   </si>
   <si>
     <t>2026-01-23 00:00:00</t>
   </si>
   <si>
     <t>2026-01-24 00:00:00</t>
   </si>
   <si>
     <t>2026-01-25 00:00:00</t>
   </si>
   <si>
     <t>2026-01-26 00:00:00</t>
   </si>
   <si>
     <t>2026-01-27 00:00:00</t>
   </si>
   <si>
     <t>2026-01-28 00:00:00</t>
   </si>
   <si>
     <t>2026-01-29 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-30 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-01-31 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-01 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-02 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-03 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-04 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-05 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-06 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-07 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-08 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-09 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-10 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-11 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-12 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-13 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-14 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-15 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-16 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-17 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-18 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-19 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-20 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-21 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-22 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-23 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-24 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-25 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-26 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-27 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-02-28 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-03-01 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-03-02 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-03-03 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-03-04 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-03-05 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-03-06 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-03-07 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-03-08 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-03-09 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-03-10 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-03-11 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-03-12 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-03-13 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-03-14 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-03-15 00:00:00</t>
+  </si>
+  <si>
+    <t>2026-03-16 00:00:00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -7703,51 +7841,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D2443"/>
+  <dimension ref="A1:D2489"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
@@ -41574,149 +41712,149 @@
     <row r="2418" spans="1:4">
       <c r="A2418" t="s">
         <v>2422</v>
       </c>
       <c r="B2418" t="s">
         <v>5</v>
       </c>
       <c r="C2418" t="s">
         <v>6</v>
       </c>
       <c r="D2418">
         <v>63.54</v>
       </c>
     </row>
     <row r="2419" spans="1:4">
       <c r="A2419" t="s">
         <v>2423</v>
       </c>
       <c r="B2419" t="s">
         <v>5</v>
       </c>
       <c r="C2419" t="s">
         <v>6</v>
       </c>
       <c r="D2419">
-        <v>30.01</v>
+        <v>63.8</v>
       </c>
     </row>
     <row r="2420" spans="1:4">
       <c r="A2420" t="s">
         <v>2424</v>
       </c>
       <c r="B2420" t="s">
         <v>5</v>
       </c>
       <c r="C2420" t="s">
         <v>6</v>
       </c>
       <c r="D2420">
-        <v>0.0</v>
+        <v>63.91</v>
       </c>
     </row>
     <row r="2421" spans="1:4">
       <c r="A2421" t="s">
         <v>2425</v>
       </c>
       <c r="B2421" t="s">
         <v>5</v>
       </c>
       <c r="C2421" t="s">
         <v>6</v>
       </c>
       <c r="D2421">
-        <v>0.0</v>
+        <v>63.97</v>
       </c>
     </row>
     <row r="2422" spans="1:4">
       <c r="A2422" t="s">
         <v>2426</v>
       </c>
       <c r="B2422" t="s">
         <v>5</v>
       </c>
       <c r="C2422" t="s">
         <v>6</v>
       </c>
       <c r="D2422">
-        <v>0.0</v>
+        <v>63.92</v>
       </c>
     </row>
     <row r="2423" spans="1:4">
       <c r="A2423" t="s">
         <v>2427</v>
       </c>
       <c r="B2423" t="s">
         <v>5</v>
       </c>
       <c r="C2423" t="s">
         <v>6</v>
       </c>
       <c r="D2423">
-        <v>0.0</v>
+        <v>63.96</v>
       </c>
     </row>
     <row r="2424" spans="1:4">
       <c r="A2424" t="s">
         <v>2428</v>
       </c>
       <c r="B2424" t="s">
         <v>5</v>
       </c>
       <c r="C2424" t="s">
         <v>6</v>
       </c>
       <c r="D2424">
-        <v>0.0</v>
+        <v>63.91</v>
       </c>
     </row>
     <row r="2425" spans="1:4">
       <c r="A2425" t="s">
         <v>2429</v>
       </c>
       <c r="B2425" t="s">
         <v>5</v>
       </c>
       <c r="C2425" t="s">
         <v>6</v>
       </c>
       <c r="D2425">
-        <v>0.0</v>
+        <v>63.97</v>
       </c>
     </row>
     <row r="2426" spans="1:4">
       <c r="A2426" t="s">
         <v>2430</v>
       </c>
       <c r="B2426" t="s">
         <v>5</v>
       </c>
       <c r="C2426" t="s">
         <v>6</v>
       </c>
       <c r="D2426">
-        <v>63.92</v>
+        <v>63.96</v>
       </c>
     </row>
     <row r="2427" spans="1:4">
       <c r="A2427" t="s">
         <v>2431</v>
       </c>
       <c r="B2427" t="s">
         <v>5</v>
       </c>
       <c r="C2427" t="s">
         <v>6</v>
       </c>
       <c r="D2427">
         <v>63.92</v>
       </c>
     </row>
     <row r="2428" spans="1:4">
       <c r="A2428" t="s">
         <v>2432</v>
       </c>
       <c r="B2428" t="s">
         <v>5</v>
       </c>
       <c r="C2428" t="s">
         <v>6</v>
@@ -41911,50 +42049,694 @@
       <c r="A2442" t="s">
         <v>2446</v>
       </c>
       <c r="B2442" t="s">
         <v>5</v>
       </c>
       <c r="C2442" t="s">
         <v>6</v>
       </c>
       <c r="D2442">
         <v>63.96</v>
       </c>
     </row>
     <row r="2443" spans="1:4">
       <c r="A2443" t="s">
         <v>2447</v>
       </c>
       <c r="B2443" t="s">
         <v>5</v>
       </c>
       <c r="C2443" t="s">
         <v>6</v>
       </c>
       <c r="D2443">
         <v>63.96</v>
+      </c>
+    </row>
+    <row r="2444" spans="1:4">
+      <c r="A2444" t="s">
+        <v>2448</v>
+      </c>
+      <c r="B2444" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2444" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2444">
+        <v>63.92</v>
+      </c>
+    </row>
+    <row r="2445" spans="1:4">
+      <c r="A2445" t="s">
+        <v>2449</v>
+      </c>
+      <c r="B2445" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2445" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2445">
+        <v>63.96</v>
+      </c>
+    </row>
+    <row r="2446" spans="1:4">
+      <c r="A2446" t="s">
+        <v>2450</v>
+      </c>
+      <c r="B2446" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2446" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2446">
+        <v>63.92</v>
+      </c>
+    </row>
+    <row r="2447" spans="1:4">
+      <c r="A2447" t="s">
+        <v>2451</v>
+      </c>
+      <c r="B2447" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2447" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2447">
+        <v>63.78</v>
+      </c>
+    </row>
+    <row r="2448" spans="1:4">
+      <c r="A2448" t="s">
+        <v>2452</v>
+      </c>
+      <c r="B2448" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2448" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2448">
+        <v>63.96</v>
+      </c>
+    </row>
+    <row r="2449" spans="1:4">
+      <c r="A2449" t="s">
+        <v>2453</v>
+      </c>
+      <c r="B2449" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2449" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2449">
+        <v>61.0</v>
+      </c>
+    </row>
+    <row r="2450" spans="1:4">
+      <c r="A2450" t="s">
+        <v>2454</v>
+      </c>
+      <c r="B2450" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2450" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2450">
+        <v>56.77</v>
+      </c>
+    </row>
+    <row r="2451" spans="1:4">
+      <c r="A2451" t="s">
+        <v>2455</v>
+      </c>
+      <c r="B2451" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2451" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2451">
+        <v>63.74</v>
+      </c>
+    </row>
+    <row r="2452" spans="1:4">
+      <c r="A2452" t="s">
+        <v>2456</v>
+      </c>
+      <c r="B2452" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2452" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2452">
+        <v>63.45</v>
+      </c>
+    </row>
+    <row r="2453" spans="1:4">
+      <c r="A2453" t="s">
+        <v>2457</v>
+      </c>
+      <c r="B2453" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2453" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2453">
+        <v>63.91</v>
+      </c>
+    </row>
+    <row r="2454" spans="1:4">
+      <c r="A2454" t="s">
+        <v>2458</v>
+      </c>
+      <c r="B2454" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2454" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2454">
+        <v>63.96</v>
+      </c>
+    </row>
+    <row r="2455" spans="1:4">
+      <c r="A2455" t="s">
+        <v>2459</v>
+      </c>
+      <c r="B2455" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2455" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2455">
+        <v>63.96</v>
+      </c>
+    </row>
+    <row r="2456" spans="1:4">
+      <c r="A2456" t="s">
+        <v>2460</v>
+      </c>
+      <c r="B2456" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2456" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2456">
+        <v>63.92</v>
+      </c>
+    </row>
+    <row r="2457" spans="1:4">
+      <c r="A2457" t="s">
+        <v>2461</v>
+      </c>
+      <c r="B2457" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2457" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2457">
+        <v>63.78</v>
+      </c>
+    </row>
+    <row r="2458" spans="1:4">
+      <c r="A2458" t="s">
+        <v>2462</v>
+      </c>
+      <c r="B2458" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2458" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2458">
+        <v>63.91</v>
+      </c>
+    </row>
+    <row r="2459" spans="1:4">
+      <c r="A2459" t="s">
+        <v>2463</v>
+      </c>
+      <c r="B2459" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2459" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2459">
+        <v>63.97</v>
+      </c>
+    </row>
+    <row r="2460" spans="1:4">
+      <c r="A2460" t="s">
+        <v>2464</v>
+      </c>
+      <c r="B2460" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2460" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2460">
+        <v>63.96</v>
+      </c>
+    </row>
+    <row r="2461" spans="1:4">
+      <c r="A2461" t="s">
+        <v>2465</v>
+      </c>
+      <c r="B2461" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2461" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2461">
+        <v>63.91</v>
+      </c>
+    </row>
+    <row r="2462" spans="1:4">
+      <c r="A2462" t="s">
+        <v>2466</v>
+      </c>
+      <c r="B2462" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2462" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2462">
+        <v>63.96</v>
+      </c>
+    </row>
+    <row r="2463" spans="1:4">
+      <c r="A2463" t="s">
+        <v>2467</v>
+      </c>
+      <c r="B2463" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2463" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2463">
+        <v>48.56</v>
+      </c>
+    </row>
+    <row r="2464" spans="1:4">
+      <c r="A2464" t="s">
+        <v>2468</v>
+      </c>
+      <c r="B2464" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2464" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2464">
+        <v>57.08</v>
+      </c>
+    </row>
+    <row r="2465" spans="1:4">
+      <c r="A2465" t="s">
+        <v>2469</v>
+      </c>
+      <c r="B2465" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2465" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2465">
+        <v>63.91</v>
+      </c>
+    </row>
+    <row r="2466" spans="1:4">
+      <c r="A2466" t="s">
+        <v>2470</v>
+      </c>
+      <c r="B2466" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2466" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2466">
+        <v>63.97</v>
+      </c>
+    </row>
+    <row r="2467" spans="1:4">
+      <c r="A2467" t="s">
+        <v>2471</v>
+      </c>
+      <c r="B2467" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2467" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2467">
+        <v>63.96</v>
+      </c>
+    </row>
+    <row r="2468" spans="1:4">
+      <c r="A2468" t="s">
+        <v>2472</v>
+      </c>
+      <c r="B2468" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2468" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2468">
+        <v>63.91</v>
+      </c>
+    </row>
+    <row r="2469" spans="1:4">
+      <c r="A2469" t="s">
+        <v>2473</v>
+      </c>
+      <c r="B2469" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2469" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2469">
+        <v>63.96</v>
+      </c>
+    </row>
+    <row r="2470" spans="1:4">
+      <c r="A2470" t="s">
+        <v>2474</v>
+      </c>
+      <c r="B2470" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2470" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2470">
+        <v>63.92</v>
+      </c>
+    </row>
+    <row r="2471" spans="1:4">
+      <c r="A2471" t="s">
+        <v>2475</v>
+      </c>
+      <c r="B2471" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2471" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2471">
+        <v>63.73</v>
+      </c>
+    </row>
+    <row r="2472" spans="1:4">
+      <c r="A2472" t="s">
+        <v>2476</v>
+      </c>
+      <c r="B2472" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2472" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2472">
+        <v>63.96</v>
+      </c>
+    </row>
+    <row r="2473" spans="1:4">
+      <c r="A2473" t="s">
+        <v>2477</v>
+      </c>
+      <c r="B2473" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2473" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2473">
+        <v>63.92</v>
+      </c>
+    </row>
+    <row r="2474" spans="1:4">
+      <c r="A2474" t="s">
+        <v>2478</v>
+      </c>
+      <c r="B2474" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2474" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2474">
+        <v>63.96</v>
+      </c>
+    </row>
+    <row r="2475" spans="1:4">
+      <c r="A2475" t="s">
+        <v>2479</v>
+      </c>
+      <c r="B2475" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2475" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2475">
+        <v>63.91</v>
+      </c>
+    </row>
+    <row r="2476" spans="1:4">
+      <c r="A2476" t="s">
+        <v>2480</v>
+      </c>
+      <c r="B2476" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2476" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2476">
+        <v>63.97</v>
+      </c>
+    </row>
+    <row r="2477" spans="1:4">
+      <c r="A2477" t="s">
+        <v>2481</v>
+      </c>
+      <c r="B2477" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2477" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2477">
+        <v>63.96</v>
+      </c>
+    </row>
+    <row r="2478" spans="1:4">
+      <c r="A2478" t="s">
+        <v>2482</v>
+      </c>
+      <c r="B2478" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2478" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2478">
+        <v>63.92</v>
+      </c>
+    </row>
+    <row r="2479" spans="1:4">
+      <c r="A2479" t="s">
+        <v>2483</v>
+      </c>
+      <c r="B2479" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2479" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2479">
+        <v>63.96</v>
+      </c>
+    </row>
+    <row r="2480" spans="1:4">
+      <c r="A2480" t="s">
+        <v>2484</v>
+      </c>
+      <c r="B2480" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2480" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2480">
+        <v>63.52</v>
+      </c>
+    </row>
+    <row r="2481" spans="1:4">
+      <c r="A2481" t="s">
+        <v>2485</v>
+      </c>
+      <c r="B2481" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2481" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2481">
+        <v>63.96</v>
+      </c>
+    </row>
+    <row r="2482" spans="1:4">
+      <c r="A2482" t="s">
+        <v>2486</v>
+      </c>
+      <c r="B2482" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2482" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2482">
+        <v>63.92</v>
+      </c>
+    </row>
+    <row r="2483" spans="1:4">
+      <c r="A2483" t="s">
+        <v>2487</v>
+      </c>
+      <c r="B2483" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2483" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2483">
+        <v>59.39</v>
+      </c>
+    </row>
+    <row r="2484" spans="1:4">
+      <c r="A2484" t="s">
+        <v>2488</v>
+      </c>
+      <c r="B2484" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2484" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2484">
+        <v>40.39</v>
+      </c>
+    </row>
+    <row r="2485" spans="1:4">
+      <c r="A2485" t="s">
+        <v>2489</v>
+      </c>
+      <c r="B2485" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2485" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2485">
+        <v>62.04</v>
+      </c>
+    </row>
+    <row r="2486" spans="1:4">
+      <c r="A2486" t="s">
+        <v>2490</v>
+      </c>
+      <c r="B2486" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2486" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2486">
+        <v>63.96</v>
+      </c>
+    </row>
+    <row r="2487" spans="1:4">
+      <c r="A2487" t="s">
+        <v>2491</v>
+      </c>
+      <c r="B2487" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2487" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2487">
+        <v>63.92</v>
+      </c>
+    </row>
+    <row r="2488" spans="1:4">
+      <c r="A2488" t="s">
+        <v>2492</v>
+      </c>
+      <c r="B2488" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2488" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2488">
+        <v>63.96</v>
+      </c>
+    </row>
+    <row r="2489" spans="1:4">
+      <c r="A2489" t="s">
+        <v>2493</v>
+      </c>
+      <c r="B2489" t="s">
+        <v>5</v>
+      </c>
+      <c r="C2489" t="s">
+        <v>6</v>
+      </c>
+      <c r="D2489">
+        <v>62.96</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">