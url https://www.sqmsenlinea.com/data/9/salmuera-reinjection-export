--- v0 (2025-12-03)
+++ v1 (2026-02-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="149">
   <si>
     <t>Fecha</t>
   </si>
   <si>
     <t>Extracción fresca</t>
   </si>
   <si>
     <t>Reinyección</t>
   </si>
   <si>
     <t>Extracción neta</t>
   </si>
   <si>
     <t>Es oficial</t>
   </si>
   <si>
     <t>Unidad</t>
   </si>
   <si>
     <t>2025-08-13</t>
   </si>
   <si>
     <t>Oficial</t>
   </si>
   <si>
@@ -276,91 +276,276 @@
     <t>2025-10-23</t>
   </si>
   <si>
     <t>2025-10-24</t>
   </si>
   <si>
     <t>2025-10-25</t>
   </si>
   <si>
     <t>2025-10-26</t>
   </si>
   <si>
     <t>2025-10-27</t>
   </si>
   <si>
     <t>2025-10-28</t>
   </si>
   <si>
     <t>2025-10-29</t>
   </si>
   <si>
     <t>2025-10-30</t>
   </si>
   <si>
     <t>2025-10-31</t>
+  </si>
+  <si>
+    <t>2025-11-01</t>
+  </si>
+  <si>
+    <t>2025-11-02</t>
+  </si>
+  <si>
+    <t>2025-11-03</t>
+  </si>
+  <si>
+    <t>2025-11-04</t>
+  </si>
+  <si>
+    <t>2025-11-05</t>
+  </si>
+  <si>
+    <t>2025-11-06</t>
+  </si>
+  <si>
+    <t>2025-11-07</t>
+  </si>
+  <si>
+    <t>2025-11-08</t>
+  </si>
+  <si>
+    <t>2025-11-09</t>
+  </si>
+  <si>
+    <t>2025-11-10</t>
+  </si>
+  <si>
+    <t>2025-11-11</t>
+  </si>
+  <si>
+    <t>2025-11-12</t>
+  </si>
+  <si>
+    <t>2025-11-13</t>
+  </si>
+  <si>
+    <t>2025-11-14</t>
+  </si>
+  <si>
+    <t>2025-11-15</t>
+  </si>
+  <si>
+    <t>2025-11-16</t>
+  </si>
+  <si>
+    <t>2025-11-17</t>
+  </si>
+  <si>
+    <t>2025-11-18</t>
+  </si>
+  <si>
+    <t>2025-11-19</t>
+  </si>
+  <si>
+    <t>2025-11-20</t>
+  </si>
+  <si>
+    <t>2025-11-21</t>
+  </si>
+  <si>
+    <t>2025-11-22</t>
+  </si>
+  <si>
+    <t>2025-11-23</t>
+  </si>
+  <si>
+    <t>2025-11-24</t>
+  </si>
+  <si>
+    <t>2025-11-25</t>
+  </si>
+  <si>
+    <t>2025-11-26</t>
+  </si>
+  <si>
+    <t>2025-11-27</t>
+  </si>
+  <si>
+    <t>2025-11-28</t>
+  </si>
+  <si>
+    <t>2025-11-29</t>
+  </si>
+  <si>
+    <t>2025-11-30</t>
+  </si>
+  <si>
+    <t>2025-12-01</t>
+  </si>
+  <si>
+    <t>2025-12-02</t>
+  </si>
+  <si>
+    <t>2025-12-03</t>
+  </si>
+  <si>
+    <t>2025-12-04</t>
+  </si>
+  <si>
+    <t>2025-12-05</t>
+  </si>
+  <si>
+    <t>2025-12-06</t>
+  </si>
+  <si>
+    <t>2025-12-07</t>
+  </si>
+  <si>
+    <t>2025-12-08</t>
+  </si>
+  <si>
+    <t>2025-12-09</t>
+  </si>
+  <si>
+    <t>2025-12-10</t>
+  </si>
+  <si>
+    <t>2025-12-11</t>
+  </si>
+  <si>
+    <t>2025-12-12</t>
+  </si>
+  <si>
+    <t>2025-12-13</t>
+  </si>
+  <si>
+    <t>2025-12-14</t>
+  </si>
+  <si>
+    <t>2025-12-15</t>
+  </si>
+  <si>
+    <t>2025-12-16</t>
+  </si>
+  <si>
+    <t>2025-12-17</t>
+  </si>
+  <si>
+    <t>2025-12-18</t>
+  </si>
+  <si>
+    <t>2025-12-19</t>
+  </si>
+  <si>
+    <t>2025-12-20</t>
+  </si>
+  <si>
+    <t>2025-12-21</t>
+  </si>
+  <si>
+    <t>2025-12-22</t>
+  </si>
+  <si>
+    <t>2025-12-23</t>
+  </si>
+  <si>
+    <t>2025-12-24</t>
+  </si>
+  <si>
+    <t>2025-12-25</t>
+  </si>
+  <si>
+    <t>2025-12-26</t>
+  </si>
+  <si>
+    <t>2025-12-27</t>
+  </si>
+  <si>
+    <t>2025-12-28</t>
+  </si>
+  <si>
+    <t>2025-12-29</t>
+  </si>
+  <si>
+    <t>2025-12-30</t>
+  </si>
+  <si>
+    <t>2025-12-31</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#.##0,00"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...4 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
+    <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -624,54 +809,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F81"/>
+  <dimension ref="A1:F142"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D1" sqref="D1:D81"/>
+      <selection activeCell="D1" sqref="D1:D142"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
@@ -2252,84 +2437,1304 @@
       </c>
       <c r="F80" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" t="s">
         <v>87</v>
       </c>
       <c r="B81" s="1">
         <v>113278.0</v>
       </c>
       <c r="C81" s="1">
         <v>-23627.230695961</v>
       </c>
       <c r="D81" s="1">
         <v>89650.769304039</v>
       </c>
       <c r="E81" t="s">
         <v>7</v>
       </c>
       <c r="F81" t="s">
         <v>8</v>
       </c>
     </row>
+    <row r="82" spans="1:6">
+      <c r="A82" t="s">
+        <v>88</v>
+      </c>
+      <c r="B82" s="1">
+        <v>114866.0</v>
+      </c>
+      <c r="C82" s="1">
+        <v>-19372.890636545</v>
+      </c>
+      <c r="D82" s="1">
+        <v>95493.109363455</v>
+      </c>
+      <c r="E82" t="s">
+        <v>7</v>
+      </c>
+      <c r="F82" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="83" spans="1:6">
+      <c r="A83" t="s">
+        <v>89</v>
+      </c>
+      <c r="B83" s="1">
+        <v>109318.0</v>
+      </c>
+      <c r="C83" s="1">
+        <v>-21838.937722756</v>
+      </c>
+      <c r="D83" s="1">
+        <v>87479.062277244</v>
+      </c>
+      <c r="E83" t="s">
+        <v>7</v>
+      </c>
+      <c r="F83" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="84" spans="1:6">
+      <c r="A84" t="s">
+        <v>90</v>
+      </c>
+      <c r="B84" s="1">
+        <v>115371.0</v>
+      </c>
+      <c r="C84" s="1">
+        <v>-19742.385588088</v>
+      </c>
+      <c r="D84" s="1">
+        <v>95628.614411912</v>
+      </c>
+      <c r="E84" t="s">
+        <v>7</v>
+      </c>
+      <c r="F84" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="85" spans="1:6">
+      <c r="A85" t="s">
+        <v>91</v>
+      </c>
+      <c r="B85" s="1">
+        <v>113516.0</v>
+      </c>
+      <c r="C85" s="1">
+        <v>-19748.197475911</v>
+      </c>
+      <c r="D85" s="1">
+        <v>93767.802524089</v>
+      </c>
+      <c r="E85" t="s">
+        <v>7</v>
+      </c>
+      <c r="F85" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="86" spans="1:6">
+      <c r="A86" t="s">
+        <v>92</v>
+      </c>
+      <c r="B86" s="1">
+        <v>111441.0</v>
+      </c>
+      <c r="C86" s="1">
+        <v>-19681.719913585</v>
+      </c>
+      <c r="D86" s="1">
+        <v>91759.280086415</v>
+      </c>
+      <c r="E86" t="s">
+        <v>7</v>
+      </c>
+      <c r="F86" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="87" spans="1:6">
+      <c r="A87" t="s">
+        <v>93</v>
+      </c>
+      <c r="B87" s="1">
+        <v>106522.0</v>
+      </c>
+      <c r="C87" s="1">
+        <v>-21742.28034423</v>
+      </c>
+      <c r="D87" s="1">
+        <v>84779.71965577</v>
+      </c>
+      <c r="E87" t="s">
+        <v>7</v>
+      </c>
+      <c r="F87" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="88" spans="1:6">
+      <c r="A88" t="s">
+        <v>94</v>
+      </c>
+      <c r="B88" s="1">
+        <v>110359.0</v>
+      </c>
+      <c r="C88" s="1">
+        <v>-22071.462267555</v>
+      </c>
+      <c r="D88" s="1">
+        <v>88287.537732445</v>
+      </c>
+      <c r="E88" t="s">
+        <v>7</v>
+      </c>
+      <c r="F88" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="89" spans="1:6">
+      <c r="A89" t="s">
+        <v>95</v>
+      </c>
+      <c r="B89" s="1">
+        <v>112234.0</v>
+      </c>
+      <c r="C89" s="1">
+        <v>-22270.440968848</v>
+      </c>
+      <c r="D89" s="1">
+        <v>89963.559031152</v>
+      </c>
+      <c r="E89" t="s">
+        <v>7</v>
+      </c>
+      <c r="F89" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="90" spans="1:6">
+      <c r="A90" t="s">
+        <v>96</v>
+      </c>
+      <c r="B90" s="1">
+        <v>111761.0</v>
+      </c>
+      <c r="C90" s="1">
+        <v>-20349.148516498</v>
+      </c>
+      <c r="D90" s="1">
+        <v>91411.851483502</v>
+      </c>
+      <c r="E90" t="s">
+        <v>7</v>
+      </c>
+      <c r="F90" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="91" spans="1:6">
+      <c r="A91" t="s">
+        <v>97</v>
+      </c>
+      <c r="B91" s="1">
+        <v>112323.0</v>
+      </c>
+      <c r="C91" s="1">
+        <v>-21387.192414547</v>
+      </c>
+      <c r="D91" s="1">
+        <v>90935.807585453</v>
+      </c>
+      <c r="E91" t="s">
+        <v>7</v>
+      </c>
+      <c r="F91" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="92" spans="1:6">
+      <c r="A92" t="s">
+        <v>98</v>
+      </c>
+      <c r="B92" s="1">
+        <v>110133.0</v>
+      </c>
+      <c r="C92" s="1">
+        <v>-21796.196902051</v>
+      </c>
+      <c r="D92" s="1">
+        <v>88336.803097949</v>
+      </c>
+      <c r="E92" t="s">
+        <v>7</v>
+      </c>
+      <c r="F92" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="93" spans="1:6">
+      <c r="A93" t="s">
+        <v>99</v>
+      </c>
+      <c r="B93" s="1">
+        <v>107927.0</v>
+      </c>
+      <c r="C93" s="1">
+        <v>-19004.642133243</v>
+      </c>
+      <c r="D93" s="1">
+        <v>88922.357866757</v>
+      </c>
+      <c r="E93" t="s">
+        <v>7</v>
+      </c>
+      <c r="F93" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="94" spans="1:6">
+      <c r="A94" t="s">
+        <v>100</v>
+      </c>
+      <c r="B94" s="1">
+        <v>105853.0</v>
+      </c>
+      <c r="C94" s="1">
+        <v>-18436.260523611</v>
+      </c>
+      <c r="D94" s="1">
+        <v>87416.739476389</v>
+      </c>
+      <c r="E94" t="s">
+        <v>7</v>
+      </c>
+      <c r="F94" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="95" spans="1:6">
+      <c r="A95" t="s">
+        <v>101</v>
+      </c>
+      <c r="B95" s="1">
+        <v>109434.0</v>
+      </c>
+      <c r="C95" s="1">
+        <v>-17298.407826279</v>
+      </c>
+      <c r="D95" s="1">
+        <v>92135.592173721</v>
+      </c>
+      <c r="E95" t="s">
+        <v>7</v>
+      </c>
+      <c r="F95" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="96" spans="1:6">
+      <c r="A96" t="s">
+        <v>102</v>
+      </c>
+      <c r="B96" s="1">
+        <v>99921.0</v>
+      </c>
+      <c r="C96" s="1">
+        <v>-13169.384993343</v>
+      </c>
+      <c r="D96" s="1">
+        <v>86751.615006657</v>
+      </c>
+      <c r="E96" t="s">
+        <v>7</v>
+      </c>
+      <c r="F96" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="97" spans="1:6">
+      <c r="A97" t="s">
+        <v>103</v>
+      </c>
+      <c r="B97" s="1">
+        <v>104205.0</v>
+      </c>
+      <c r="C97" s="1">
+        <v>-13761.681849579</v>
+      </c>
+      <c r="D97" s="1">
+        <v>90443.318150421</v>
+      </c>
+      <c r="E97" t="s">
+        <v>7</v>
+      </c>
+      <c r="F97" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="98" spans="1:6">
+      <c r="A98" t="s">
+        <v>104</v>
+      </c>
+      <c r="B98" s="1">
+        <v>108347.0</v>
+      </c>
+      <c r="C98" s="1">
+        <v>-17749.517850473</v>
+      </c>
+      <c r="D98" s="1">
+        <v>90597.482149527</v>
+      </c>
+      <c r="E98" t="s">
+        <v>7</v>
+      </c>
+      <c r="F98" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="99" spans="1:6">
+      <c r="A99" t="s">
+        <v>105</v>
+      </c>
+      <c r="B99" s="1">
+        <v>105855.0</v>
+      </c>
+      <c r="C99" s="1">
+        <v>-18417.997576126</v>
+      </c>
+      <c r="D99" s="1">
+        <v>87437.002423874</v>
+      </c>
+      <c r="E99" t="s">
+        <v>7</v>
+      </c>
+      <c r="F99" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="100" spans="1:6">
+      <c r="A100" t="s">
+        <v>106</v>
+      </c>
+      <c r="B100" s="1">
+        <v>104622.0</v>
+      </c>
+      <c r="C100" s="1">
+        <v>-18455.116858808</v>
+      </c>
+      <c r="D100" s="1">
+        <v>86166.883141192</v>
+      </c>
+      <c r="E100" t="s">
+        <v>7</v>
+      </c>
+      <c r="F100" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="101" spans="1:6">
+      <c r="A101" t="s">
+        <v>107</v>
+      </c>
+      <c r="B101" s="1">
+        <v>103891.0</v>
+      </c>
+      <c r="C101" s="1">
+        <v>-17475.147230908</v>
+      </c>
+      <c r="D101" s="1">
+        <v>86415.852769092</v>
+      </c>
+      <c r="E101" t="s">
+        <v>7</v>
+      </c>
+      <c r="F101" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="102" spans="1:6">
+      <c r="A102" t="s">
+        <v>108</v>
+      </c>
+      <c r="B102" s="1">
+        <v>105242.0</v>
+      </c>
+      <c r="C102" s="1">
+        <v>-17662.986372775</v>
+      </c>
+      <c r="D102" s="1">
+        <v>87579.013627225</v>
+      </c>
+      <c r="E102" t="s">
+        <v>7</v>
+      </c>
+      <c r="F102" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="103" spans="1:6">
+      <c r="A103" t="s">
+        <v>109</v>
+      </c>
+      <c r="B103" s="1">
+        <v>91519.0</v>
+      </c>
+      <c r="C103" s="1">
+        <v>-11312.621226785</v>
+      </c>
+      <c r="D103" s="1">
+        <v>80206.378773215</v>
+      </c>
+      <c r="E103" t="s">
+        <v>7</v>
+      </c>
+      <c r="F103" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="104" spans="1:6">
+      <c r="A104" t="s">
+        <v>110</v>
+      </c>
+      <c r="B104" s="1">
+        <v>99750.0</v>
+      </c>
+      <c r="C104" s="1">
+        <v>-15058.592304968</v>
+      </c>
+      <c r="D104" s="1">
+        <v>84691.407695032</v>
+      </c>
+      <c r="E104" t="s">
+        <v>7</v>
+      </c>
+      <c r="F104" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="105" spans="1:6">
+      <c r="A105" t="s">
+        <v>111</v>
+      </c>
+      <c r="B105" s="1">
+        <v>100702.0</v>
+      </c>
+      <c r="C105" s="1">
+        <v>-17319.629762049</v>
+      </c>
+      <c r="D105" s="1">
+        <v>83382.370237951</v>
+      </c>
+      <c r="E105" t="s">
+        <v>7</v>
+      </c>
+      <c r="F105" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="106" spans="1:6">
+      <c r="A106" t="s">
+        <v>112</v>
+      </c>
+      <c r="B106" s="1">
+        <v>105090.0</v>
+      </c>
+      <c r="C106" s="1">
+        <v>-18030.0886839</v>
+      </c>
+      <c r="D106" s="1">
+        <v>87059.9113161</v>
+      </c>
+      <c r="E106" t="s">
+        <v>7</v>
+      </c>
+      <c r="F106" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="107" spans="1:6">
+      <c r="A107" t="s">
+        <v>113</v>
+      </c>
+      <c r="B107" s="1">
+        <v>104430.0</v>
+      </c>
+      <c r="C107" s="1">
+        <v>-18453.464554437</v>
+      </c>
+      <c r="D107" s="1">
+        <v>85976.535445563</v>
+      </c>
+      <c r="E107" t="s">
+        <v>7</v>
+      </c>
+      <c r="F107" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="108" spans="1:6">
+      <c r="A108" t="s">
+        <v>114</v>
+      </c>
+      <c r="B108" s="1">
+        <v>109451.0</v>
+      </c>
+      <c r="C108" s="1">
+        <v>-19649.768304001</v>
+      </c>
+      <c r="D108" s="1">
+        <v>89801.231695999</v>
+      </c>
+      <c r="E108" t="s">
+        <v>7</v>
+      </c>
+      <c r="F108" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="109" spans="1:6">
+      <c r="A109" t="s">
+        <v>115</v>
+      </c>
+      <c r="B109" s="1">
+        <v>109108.0</v>
+      </c>
+      <c r="C109" s="1">
+        <v>-18007.324352587</v>
+      </c>
+      <c r="D109" s="1">
+        <v>91100.675647413</v>
+      </c>
+      <c r="E109" t="s">
+        <v>7</v>
+      </c>
+      <c r="F109" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="110" spans="1:6">
+      <c r="A110" t="s">
+        <v>116</v>
+      </c>
+      <c r="B110" s="1">
+        <v>107382.0</v>
+      </c>
+      <c r="C110" s="1">
+        <v>-19346.745071463</v>
+      </c>
+      <c r="D110" s="1">
+        <v>88035.254928537</v>
+      </c>
+      <c r="E110" t="s">
+        <v>7</v>
+      </c>
+      <c r="F110" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="111" spans="1:6">
+      <c r="A111" t="s">
+        <v>117</v>
+      </c>
+      <c r="B111" s="1">
+        <v>106786.0</v>
+      </c>
+      <c r="C111" s="1">
+        <v>-18667.144115012</v>
+      </c>
+      <c r="D111" s="1">
+        <v>88118.855884988</v>
+      </c>
+      <c r="E111" t="s">
+        <v>7</v>
+      </c>
+      <c r="F111" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="112" spans="1:6">
+      <c r="A112" t="s">
+        <v>118</v>
+      </c>
+      <c r="B112" s="1">
+        <v>105463.0</v>
+      </c>
+      <c r="C112" s="1">
+        <v>-18881.962929078</v>
+      </c>
+      <c r="D112" s="1">
+        <v>86581.037070922</v>
+      </c>
+      <c r="E112" t="s">
+        <v>7</v>
+      </c>
+      <c r="F112" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="113" spans="1:6">
+      <c r="A113" t="s">
+        <v>119</v>
+      </c>
+      <c r="B113" s="1">
+        <v>108633.0</v>
+      </c>
+      <c r="C113" s="1">
+        <v>-18348.731444056</v>
+      </c>
+      <c r="D113" s="1">
+        <v>90284.268555944</v>
+      </c>
+      <c r="E113" t="s">
+        <v>7</v>
+      </c>
+      <c r="F113" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="114" spans="1:6">
+      <c r="A114" t="s">
+        <v>120</v>
+      </c>
+      <c r="B114" s="1">
+        <v>110624.0</v>
+      </c>
+      <c r="C114" s="1">
+        <v>-18904.835711128</v>
+      </c>
+      <c r="D114" s="1">
+        <v>91719.164288872</v>
+      </c>
+      <c r="E114" t="s">
+        <v>7</v>
+      </c>
+      <c r="F114" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="115" spans="1:6">
+      <c r="A115" t="s">
+        <v>121</v>
+      </c>
+      <c r="B115" s="1">
+        <v>108134.0</v>
+      </c>
+      <c r="C115" s="1">
+        <v>-18910.050165197</v>
+      </c>
+      <c r="D115" s="1">
+        <v>89223.949834803</v>
+      </c>
+      <c r="E115" t="s">
+        <v>7</v>
+      </c>
+      <c r="F115" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="116" spans="1:6">
+      <c r="A116" t="s">
+        <v>122</v>
+      </c>
+      <c r="B116" s="1">
+        <v>105533.0</v>
+      </c>
+      <c r="C116" s="1">
+        <v>-17712.601114565</v>
+      </c>
+      <c r="D116" s="1">
+        <v>87820.398885435</v>
+      </c>
+      <c r="E116" t="s">
+        <v>7</v>
+      </c>
+      <c r="F116" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="117" spans="1:6">
+      <c r="A117" t="s">
+        <v>123</v>
+      </c>
+      <c r="B117" s="1">
+        <v>102274.0</v>
+      </c>
+      <c r="C117" s="1">
+        <v>-15398.358610025</v>
+      </c>
+      <c r="D117" s="1">
+        <v>86875.641389975</v>
+      </c>
+      <c r="E117" t="s">
+        <v>7</v>
+      </c>
+      <c r="F117" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="118" spans="1:6">
+      <c r="A118" t="s">
+        <v>124</v>
+      </c>
+      <c r="B118" s="1">
+        <v>105877.0</v>
+      </c>
+      <c r="C118" s="1">
+        <v>-18224.216703041</v>
+      </c>
+      <c r="D118" s="1">
+        <v>87652.783296959</v>
+      </c>
+      <c r="E118" t="s">
+        <v>7</v>
+      </c>
+      <c r="F118" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="119" spans="1:6">
+      <c r="A119" t="s">
+        <v>125</v>
+      </c>
+      <c r="B119" s="1">
+        <v>98684.0</v>
+      </c>
+      <c r="C119" s="1">
+        <v>-12116.71638752</v>
+      </c>
+      <c r="D119" s="1">
+        <v>86567.28361248</v>
+      </c>
+      <c r="E119" t="s">
+        <v>7</v>
+      </c>
+      <c r="F119" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="120" spans="1:6">
+      <c r="A120" t="s">
+        <v>126</v>
+      </c>
+      <c r="B120" s="1">
+        <v>102831.0</v>
+      </c>
+      <c r="C120" s="1">
+        <v>-17756.859011645</v>
+      </c>
+      <c r="D120" s="1">
+        <v>85074.140988355</v>
+      </c>
+      <c r="E120" t="s">
+        <v>7</v>
+      </c>
+      <c r="F120" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="121" spans="1:6">
+      <c r="A121" t="s">
+        <v>127</v>
+      </c>
+      <c r="B121" s="1">
+        <v>107129.0</v>
+      </c>
+      <c r="C121" s="1">
+        <v>-18331.571416614</v>
+      </c>
+      <c r="D121" s="1">
+        <v>88797.428583386</v>
+      </c>
+      <c r="E121" t="s">
+        <v>7</v>
+      </c>
+      <c r="F121" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="122" spans="1:6">
+      <c r="A122" t="s">
+        <v>128</v>
+      </c>
+      <c r="B122" s="1">
+        <v>104930.0</v>
+      </c>
+      <c r="C122" s="1">
+        <v>-15027.692065822</v>
+      </c>
+      <c r="D122" s="1">
+        <v>89902.307934178</v>
+      </c>
+      <c r="E122" t="s">
+        <v>7</v>
+      </c>
+      <c r="F122" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="123" spans="1:6">
+      <c r="A123" t="s">
+        <v>129</v>
+      </c>
+      <c r="B123" s="1">
+        <v>102580.0</v>
+      </c>
+      <c r="C123" s="1">
+        <v>-14762.905058444</v>
+      </c>
+      <c r="D123" s="1">
+        <v>87817.094941556</v>
+      </c>
+      <c r="E123" t="s">
+        <v>7</v>
+      </c>
+      <c r="F123" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="124" spans="1:6">
+      <c r="A124" t="s">
+        <v>130</v>
+      </c>
+      <c r="B124" s="1">
+        <v>93686.0</v>
+      </c>
+      <c r="C124" s="1">
+        <v>-8586.038064388</v>
+      </c>
+      <c r="D124" s="1">
+        <v>85099.961935612</v>
+      </c>
+      <c r="E124" t="s">
+        <v>7</v>
+      </c>
+      <c r="F124" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="125" spans="1:6">
+      <c r="A125" t="s">
+        <v>131</v>
+      </c>
+      <c r="B125" s="1">
+        <v>106709.0</v>
+      </c>
+      <c r="C125" s="1">
+        <v>-14962.740809386</v>
+      </c>
+      <c r="D125" s="1">
+        <v>91746.259190614</v>
+      </c>
+      <c r="E125" t="s">
+        <v>7</v>
+      </c>
+      <c r="F125" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="126" spans="1:6">
+      <c r="A126" t="s">
+        <v>132</v>
+      </c>
+      <c r="B126" s="1">
+        <v>104803.0</v>
+      </c>
+      <c r="C126" s="1">
+        <v>-13626.052912073</v>
+      </c>
+      <c r="D126" s="1">
+        <v>91176.947087927</v>
+      </c>
+      <c r="E126" t="s">
+        <v>7</v>
+      </c>
+      <c r="F126" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="127" spans="1:6">
+      <c r="A127" t="s">
+        <v>133</v>
+      </c>
+      <c r="B127" s="1">
+        <v>104171.0</v>
+      </c>
+      <c r="C127" s="1">
+        <v>-14937.927386541</v>
+      </c>
+      <c r="D127" s="1">
+        <v>89233.072613459</v>
+      </c>
+      <c r="E127" t="s">
+        <v>7</v>
+      </c>
+      <c r="F127" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="128" spans="1:6">
+      <c r="A128" t="s">
+        <v>134</v>
+      </c>
+      <c r="B128" s="1">
+        <v>104273.0</v>
+      </c>
+      <c r="C128" s="1">
+        <v>-13462.930040506</v>
+      </c>
+      <c r="D128" s="1">
+        <v>90810.069959494</v>
+      </c>
+      <c r="E128" t="s">
+        <v>7</v>
+      </c>
+      <c r="F128" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="129" spans="1:6">
+      <c r="A129" t="s">
+        <v>135</v>
+      </c>
+      <c r="B129" s="1">
+        <v>102149.0</v>
+      </c>
+      <c r="C129" s="1">
+        <v>-13361.134429622</v>
+      </c>
+      <c r="D129" s="1">
+        <v>88787.865570378</v>
+      </c>
+      <c r="E129" t="s">
+        <v>7</v>
+      </c>
+      <c r="F129" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="130" spans="1:6">
+      <c r="A130" t="s">
+        <v>136</v>
+      </c>
+      <c r="B130" s="1">
+        <v>102478.0</v>
+      </c>
+      <c r="C130" s="1">
+        <v>-12697.026438595</v>
+      </c>
+      <c r="D130" s="1">
+        <v>89780.973561405</v>
+      </c>
+      <c r="E130" t="s">
+        <v>7</v>
+      </c>
+      <c r="F130" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="131" spans="1:6">
+      <c r="A131" t="s">
+        <v>137</v>
+      </c>
+      <c r="B131" s="1">
+        <v>100921.0</v>
+      </c>
+      <c r="C131" s="1">
+        <v>-13044.205957271</v>
+      </c>
+      <c r="D131" s="1">
+        <v>87876.794042729</v>
+      </c>
+      <c r="E131" t="s">
+        <v>7</v>
+      </c>
+      <c r="F131" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="132" spans="1:6">
+      <c r="A132" t="s">
+        <v>138</v>
+      </c>
+      <c r="B132" s="1">
+        <v>100759.0</v>
+      </c>
+      <c r="C132" s="1">
+        <v>-13137.356299875</v>
+      </c>
+      <c r="D132" s="1">
+        <v>87621.643700125</v>
+      </c>
+      <c r="E132" t="s">
+        <v>7</v>
+      </c>
+      <c r="F132" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="133" spans="1:6">
+      <c r="A133" t="s">
+        <v>139</v>
+      </c>
+      <c r="B133" s="1">
+        <v>101793.0</v>
+      </c>
+      <c r="C133" s="1">
+        <v>-13302.001176786</v>
+      </c>
+      <c r="D133" s="1">
+        <v>88490.998823214</v>
+      </c>
+      <c r="E133" t="s">
+        <v>7</v>
+      </c>
+      <c r="F133" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="134" spans="1:6">
+      <c r="A134" t="s">
+        <v>140</v>
+      </c>
+      <c r="B134" s="1">
+        <v>103726.0</v>
+      </c>
+      <c r="C134" s="1">
+        <v>-13232.624542292</v>
+      </c>
+      <c r="D134" s="1">
+        <v>90493.375457708</v>
+      </c>
+      <c r="E134" t="s">
+        <v>7</v>
+      </c>
+      <c r="F134" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="135" spans="1:6">
+      <c r="A135" t="s">
+        <v>141</v>
+      </c>
+      <c r="B135" s="1">
+        <v>102778.0</v>
+      </c>
+      <c r="C135" s="1">
+        <v>-11290.36282455</v>
+      </c>
+      <c r="D135" s="1">
+        <v>91487.63717545</v>
+      </c>
+      <c r="E135" t="s">
+        <v>7</v>
+      </c>
+      <c r="F135" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="136" spans="1:6">
+      <c r="A136" t="s">
+        <v>142</v>
+      </c>
+      <c r="B136" s="1">
+        <v>102465.0</v>
+      </c>
+      <c r="C136" s="1">
+        <v>-13721.325894813</v>
+      </c>
+      <c r="D136" s="1">
+        <v>88743.674105187</v>
+      </c>
+      <c r="E136" t="s">
+        <v>7</v>
+      </c>
+      <c r="F136" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="137" spans="1:6">
+      <c r="A137" t="s">
+        <v>143</v>
+      </c>
+      <c r="B137" s="1">
+        <v>98290.0</v>
+      </c>
+      <c r="C137" s="1">
+        <v>-11554.08931134</v>
+      </c>
+      <c r="D137" s="1">
+        <v>86735.91068866</v>
+      </c>
+      <c r="E137" t="s">
+        <v>7</v>
+      </c>
+      <c r="F137" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="138" spans="1:6">
+      <c r="A138" t="s">
+        <v>144</v>
+      </c>
+      <c r="B138" s="1">
+        <v>99527.0</v>
+      </c>
+      <c r="C138" s="1">
+        <v>-13452.723306579</v>
+      </c>
+      <c r="D138" s="1">
+        <v>86074.276693421</v>
+      </c>
+      <c r="E138" t="s">
+        <v>7</v>
+      </c>
+      <c r="F138" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="139" spans="1:6">
+      <c r="A139" t="s">
+        <v>145</v>
+      </c>
+      <c r="B139" s="1">
+        <v>100885.0</v>
+      </c>
+      <c r="C139" s="1">
+        <v>-15208.369939395</v>
+      </c>
+      <c r="D139" s="1">
+        <v>85676.630060605</v>
+      </c>
+      <c r="E139" t="s">
+        <v>7</v>
+      </c>
+      <c r="F139" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="140" spans="1:6">
+      <c r="A140" t="s">
+        <v>146</v>
+      </c>
+      <c r="B140" s="1">
+        <v>96479.0</v>
+      </c>
+      <c r="C140" s="1">
+        <v>-16911.478769511</v>
+      </c>
+      <c r="D140" s="1">
+        <v>79567.521230489</v>
+      </c>
+      <c r="E140" t="s">
+        <v>7</v>
+      </c>
+      <c r="F140" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="141" spans="1:6">
+      <c r="A141" t="s">
+        <v>147</v>
+      </c>
+      <c r="B141" s="1">
+        <v>101847.0</v>
+      </c>
+      <c r="C141" s="1">
+        <v>-17631.446716593</v>
+      </c>
+      <c r="D141" s="1">
+        <v>84215.553283407</v>
+      </c>
+      <c r="E141" t="s">
+        <v>7</v>
+      </c>
+      <c r="F141" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="142" spans="1:6">
+      <c r="A142" t="s">
+        <v>148</v>
+      </c>
+      <c r="B142" s="1">
+        <v>92219.0</v>
+      </c>
+      <c r="C142" s="1">
+        <v>-18887.228768469</v>
+      </c>
+      <c r="D142" s="1">
+        <v>73331.771231531</v>
+      </c>
+      <c r="E142" t="s">
+        <v>7</v>
+      </c>
+      <c r="F142" t="s">
+        <v>8</v>
+      </c>
+    </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>