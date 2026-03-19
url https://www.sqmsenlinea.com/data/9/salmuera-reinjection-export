--- v1 (2026-02-01)
+++ v2 (2026-03-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="149">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="208">
   <si>
     <t>Fecha</t>
   </si>
   <si>
     <t>Extracción fresca</t>
   </si>
   <si>
     <t>Reinyección</t>
   </si>
   <si>
     <t>Extracción neta</t>
   </si>
   <si>
     <t>Es oficial</t>
   </si>
   <si>
     <t>Unidad</t>
   </si>
   <si>
     <t>2025-08-13</t>
   </si>
   <si>
     <t>Oficial</t>
   </si>
   <si>
@@ -459,50 +459,227 @@
     <t>2025-12-23</t>
   </si>
   <si>
     <t>2025-12-24</t>
   </si>
   <si>
     <t>2025-12-25</t>
   </si>
   <si>
     <t>2025-12-26</t>
   </si>
   <si>
     <t>2025-12-27</t>
   </si>
   <si>
     <t>2025-12-28</t>
   </si>
   <si>
     <t>2025-12-29</t>
   </si>
   <si>
     <t>2025-12-30</t>
   </si>
   <si>
     <t>2025-12-31</t>
+  </si>
+  <si>
+    <t>2026-01-01</t>
+  </si>
+  <si>
+    <t>2026-01-02</t>
+  </si>
+  <si>
+    <t>2026-01-03</t>
+  </si>
+  <si>
+    <t>2026-01-04</t>
+  </si>
+  <si>
+    <t>2026-01-05</t>
+  </si>
+  <si>
+    <t>2026-01-06</t>
+  </si>
+  <si>
+    <t>2026-01-07</t>
+  </si>
+  <si>
+    <t>2026-01-08</t>
+  </si>
+  <si>
+    <t>2026-01-09</t>
+  </si>
+  <si>
+    <t>2026-01-10</t>
+  </si>
+  <si>
+    <t>2026-01-11</t>
+  </si>
+  <si>
+    <t>2026-01-12</t>
+  </si>
+  <si>
+    <t>2026-01-13</t>
+  </si>
+  <si>
+    <t>2026-01-14</t>
+  </si>
+  <si>
+    <t>2026-01-15</t>
+  </si>
+  <si>
+    <t>2026-01-16</t>
+  </si>
+  <si>
+    <t>2026-01-17</t>
+  </si>
+  <si>
+    <t>2026-01-18</t>
+  </si>
+  <si>
+    <t>2026-01-19</t>
+  </si>
+  <si>
+    <t>2026-01-20</t>
+  </si>
+  <si>
+    <t>2026-01-21</t>
+  </si>
+  <si>
+    <t>2026-01-22</t>
+  </si>
+  <si>
+    <t>2026-01-23</t>
+  </si>
+  <si>
+    <t>2026-01-24</t>
+  </si>
+  <si>
+    <t>2026-01-25</t>
+  </si>
+  <si>
+    <t>2026-01-26</t>
+  </si>
+  <si>
+    <t>2026-01-27</t>
+  </si>
+  <si>
+    <t>2026-01-28</t>
+  </si>
+  <si>
+    <t>2026-01-29</t>
+  </si>
+  <si>
+    <t>2026-01-30</t>
+  </si>
+  <si>
+    <t>2026-01-31</t>
+  </si>
+  <si>
+    <t>2026-02-01</t>
+  </si>
+  <si>
+    <t>2026-02-02</t>
+  </si>
+  <si>
+    <t>2026-02-03</t>
+  </si>
+  <si>
+    <t>2026-02-04</t>
+  </si>
+  <si>
+    <t>2026-02-05</t>
+  </si>
+  <si>
+    <t>2026-02-06</t>
+  </si>
+  <si>
+    <t>2026-02-07</t>
+  </si>
+  <si>
+    <t>2026-02-08</t>
+  </si>
+  <si>
+    <t>2026-02-09</t>
+  </si>
+  <si>
+    <t>2026-02-10</t>
+  </si>
+  <si>
+    <t>2026-02-11</t>
+  </si>
+  <si>
+    <t>2026-02-12</t>
+  </si>
+  <si>
+    <t>2026-02-13</t>
+  </si>
+  <si>
+    <t>2026-02-14</t>
+  </si>
+  <si>
+    <t>2026-02-15</t>
+  </si>
+  <si>
+    <t>2026-02-16</t>
+  </si>
+  <si>
+    <t>2026-02-17</t>
+  </si>
+  <si>
+    <t>2026-02-18</t>
+  </si>
+  <si>
+    <t>2026-02-19</t>
+  </si>
+  <si>
+    <t>2026-02-20</t>
+  </si>
+  <si>
+    <t>2026-02-21</t>
+  </si>
+  <si>
+    <t>2026-02-22</t>
+  </si>
+  <si>
+    <t>2026-02-23</t>
+  </si>
+  <si>
+    <t>2026-02-24</t>
+  </si>
+  <si>
+    <t>2026-02-25</t>
+  </si>
+  <si>
+    <t>2026-02-26</t>
+  </si>
+  <si>
+    <t>2026-02-27</t>
+  </si>
+  <si>
+    <t>2026-02-28</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#.##0,00"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -809,54 +986,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F142"/>
+  <dimension ref="A1:F201"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D1" sqref="D1:D142"/>
+      <selection activeCell="D1" sqref="D1:D201"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
@@ -3654,50 +3831,1230 @@
       </c>
       <c r="E141" t="s">
         <v>7</v>
       </c>
       <c r="F141" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" t="s">
         <v>148</v>
       </c>
       <c r="B142" s="1">
         <v>92219.0</v>
       </c>
       <c r="C142" s="1">
         <v>-18887.228768469</v>
       </c>
       <c r="D142" s="1">
         <v>73331.771231531</v>
       </c>
       <c r="E142" t="s">
         <v>7</v>
       </c>
       <c r="F142" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="143" spans="1:6">
+      <c r="A143" t="s">
+        <v>149</v>
+      </c>
+      <c r="B143" s="1">
+        <v>102708.0</v>
+      </c>
+      <c r="C143" s="1">
+        <v>-18332.590704524</v>
+      </c>
+      <c r="D143" s="1">
+        <v>84375.409295476</v>
+      </c>
+      <c r="E143" t="s">
+        <v>7</v>
+      </c>
+      <c r="F143" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="144" spans="1:6">
+      <c r="A144" t="s">
+        <v>150</v>
+      </c>
+      <c r="B144" s="1">
+        <v>101405.0</v>
+      </c>
+      <c r="C144" s="1">
+        <v>-18225.162450502</v>
+      </c>
+      <c r="D144" s="1">
+        <v>83179.837549498</v>
+      </c>
+      <c r="E144" t="s">
+        <v>7</v>
+      </c>
+      <c r="F144" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="145" spans="1:6">
+      <c r="A145" t="s">
+        <v>151</v>
+      </c>
+      <c r="B145" s="1">
+        <v>101083.0</v>
+      </c>
+      <c r="C145" s="1">
+        <v>-18413.215536634</v>
+      </c>
+      <c r="D145" s="1">
+        <v>82669.784463366</v>
+      </c>
+      <c r="E145" t="s">
+        <v>7</v>
+      </c>
+      <c r="F145" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="146" spans="1:6">
+      <c r="A146" t="s">
+        <v>152</v>
+      </c>
+      <c r="B146" s="1">
+        <v>109724.0</v>
+      </c>
+      <c r="C146" s="1">
+        <v>-18525.725692828</v>
+      </c>
+      <c r="D146" s="1">
+        <v>91198.274307172</v>
+      </c>
+      <c r="E146" t="s">
+        <v>7</v>
+      </c>
+      <c r="F146" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="147" spans="1:6">
+      <c r="A147" t="s">
+        <v>153</v>
+      </c>
+      <c r="B147" s="1">
+        <v>105393.0</v>
+      </c>
+      <c r="C147" s="1">
+        <v>-17936.215992697</v>
+      </c>
+      <c r="D147" s="1">
+        <v>87456.784007303</v>
+      </c>
+      <c r="E147" t="s">
+        <v>7</v>
+      </c>
+      <c r="F147" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="148" spans="1:6">
+      <c r="A148" t="s">
+        <v>154</v>
+      </c>
+      <c r="B148" s="1">
+        <v>103705.0</v>
+      </c>
+      <c r="C148" s="1">
+        <v>-18326.812577928</v>
+      </c>
+      <c r="D148" s="1">
+        <v>85378.187422072</v>
+      </c>
+      <c r="E148" t="s">
+        <v>7</v>
+      </c>
+      <c r="F148" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="149" spans="1:6">
+      <c r="A149" t="s">
+        <v>155</v>
+      </c>
+      <c r="B149" s="1">
+        <v>98823.0</v>
+      </c>
+      <c r="C149" s="1">
+        <v>-18428.079507275</v>
+      </c>
+      <c r="D149" s="1">
+        <v>80394.920492725</v>
+      </c>
+      <c r="E149" t="s">
+        <v>7</v>
+      </c>
+      <c r="F149" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="150" spans="1:6">
+      <c r="A150" t="s">
+        <v>156</v>
+      </c>
+      <c r="B150" s="1">
+        <v>103226.0</v>
+      </c>
+      <c r="C150" s="1">
+        <v>-18713.216288283</v>
+      </c>
+      <c r="D150" s="1">
+        <v>84512.783711717</v>
+      </c>
+      <c r="E150" t="s">
+        <v>7</v>
+      </c>
+      <c r="F150" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="151" spans="1:6">
+      <c r="A151" t="s">
+        <v>157</v>
+      </c>
+      <c r="B151" s="1">
+        <v>96476.0</v>
+      </c>
+      <c r="C151" s="1">
+        <v>-11771.129591744</v>
+      </c>
+      <c r="D151" s="1">
+        <v>84704.870408256</v>
+      </c>
+      <c r="E151" t="s">
+        <v>7</v>
+      </c>
+      <c r="F151" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="152" spans="1:6">
+      <c r="A152" t="s">
+        <v>158</v>
+      </c>
+      <c r="B152" s="1">
+        <v>104051.0</v>
+      </c>
+      <c r="C152" s="1">
+        <v>-17956.535944472</v>
+      </c>
+      <c r="D152" s="1">
+        <v>86094.464055528</v>
+      </c>
+      <c r="E152" t="s">
+        <v>7</v>
+      </c>
+      <c r="F152" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="153" spans="1:6">
+      <c r="A153" t="s">
+        <v>159</v>
+      </c>
+      <c r="B153" s="1">
+        <v>104570.0</v>
+      </c>
+      <c r="C153" s="1">
+        <v>-18654.410069333</v>
+      </c>
+      <c r="D153" s="1">
+        <v>85915.589930667</v>
+      </c>
+      <c r="E153" t="s">
+        <v>7</v>
+      </c>
+      <c r="F153" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="154" spans="1:6">
+      <c r="A154" t="s">
+        <v>160</v>
+      </c>
+      <c r="B154" s="1">
+        <v>105048.0</v>
+      </c>
+      <c r="C154" s="1">
+        <v>-18894.093309623</v>
+      </c>
+      <c r="D154" s="1">
+        <v>86153.906690377</v>
+      </c>
+      <c r="E154" t="s">
+        <v>7</v>
+      </c>
+      <c r="F154" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="155" spans="1:6">
+      <c r="A155" t="s">
+        <v>161</v>
+      </c>
+      <c r="B155" s="1">
+        <v>103826.0</v>
+      </c>
+      <c r="C155" s="1">
+        <v>-19042.917289597</v>
+      </c>
+      <c r="D155" s="1">
+        <v>84783.082710403</v>
+      </c>
+      <c r="E155" t="s">
+        <v>7</v>
+      </c>
+      <c r="F155" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="156" spans="1:6">
+      <c r="A156" t="s">
+        <v>162</v>
+      </c>
+      <c r="B156" s="1">
+        <v>96134.0</v>
+      </c>
+      <c r="C156" s="1">
+        <v>-14762.300830204</v>
+      </c>
+      <c r="D156" s="1">
+        <v>81371.699169796</v>
+      </c>
+      <c r="E156" t="s">
+        <v>7</v>
+      </c>
+      <c r="F156" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="157" spans="1:6">
+      <c r="A157" t="s">
+        <v>163</v>
+      </c>
+      <c r="B157" s="1">
+        <v>99870.0</v>
+      </c>
+      <c r="C157" s="1">
+        <v>-12952.951575583</v>
+      </c>
+      <c r="D157" s="1">
+        <v>86917.048424417</v>
+      </c>
+      <c r="E157" t="s">
+        <v>7</v>
+      </c>
+      <c r="F157" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="158" spans="1:6">
+      <c r="A158" t="s">
+        <v>164</v>
+      </c>
+      <c r="B158" s="1">
+        <v>103897.0</v>
+      </c>
+      <c r="C158" s="1">
+        <v>-12656.91480992</v>
+      </c>
+      <c r="D158" s="1">
+        <v>91240.08519008</v>
+      </c>
+      <c r="E158" t="s">
+        <v>7</v>
+      </c>
+      <c r="F158" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="159" spans="1:6">
+      <c r="A159" t="s">
+        <v>165</v>
+      </c>
+      <c r="B159" s="1">
+        <v>100543.0</v>
+      </c>
+      <c r="C159" s="1">
+        <v>-12928.289555459</v>
+      </c>
+      <c r="D159" s="1">
+        <v>87614.710444541</v>
+      </c>
+      <c r="E159" t="s">
+        <v>7</v>
+      </c>
+      <c r="F159" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="160" spans="1:6">
+      <c r="A160" t="s">
+        <v>166</v>
+      </c>
+      <c r="B160" s="1">
+        <v>98313.0</v>
+      </c>
+      <c r="C160" s="1">
+        <v>-13108.642052052</v>
+      </c>
+      <c r="D160" s="1">
+        <v>85204.357947948</v>
+      </c>
+      <c r="E160" t="s">
+        <v>7</v>
+      </c>
+      <c r="F160" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="161" spans="1:6">
+      <c r="A161" t="s">
+        <v>167</v>
+      </c>
+      <c r="B161" s="1">
+        <v>106296.0</v>
+      </c>
+      <c r="C161" s="1">
+        <v>-18880.860492796</v>
+      </c>
+      <c r="D161" s="1">
+        <v>87415.139507204</v>
+      </c>
+      <c r="E161" t="s">
+        <v>7</v>
+      </c>
+      <c r="F161" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="162" spans="1:6">
+      <c r="A162" t="s">
+        <v>168</v>
+      </c>
+      <c r="B162" s="1">
+        <v>104792.0</v>
+      </c>
+      <c r="C162" s="1">
+        <v>-18312.521840023</v>
+      </c>
+      <c r="D162" s="1">
+        <v>86479.478159977</v>
+      </c>
+      <c r="E162" t="s">
+        <v>7</v>
+      </c>
+      <c r="F162" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="163" spans="1:6">
+      <c r="A163" t="s">
+        <v>169</v>
+      </c>
+      <c r="B163" s="1">
+        <v>102055.0</v>
+      </c>
+      <c r="C163" s="1">
+        <v>-17822.227799924</v>
+      </c>
+      <c r="D163" s="1">
+        <v>84232.772200076</v>
+      </c>
+      <c r="E163" t="s">
+        <v>7</v>
+      </c>
+      <c r="F163" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="164" spans="1:6">
+      <c r="A164" t="s">
+        <v>170</v>
+      </c>
+      <c r="B164" s="1">
+        <v>103222.0</v>
+      </c>
+      <c r="C164" s="1">
+        <v>-18856.485615975</v>
+      </c>
+      <c r="D164" s="1">
+        <v>84365.514384025</v>
+      </c>
+      <c r="E164" t="s">
+        <v>7</v>
+      </c>
+      <c r="F164" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="165" spans="1:6">
+      <c r="A165" t="s">
+        <v>171</v>
+      </c>
+      <c r="B165" s="1">
+        <v>82981.0</v>
+      </c>
+      <c r="C165" s="1">
+        <v>-17930.73715345</v>
+      </c>
+      <c r="D165" s="1">
+        <v>65050.26284655</v>
+      </c>
+      <c r="E165" t="s">
+        <v>7</v>
+      </c>
+      <c r="F165" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="166" spans="1:6">
+      <c r="A166" t="s">
+        <v>172</v>
+      </c>
+      <c r="B166" s="1">
+        <v>73884.0</v>
+      </c>
+      <c r="C166" s="1">
+        <v>-14070.52140644</v>
+      </c>
+      <c r="D166" s="1">
+        <v>59813.47859356</v>
+      </c>
+      <c r="E166" t="s">
+        <v>7</v>
+      </c>
+      <c r="F166" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="167" spans="1:6">
+      <c r="A167" t="s">
+        <v>173</v>
+      </c>
+      <c r="B167" s="1">
+        <v>95555.0</v>
+      </c>
+      <c r="C167" s="1">
+        <v>-18411.151849675</v>
+      </c>
+      <c r="D167" s="1">
+        <v>77143.848150325</v>
+      </c>
+      <c r="E167" t="s">
+        <v>7</v>
+      </c>
+      <c r="F167" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="168" spans="1:6">
+      <c r="A168" t="s">
+        <v>174</v>
+      </c>
+      <c r="B168" s="1">
+        <v>96840.0</v>
+      </c>
+      <c r="C168" s="1">
+        <v>-18913.36211665</v>
+      </c>
+      <c r="D168" s="1">
+        <v>77926.63788335</v>
+      </c>
+      <c r="E168" t="s">
+        <v>7</v>
+      </c>
+      <c r="F168" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="169" spans="1:6">
+      <c r="A169" t="s">
+        <v>175</v>
+      </c>
+      <c r="B169" s="1">
+        <v>105793.0</v>
+      </c>
+      <c r="C169" s="1">
+        <v>-19194.122126006</v>
+      </c>
+      <c r="D169" s="1">
+        <v>86598.877873994</v>
+      </c>
+      <c r="E169" t="s">
+        <v>7</v>
+      </c>
+      <c r="F169" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="170" spans="1:6">
+      <c r="A170" t="s">
+        <v>176</v>
+      </c>
+      <c r="B170" s="1">
+        <v>105361.0</v>
+      </c>
+      <c r="C170" s="1">
+        <v>-18521.973255366</v>
+      </c>
+      <c r="D170" s="1">
+        <v>86839.026744634</v>
+      </c>
+      <c r="E170" t="s">
+        <v>7</v>
+      </c>
+      <c r="F170" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="171" spans="1:6">
+      <c r="A171" t="s">
+        <v>177</v>
+      </c>
+      <c r="B171" s="1">
+        <v>99759.0</v>
+      </c>
+      <c r="C171" s="1">
+        <v>-18421.490843045</v>
+      </c>
+      <c r="D171" s="1">
+        <v>81337.509156955</v>
+      </c>
+      <c r="E171" t="s">
+        <v>7</v>
+      </c>
+      <c r="F171" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="172" spans="1:6">
+      <c r="A172" t="s">
+        <v>178</v>
+      </c>
+      <c r="B172" s="1">
+        <v>104142.0</v>
+      </c>
+      <c r="C172" s="1">
+        <v>-18464.085257508</v>
+      </c>
+      <c r="D172" s="1">
+        <v>85677.914742492</v>
+      </c>
+      <c r="E172" t="s">
+        <v>7</v>
+      </c>
+      <c r="F172" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="173" spans="1:6">
+      <c r="A173" t="s">
+        <v>179</v>
+      </c>
+      <c r="B173" s="1">
+        <v>102907.0</v>
+      </c>
+      <c r="C173" s="1">
+        <v>-19314.605949836</v>
+      </c>
+      <c r="D173" s="1">
+        <v>83592.394050164</v>
+      </c>
+      <c r="E173" t="s">
+        <v>7</v>
+      </c>
+      <c r="F173" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="174" spans="1:6">
+      <c r="A174" t="s">
+        <v>180</v>
+      </c>
+      <c r="B174" s="1">
+        <v>103560.0</v>
+      </c>
+      <c r="C174" s="1">
+        <v>-17979.690705385</v>
+      </c>
+      <c r="D174" s="1">
+        <v>85580.309294615</v>
+      </c>
+      <c r="E174" t="s">
+        <v>7</v>
+      </c>
+      <c r="F174" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="175" spans="1:6">
+      <c r="A175" t="s">
+        <v>181</v>
+      </c>
+      <c r="B175" s="1">
+        <v>108901.0</v>
+      </c>
+      <c r="C175" s="1">
+        <v>-19155.430385251</v>
+      </c>
+      <c r="D175" s="1">
+        <v>89745.569614749</v>
+      </c>
+      <c r="E175" t="s">
+        <v>7</v>
+      </c>
+      <c r="F175" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="176" spans="1:6">
+      <c r="A176" t="s">
+        <v>182</v>
+      </c>
+      <c r="B176" s="1">
+        <v>103486.0</v>
+      </c>
+      <c r="C176" s="1">
+        <v>-17298.06241912</v>
+      </c>
+      <c r="D176" s="1">
+        <v>86187.93758088</v>
+      </c>
+      <c r="E176" t="s">
+        <v>7</v>
+      </c>
+      <c r="F176" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="177" spans="1:6">
+      <c r="A177" t="s">
+        <v>183</v>
+      </c>
+      <c r="B177" s="1">
+        <v>64971.0</v>
+      </c>
+      <c r="C177" s="1">
+        <v>-8400.6015552025</v>
+      </c>
+      <c r="D177" s="1">
+        <v>56570.398444798</v>
+      </c>
+      <c r="E177" t="s">
+        <v>7</v>
+      </c>
+      <c r="F177" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="178" spans="1:6">
+      <c r="A178" t="s">
+        <v>184</v>
+      </c>
+      <c r="B178" s="1">
+        <v>72320.0</v>
+      </c>
+      <c r="C178" s="1">
+        <v>-8007.3603668734</v>
+      </c>
+      <c r="D178" s="1">
+        <v>64312.639633127</v>
+      </c>
+      <c r="E178" t="s">
+        <v>7</v>
+      </c>
+      <c r="F178" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="179" spans="1:6">
+      <c r="A179" t="s">
+        <v>185</v>
+      </c>
+      <c r="B179" s="1">
+        <v>96636.0</v>
+      </c>
+      <c r="C179" s="1">
+        <v>-9810.9032955125</v>
+      </c>
+      <c r="D179" s="1">
+        <v>86825.096704488</v>
+      </c>
+      <c r="E179" t="s">
+        <v>7</v>
+      </c>
+      <c r="F179" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="180" spans="1:6">
+      <c r="A180" t="s">
+        <v>186</v>
+      </c>
+      <c r="B180" s="1">
+        <v>100363.0</v>
+      </c>
+      <c r="C180" s="1">
+        <v>-16457.843433699</v>
+      </c>
+      <c r="D180" s="1">
+        <v>83905.156566301</v>
+      </c>
+      <c r="E180" t="s">
+        <v>7</v>
+      </c>
+      <c r="F180" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="181" spans="1:6">
+      <c r="A181" t="s">
+        <v>187</v>
+      </c>
+      <c r="B181" s="1">
+        <v>105223.0</v>
+      </c>
+      <c r="C181" s="1">
+        <v>-15325.38626422</v>
+      </c>
+      <c r="D181" s="1">
+        <v>89897.61373578</v>
+      </c>
+      <c r="E181" t="s">
+        <v>7</v>
+      </c>
+      <c r="F181" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="182" spans="1:6">
+      <c r="A182" t="s">
+        <v>188</v>
+      </c>
+      <c r="B182" s="1">
+        <v>104149.0</v>
+      </c>
+      <c r="C182" s="1">
+        <v>-18396.645041453</v>
+      </c>
+      <c r="D182" s="1">
+        <v>85752.354958547</v>
+      </c>
+      <c r="E182" t="s">
+        <v>7</v>
+      </c>
+      <c r="F182" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="183" spans="1:6">
+      <c r="A183" t="s">
+        <v>189</v>
+      </c>
+      <c r="B183" s="1">
+        <v>104336.0</v>
+      </c>
+      <c r="C183" s="1">
+        <v>-18987.60045602</v>
+      </c>
+      <c r="D183" s="1">
+        <v>85348.39954398</v>
+      </c>
+      <c r="E183" t="s">
+        <v>7</v>
+      </c>
+      <c r="F183" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="184" spans="1:6">
+      <c r="A184" t="s">
+        <v>190</v>
+      </c>
+      <c r="B184" s="1">
+        <v>101860.0</v>
+      </c>
+      <c r="C184" s="1">
+        <v>-17215.52217805</v>
+      </c>
+      <c r="D184" s="1">
+        <v>84644.47782195</v>
+      </c>
+      <c r="E184" t="s">
+        <v>7</v>
+      </c>
+      <c r="F184" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="185" spans="1:6">
+      <c r="A185" t="s">
+        <v>191</v>
+      </c>
+      <c r="B185" s="1">
+        <v>103951.0</v>
+      </c>
+      <c r="C185" s="1">
+        <v>-16742.826540829</v>
+      </c>
+      <c r="D185" s="1">
+        <v>87208.173459171</v>
+      </c>
+      <c r="E185" t="s">
+        <v>7</v>
+      </c>
+      <c r="F185" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="186" spans="1:6">
+      <c r="A186" t="s">
+        <v>192</v>
+      </c>
+      <c r="B186" s="1">
+        <v>102002.0</v>
+      </c>
+      <c r="C186" s="1">
+        <v>-16662.325732349</v>
+      </c>
+      <c r="D186" s="1">
+        <v>85339.674267651</v>
+      </c>
+      <c r="E186" t="s">
+        <v>7</v>
+      </c>
+      <c r="F186" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="187" spans="1:6">
+      <c r="A187" t="s">
+        <v>193</v>
+      </c>
+      <c r="B187" s="1">
+        <v>100717.0</v>
+      </c>
+      <c r="C187" s="1">
+        <v>-15872.491875912</v>
+      </c>
+      <c r="D187" s="1">
+        <v>84844.508124088</v>
+      </c>
+      <c r="E187" t="s">
+        <v>7</v>
+      </c>
+      <c r="F187" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="188" spans="1:6">
+      <c r="A188" t="s">
+        <v>194</v>
+      </c>
+      <c r="B188" s="1">
+        <v>102150.0</v>
+      </c>
+      <c r="C188" s="1">
+        <v>-17703.684109227</v>
+      </c>
+      <c r="D188" s="1">
+        <v>84446.315890773</v>
+      </c>
+      <c r="E188" t="s">
+        <v>7</v>
+      </c>
+      <c r="F188" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="189" spans="1:6">
+      <c r="A189" t="s">
+        <v>195</v>
+      </c>
+      <c r="B189" s="1">
+        <v>101793.0</v>
+      </c>
+      <c r="C189" s="1">
+        <v>-18924.539212616</v>
+      </c>
+      <c r="D189" s="1">
+        <v>82868.460787384</v>
+      </c>
+      <c r="E189" t="s">
+        <v>7</v>
+      </c>
+      <c r="F189" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="190" spans="1:6">
+      <c r="A190" t="s">
+        <v>196</v>
+      </c>
+      <c r="B190" s="1">
+        <v>107676.0</v>
+      </c>
+      <c r="C190" s="1">
+        <v>-19033.588880429</v>
+      </c>
+      <c r="D190" s="1">
+        <v>88642.411119571</v>
+      </c>
+      <c r="E190" t="s">
+        <v>7</v>
+      </c>
+      <c r="F190" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="191" spans="1:6">
+      <c r="A191" t="s">
+        <v>197</v>
+      </c>
+      <c r="B191" s="1">
+        <v>97422.0</v>
+      </c>
+      <c r="C191" s="1">
+        <v>-15026.355627372</v>
+      </c>
+      <c r="D191" s="1">
+        <v>82395.644372628</v>
+      </c>
+      <c r="E191" t="s">
+        <v>7</v>
+      </c>
+      <c r="F191" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="192" spans="1:6">
+      <c r="A192" t="s">
+        <v>198</v>
+      </c>
+      <c r="B192" s="1">
+        <v>67737.0</v>
+      </c>
+      <c r="C192" s="1">
+        <v>-16177.876023606</v>
+      </c>
+      <c r="D192" s="1">
+        <v>51559.123976394</v>
+      </c>
+      <c r="E192" t="s">
+        <v>7</v>
+      </c>
+      <c r="F192" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="193" spans="1:6">
+      <c r="A193" t="s">
+        <v>199</v>
+      </c>
+      <c r="B193" s="1">
+        <v>85483.0</v>
+      </c>
+      <c r="C193" s="1">
+        <v>-17798.903783003</v>
+      </c>
+      <c r="D193" s="1">
+        <v>67684.096216997</v>
+      </c>
+      <c r="E193" t="s">
+        <v>7</v>
+      </c>
+      <c r="F193" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="194" spans="1:6">
+      <c r="A194" t="s">
+        <v>200</v>
+      </c>
+      <c r="B194" s="1">
+        <v>89899.0</v>
+      </c>
+      <c r="C194" s="1">
+        <v>-16729.759103911</v>
+      </c>
+      <c r="D194" s="1">
+        <v>73169.240896089</v>
+      </c>
+      <c r="E194" t="s">
+        <v>7</v>
+      </c>
+      <c r="F194" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="195" spans="1:6">
+      <c r="A195" t="s">
+        <v>201</v>
+      </c>
+      <c r="B195" s="1">
+        <v>94223.0</v>
+      </c>
+      <c r="C195" s="1">
+        <v>-17100.901693011</v>
+      </c>
+      <c r="D195" s="1">
+        <v>77122.098306989</v>
+      </c>
+      <c r="E195" t="s">
+        <v>7</v>
+      </c>
+      <c r="F195" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="196" spans="1:6">
+      <c r="A196" t="s">
+        <v>202</v>
+      </c>
+      <c r="B196" s="1">
+        <v>107041.0</v>
+      </c>
+      <c r="C196" s="1">
+        <v>-15620.534148996</v>
+      </c>
+      <c r="D196" s="1">
+        <v>91420.465851004</v>
+      </c>
+      <c r="E196" t="s">
+        <v>7</v>
+      </c>
+      <c r="F196" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="197" spans="1:6">
+      <c r="A197" t="s">
+        <v>203</v>
+      </c>
+      <c r="B197" s="1">
+        <v>107093.0</v>
+      </c>
+      <c r="C197" s="1">
+        <v>-18319.637230136</v>
+      </c>
+      <c r="D197" s="1">
+        <v>88773.362769864</v>
+      </c>
+      <c r="E197" t="s">
+        <v>7</v>
+      </c>
+      <c r="F197" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="198" spans="1:6">
+      <c r="A198" t="s">
+        <v>204</v>
+      </c>
+      <c r="B198" s="1">
+        <v>109021.0</v>
+      </c>
+      <c r="C198" s="1">
+        <v>-18394.498230562</v>
+      </c>
+      <c r="D198" s="1">
+        <v>90626.501769438</v>
+      </c>
+      <c r="E198" t="s">
+        <v>7</v>
+      </c>
+      <c r="F198" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="199" spans="1:6">
+      <c r="A199" t="s">
+        <v>205</v>
+      </c>
+      <c r="B199" s="1">
+        <v>99850.0</v>
+      </c>
+      <c r="C199" s="1">
+        <v>-14583.768708436</v>
+      </c>
+      <c r="D199" s="1">
+        <v>85266.231291564</v>
+      </c>
+      <c r="E199" t="s">
+        <v>7</v>
+      </c>
+      <c r="F199" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="200" spans="1:6">
+      <c r="A200" t="s">
+        <v>206</v>
+      </c>
+      <c r="B200" s="1">
+        <v>110964.0</v>
+      </c>
+      <c r="C200" s="1">
+        <v>-18564.673089521</v>
+      </c>
+      <c r="D200" s="1">
+        <v>92399.326910479</v>
+      </c>
+      <c r="E200" t="s">
+        <v>7</v>
+      </c>
+      <c r="F200" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="201" spans="1:6">
+      <c r="A201" t="s">
+        <v>207</v>
+      </c>
+      <c r="B201" s="1">
+        <v>102258.0</v>
+      </c>
+      <c r="C201" s="1">
+        <v>-18410.389281932</v>
+      </c>
+      <c r="D201" s="1">
+        <v>83847.610718068</v>
+      </c>
+      <c r="E201" t="s">
+        <v>7</v>
+      </c>
+      <c r="F201" t="s">
         <v>8</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>