--- v0 (2025-10-22)
+++ v1 (2025-12-15)
@@ -66,51 +66,51 @@
     <sheet name="AFQ - ConductividadTerreno" sheetId="11" r:id="rId14"/>
     <sheet name="AFQ - Densidad" sheetId="12" r:id="rId15"/>
     <sheet name="AFQ - DensidadTerreno" sheetId="13" r:id="rId16"/>
     <sheet name="AFQ - Hierro" sheetId="14" r:id="rId17"/>
     <sheet name="AFQ - Magnesio" sheetId="15" r:id="rId18"/>
     <sheet name="AFQ - Manganeso" sheetId="16" r:id="rId19"/>
     <sheet name="AFQ - NitrogenoNitrato" sheetId="17" r:id="rId20"/>
     <sheet name="AFQ - NitrogenoNitritos" sheetId="18" r:id="rId21"/>
     <sheet name="AFQ - pH" sheetId="19" r:id="rId22"/>
     <sheet name="AFQ - PhTerreno" sheetId="20" r:id="rId23"/>
     <sheet name="AFQ - Potasio" sheetId="21" r:id="rId24"/>
     <sheet name="AFQ - Sodio" sheetId="22" r:id="rId25"/>
     <sheet name="AFQ - SolidosDisueltosTotales" sheetId="23" r:id="rId26"/>
     <sheet name="AFQ - SolidosSuspendidosTotales" sheetId="24" r:id="rId27"/>
     <sheet name="AFQ - SolidosTotales" sheetId="25" r:id="rId28"/>
     <sheet name="AFQ - Sulfato" sheetId="26" r:id="rId29"/>
     <sheet name="AFQ - Temperatura recepción" sheetId="27" r:id="rId30"/>
     <sheet name="AFQ - Zinc" sheetId="28" r:id="rId31"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="517">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="520">
   <si>
     <t>Fecha</t>
   </si>
   <si>
     <t>Compañia</t>
   </si>
   <si>
     <t>Punto de monitoreo</t>
   </si>
   <si>
     <t>Tipo nivel</t>
   </si>
   <si>
     <t>Nivel (msnm)</t>
   </si>
   <si>
     <t>Cota Punto Referencia (msnm)</t>
   </si>
   <si>
     <t>Nivel bajo referencia (m)</t>
   </si>
   <si>
     <t>Comentarios</t>
   </si>
   <si>
@@ -1262,50 +1262,56 @@
   <si>
     <t>2025-05-12 10:33:00</t>
   </si>
   <si>
     <t>2025-06-14 09:51:00</t>
   </si>
   <si>
     <t>2025-06-26 11:12:00</t>
   </si>
   <si>
     <t>2025-07-14 10:11:00</t>
   </si>
   <si>
     <t>2025-07-28 09:29:00</t>
   </si>
   <si>
     <t>2025-08-11 10:47:00</t>
   </si>
   <si>
     <t>2025-09-11 10:53:00</t>
   </si>
   <si>
     <t>2025-10-13 09:50:00</t>
   </si>
   <si>
+    <t>2025-11-10 10:10:00</t>
+  </si>
+  <si>
+    <t>2025-12-12 10:38:00</t>
+  </si>
+  <si>
     <t>Unidad</t>
   </si>
   <si>
     <t>Item medido</t>
   </si>
   <si>
     <t>Valor</t>
   </si>
   <si>
     <t>2007-07-24 00:00:00</t>
   </si>
   <si>
     <t>ALS</t>
   </si>
   <si>
     <t>mgCaCO3/L</t>
   </si>
   <si>
     <t>AlcalinidadBicarbonato</t>
   </si>
   <si>
     <t>2007-10-24 00:00:00</t>
   </si>
   <si>
     <t>2008-02-11 00:00:00</t>
@@ -1455,50 +1461,53 @@
     <t>2023-04-18 15:29:00</t>
   </si>
   <si>
     <t>2023-07-19 11:22:00</t>
   </si>
   <si>
     <t>2023-10-30 10:38:00</t>
   </si>
   <si>
     <t>2024-04-08 10:12:00</t>
   </si>
   <si>
     <t>2024-07-01 11:24:00</t>
   </si>
   <si>
     <t>2024-10-14 14:05:00</t>
   </si>
   <si>
     <t>2025-01-13 11:00:00</t>
   </si>
   <si>
     <t>2025-04-14 10:38:00</t>
   </si>
   <si>
     <t>2025-07-28 09:50:00</t>
+  </si>
+  <si>
+    <t>2025-10-13 09:58:00</t>
   </si>
   <si>
     <t>AlcalinidadCarbonato</t>
   </si>
   <si>
     <t>2024-02-27 10:55:00</t>
   </si>
   <si>
     <t>Alcalinidad Total (CaCO3)</t>
   </si>
   <si>
     <t>2016-10-27 00:00:00</t>
   </si>
   <si>
     <t>SGS</t>
   </si>
   <si>
     <t>2017-04-27 00:00:00</t>
   </si>
   <si>
     <t>2017-07-27 00:00:00</t>
   </si>
   <si>
     <t>2017-10-25 00:00:00</t>
   </si>
@@ -2073,54 +2082,54 @@
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H384"/>
+  <dimension ref="A1:H386"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E1" sqref="E1:E384"/>
+      <selection activeCell="E1" sqref="E1:E386"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -9641,89 +9650,89 @@
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
         <v>10</v>
       </c>
       <c r="D329" t="s">
         <v>11</v>
       </c>
       <c r="E329" s="1">
         <v>2323.246</v>
       </c>
       <c r="F329" t="s">
         <v>139</v>
       </c>
       <c r="G329">
         <v>80.724</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
         <v>344</v>
       </c>
       <c r="B330" t="s">
-        <v>285</v>
+        <v>9</v>
       </c>
       <c r="C330" t="s">
         <v>10</v>
       </c>
       <c r="D330" t="s">
         <v>11</v>
       </c>
       <c r="E330" s="1">
-        <v>2323.251</v>
+        <v>2323.26</v>
       </c>
       <c r="F330" t="s">
         <v>139</v>
       </c>
       <c r="G330">
-        <v>80.719</v>
+        <v>80.71</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
         <v>344</v>
       </c>
       <c r="B331" t="s">
-        <v>9</v>
+        <v>285</v>
       </c>
       <c r="C331" t="s">
         <v>10</v>
       </c>
       <c r="D331" t="s">
         <v>11</v>
       </c>
       <c r="E331" s="1">
-        <v>2323.26</v>
+        <v>2323.251</v>
       </c>
       <c r="F331" t="s">
         <v>139</v>
       </c>
       <c r="G331">
-        <v>80.71</v>
+        <v>80.719</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
         <v>345</v>
       </c>
       <c r="B332" t="s">
         <v>285</v>
       </c>
       <c r="C332" t="s">
         <v>10</v>
       </c>
       <c r="D332" t="s">
         <v>11</v>
       </c>
       <c r="E332" s="1">
         <v>2322.302</v>
       </c>
       <c r="F332" t="s">
         <v>139</v>
       </c>
       <c r="G332">
         <v>81.668</v>
       </c>
     </row>
@@ -10894,33766 +10903,34472 @@
       <c r="G383">
         <v>80.58</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
         <v>397</v>
       </c>
       <c r="B384" t="s">
         <v>9</v>
       </c>
       <c r="C384" t="s">
         <v>10</v>
       </c>
       <c r="D384" t="s">
         <v>11</v>
       </c>
       <c r="E384" s="1">
         <v>2321.92</v>
       </c>
       <c r="F384" t="s">
         <v>139</v>
       </c>
       <c r="G384">
         <v>82.05</v>
+      </c>
+    </row>
+    <row r="385" spans="1:8">
+      <c r="A385" t="s">
+        <v>398</v>
+      </c>
+      <c r="B385" t="s">
+        <v>9</v>
+      </c>
+      <c r="C385" t="s">
+        <v>10</v>
+      </c>
+      <c r="D385" t="s">
+        <v>11</v>
+      </c>
+      <c r="E385" s="1">
+        <v>2321.84</v>
+      </c>
+      <c r="F385" t="s">
+        <v>139</v>
+      </c>
+      <c r="G385">
+        <v>82.13</v>
+      </c>
+    </row>
+    <row r="386" spans="1:8">
+      <c r="A386" t="s">
+        <v>399</v>
+      </c>
+      <c r="B386" t="s">
+        <v>9</v>
+      </c>
+      <c r="C386" t="s">
+        <v>10</v>
+      </c>
+      <c r="D386" t="s">
+        <v>11</v>
+      </c>
+      <c r="E386" s="1">
+        <v>2323.431</v>
+      </c>
+      <c r="F386" t="s">
+        <v>139</v>
+      </c>
+      <c r="G386">
+        <v>80.539</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G73"/>
+  <dimension ref="A1:G74"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F1" sqref="F1:F73"/>
+      <selection activeCell="F1" sqref="F1:F74"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="E1" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="B2" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E2" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F2" s="1">
         <v>3880</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="B3" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E3" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F3" s="1">
         <v>4270</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="B4" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E4" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F4" s="1">
         <v>4140</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="B5" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E5" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F5" s="1">
         <v>4170</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="B6" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E6" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F6" s="1">
         <v>4200</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="B7" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E7" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F7" s="1">
         <v>4150</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="B8" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E8" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F8" s="1">
         <v>4100</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="B9" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E9" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F9" s="1">
         <v>4130</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="B10" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E10" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F10" s="1">
         <v>3740</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="B11" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E11" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F11" s="1">
         <v>4120</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="B12" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E12" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F12" s="1">
         <v>4100</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="B13" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E13" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F13" s="1">
         <v>3600</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="B14" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E14" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F14" s="1">
         <v>4140</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="B15" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E15" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F15" s="1">
         <v>4140</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="B16" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E16" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F16" s="1">
         <v>4160</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="B17" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E17" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F17" s="1">
         <v>4130</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="B18" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E18" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F18" s="1">
         <v>4120</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="B19" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E19" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F19" s="1">
         <v>4120</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="B20" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E20" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F20" s="1">
         <v>4110</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="B21" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E21" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F21" s="1">
         <v>4090</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="B22" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E22" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F22" s="1">
         <v>4070</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="B23" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E23" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F23" s="1">
         <v>4110</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="B24" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E24" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F24" s="1">
         <v>4110</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="B25" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E25" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F25" s="1">
         <v>4080</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="B26" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E26" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F26" s="1">
         <v>4130</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="B27" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E27" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F27" s="1">
         <v>4080</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="B28" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E28" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F28" s="1">
         <v>4020</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="B29" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E29" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F29" s="1">
         <v>4080</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="B30" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E30" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F30" s="1">
         <v>4130</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="B31" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E31" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F31" s="1">
         <v>4030</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B32" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E32" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F32" s="1">
         <v>4020</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="B33" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E33" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F33" s="1">
         <v>3850</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="B34" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E34" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F34" s="1">
         <v>4000</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="B35" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E35" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F35" s="1">
         <v>3930</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="B36" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E36" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F36" s="1">
         <v>4430</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="B37" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E37" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F37" s="1">
         <v>4000</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="B38" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E38" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F38" s="1">
         <v>4200</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="B39" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E39" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F39" s="1">
         <v>4220</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="B40" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E40" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F40" s="1">
         <v>4230</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="B41" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E41" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F41" s="1">
         <v>4120</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
+        <v>473</v>
+      </c>
+      <c r="B42" t="s">
         <v>470</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E42" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F42" s="1">
         <v>3790</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="B43" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E43" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F43" s="1">
         <v>3950</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="B44" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E44" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F44" s="1">
         <v>3820</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="B45" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E45" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F45" s="1">
         <v>4060</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="B46" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E46" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F46" s="1">
         <v>4240</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="B47" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E47" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F47" s="1">
         <v>4165</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="B48" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E48" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F48" s="1">
         <v>4240</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B49" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E49" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F49" s="1">
         <v>4217</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B50" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E50" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F50" s="1">
         <v>4235</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="B51" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E51" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F51" s="1">
         <v>4080</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="B52" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E52" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F52" s="1">
         <v>4070</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="B53" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E53" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F53" s="1">
         <v>4110</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="B54" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E54" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F54" s="1">
         <v>3960</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="B55" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E55" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F55" s="1">
         <v>4090</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="B56" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E56" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F56" s="1">
         <v>4060</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="B57" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E57" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F57" s="1">
         <v>4110</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="B58" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E58" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F58" s="1">
         <v>4080</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="B59" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E59" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F59" s="1">
         <v>4220</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="B60" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E60" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F60" s="1">
         <v>3790</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B61" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E61" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F61" s="1">
         <v>4280</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B62" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E62" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F62" s="1">
         <v>4240</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B63" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E63" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F63" s="1">
         <v>4160</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B64" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E64" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F64" s="1">
         <v>4200</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B65" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E65" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F65" s="1">
         <v>4540</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B66" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E66" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F66" s="1">
         <v>4200</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B67" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E67" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F67" s="1">
         <v>4180</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B68" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E68" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F68" s="1">
         <v>4190</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B69" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E69" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F69" s="1">
         <v>4170</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B70" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E70" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F70" s="1">
         <v>4330</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B71" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E71" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F71" s="1">
         <v>3990</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B72" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E72" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F72" s="1">
         <v>4200</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B73" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E73" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F73" s="1">
         <v>4180</v>
+      </c>
+    </row>
+    <row r="74" spans="1:7">
+      <c r="A74" t="s">
+        <v>465</v>
+      </c>
+      <c r="B74" t="s">
+        <v>404</v>
+      </c>
+      <c r="C74" t="s">
+        <v>10</v>
+      </c>
+      <c r="D74" t="s">
+        <v>489</v>
+      </c>
+      <c r="E74" t="s">
+        <v>490</v>
+      </c>
+      <c r="F74" s="1">
+        <v>4451</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G103"/>
+  <dimension ref="A1:G107"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F1" sqref="F1:F103"/>
+      <selection activeCell="F1" sqref="F1:F107"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="E1" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E2" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F2" s="1">
         <v>4000</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
+        <v>492</v>
+      </c>
+      <c r="B3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3" t="s">
         <v>489</v>
       </c>
-      <c r="B3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E3" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F3" s="1">
         <v>4100</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E4" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F4" s="1">
         <v>4100</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E5" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F5" s="1">
         <v>4100</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E6" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F6" s="1">
         <v>4100</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E7" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F7" s="1">
         <v>4200</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E8" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F8" s="1">
         <v>4200</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E9" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F9" s="1">
         <v>3600</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E10" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F10" s="1">
         <v>4300</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E11" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F11" s="1">
         <v>4100</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E12" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F12" s="1">
         <v>4040</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E13" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F13" s="1">
         <v>4110</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E14" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F14" s="1">
         <v>4390</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E15" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F15" s="1">
         <v>3930</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E16" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F16" s="1">
         <v>3790</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E17" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F17" s="1">
         <v>4300</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E18" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F18" s="1">
         <v>4900</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E19" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F19" s="1">
         <v>4080</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E20" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F20" s="1">
         <v>4080</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E21" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F21" s="1">
         <v>4000</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E22" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F22" s="1">
         <v>3840</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E23" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F23" s="1">
         <v>4200</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E24" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F24" s="1">
         <v>4300</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E25" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F25" s="1">
         <v>4100</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E26" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F26" s="1">
         <v>4090</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E27" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F27" s="1">
         <v>4220</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E28" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F28" s="1">
         <v>3830</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E29" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F29" s="1">
         <v>4170</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E30" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F30" s="1">
         <v>3980</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E31" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F31" s="1">
         <v>4220</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E32" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F32" s="1">
         <v>3940</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E33" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F33" s="1">
         <v>4060</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E34" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F34" s="1">
         <v>4000</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E35" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F35" s="1">
         <v>4200</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E36" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F36" s="1">
         <v>4200</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E37" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F37" s="1">
         <v>4000</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
+        <v>494</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>10</v>
+      </c>
+      <c r="D38" t="s">
+        <v>489</v>
+      </c>
+      <c r="E38" t="s">
         <v>491</v>
       </c>
-      <c r="B38" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F38" s="1">
-        <v>4120</v>
+        <v>4140</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
+        <v>494</v>
+      </c>
+      <c r="B39" t="s">
+        <v>470</v>
+      </c>
+      <c r="C39" t="s">
+        <v>10</v>
+      </c>
+      <c r="D39" t="s">
+        <v>489</v>
+      </c>
+      <c r="E39" t="s">
         <v>491</v>
       </c>
-      <c r="B39" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F39" s="1">
-        <v>4140</v>
+        <v>4120</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="B40" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E40" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F40" s="1">
         <v>4300</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E41" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F41" s="1">
         <v>4050</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="B42" t="s">
-        <v>9</v>
+        <v>470</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E42" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F42" s="1">
-        <v>3950</v>
+        <v>4010</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="B43" t="s">
-        <v>467</v>
+        <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E43" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F43" s="1">
-        <v>4010</v>
+        <v>3950</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
+        <v>473</v>
+      </c>
+      <c r="B44" t="s">
         <v>470</v>
       </c>
-      <c r="B44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E44" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F44" s="1">
         <v>3974</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E45" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F45" s="1">
         <v>4195</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="B46" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E46" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F46" s="1">
         <v>4310</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="B47" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E47" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F47" s="1">
         <v>3945</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E48" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F48" s="1">
         <v>4250</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="B49" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E49" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F49" s="1">
         <v>4150</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E50" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F50" s="1">
         <v>4130</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="B51" t="s">
-        <v>475</v>
+        <v>9</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E51" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F51" s="1">
-        <v>4890</v>
+        <v>4240</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="B52" t="s">
-        <v>9</v>
+        <v>478</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E52" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F52" s="1">
-        <v>4240</v>
+        <v>4890</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="B53" t="s">
-        <v>402</v>
+        <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E53" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F53" s="1">
         <v>4180</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="B54" t="s">
-        <v>9</v>
+        <v>404</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E54" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F54" s="1">
         <v>4180</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B55" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E55" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F55" s="1">
         <v>3570</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E56" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F56" s="1">
         <v>4140</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="B57" t="s">
-        <v>9</v>
+        <v>495</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E57" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F57" s="1">
         <v>4090</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="B58" t="s">
-        <v>492</v>
+        <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E58" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F58" s="1">
         <v>4090</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="B59" t="s">
-        <v>9</v>
+        <v>404</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E59" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F59" s="1">
-        <v>4160</v>
+        <v>3900</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="B60" t="s">
-        <v>402</v>
+        <v>9</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E60" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F60" s="1">
-        <v>3900</v>
+        <v>4160</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="B61" t="s">
-        <v>492</v>
+        <v>9</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E61" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F61" s="1">
-        <v>4220</v>
+        <v>4200</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="B62" t="s">
-        <v>9</v>
+        <v>495</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E62" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F62" s="1">
-        <v>4200</v>
+        <v>4220</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E63" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F63" s="1">
         <v>4150</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="B64" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E64" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F64" s="1">
         <v>4160</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="B65" t="s">
-        <v>9</v>
+        <v>496</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E65" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F65" s="1">
-        <v>3360</v>
+        <v>3380</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="B66" t="s">
-        <v>493</v>
+        <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E66" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F66" s="1">
-        <v>3380</v>
+        <v>3360</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="B67" t="s">
-        <v>9</v>
+        <v>496</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E67" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F67" s="1">
-        <v>4390</v>
+        <v>4400</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="B68" t="s">
-        <v>493</v>
+        <v>9</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E68" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F68" s="1">
-        <v>4400</v>
+        <v>4390</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="B69" t="s">
-        <v>9</v>
+        <v>496</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E69" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F69" s="1">
-        <v>4170</v>
+        <v>4190</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="B70" t="s">
-        <v>493</v>
+        <v>9</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E70" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F70" s="1">
-        <v>4190</v>
+        <v>4170</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E71" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F71" s="1">
         <v>4140</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="B72" t="s">
         <v>285</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E72" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F72" s="1">
         <v>4170</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E73" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F73" s="1">
         <v>4860</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="B74" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="C74" t="s">
         <v>10</v>
       </c>
       <c r="D74" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E74" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F74" s="1">
         <v>4900</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
         <v>10</v>
       </c>
       <c r="D75" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E75" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F75" s="1">
         <v>4140</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="B76" t="s">
         <v>285</v>
       </c>
       <c r="C76" t="s">
         <v>10</v>
       </c>
       <c r="D76" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E76" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F76" s="1">
         <v>4145</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B77" t="s">
         <v>285</v>
       </c>
       <c r="C77" t="s">
         <v>10</v>
       </c>
       <c r="D77" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E77" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F77" s="1">
         <v>4525</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
         <v>10</v>
       </c>
       <c r="D78" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E78" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F78" s="1">
         <v>4540</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B79" t="s">
-        <v>285</v>
+        <v>9</v>
       </c>
       <c r="C79" t="s">
         <v>10</v>
       </c>
       <c r="D79" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E79" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F79" s="1">
-        <v>4635</v>
+        <v>5180</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B80" t="s">
-        <v>9</v>
+        <v>285</v>
       </c>
       <c r="C80" t="s">
         <v>10</v>
       </c>
       <c r="D80" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E80" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F80" s="1">
-        <v>5180</v>
+        <v>4635</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
         <v>10</v>
       </c>
       <c r="D81" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E81" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F81" s="1">
         <v>4120</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B82" t="s">
         <v>285</v>
       </c>
       <c r="C82" t="s">
         <v>10</v>
       </c>
       <c r="D82" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E82" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F82" s="1">
         <v>4445</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
         <v>10</v>
       </c>
       <c r="D83" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E83" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F83" s="1">
         <v>4190</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B84" t="s">
         <v>285</v>
       </c>
       <c r="C84" t="s">
         <v>10</v>
       </c>
       <c r="D84" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E84" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F84" s="1">
         <v>4270</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B85" t="s">
         <v>285</v>
       </c>
       <c r="C85" t="s">
         <v>10</v>
       </c>
       <c r="D85" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E85" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F85" s="1"/>
       <c r="G85" t="s">
-        <v>494</v>
+        <v>497</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
         <v>10</v>
       </c>
       <c r="D86" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E86" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F86" s="1">
         <v>4440</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B87" t="s">
         <v>285</v>
       </c>
       <c r="C87" t="s">
         <v>10</v>
       </c>
       <c r="D87" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E87" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F87" s="1">
         <v>4200</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
         <v>10</v>
       </c>
       <c r="D88" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E88" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F88" s="1">
         <v>4210</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B89" t="s">
         <v>285</v>
       </c>
       <c r="C89" t="s">
         <v>10</v>
       </c>
       <c r="D89" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E89" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F89" s="1">
         <v>4100</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
         <v>10</v>
       </c>
       <c r="D90" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E90" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F90" s="1">
         <v>4160</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>495</v>
+        <v>498</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
         <v>10</v>
       </c>
       <c r="D91" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E91" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F91" s="1"/>
       <c r="G91" t="s">
-        <v>496</v>
+        <v>499</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="B92" t="s">
-        <v>285</v>
+        <v>9</v>
       </c>
       <c r="C92" t="s">
         <v>10</v>
       </c>
       <c r="D92" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E92" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F92" s="1">
-        <v>4220</v>
+        <v>4300</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="B93" t="s">
-        <v>9</v>
+        <v>285</v>
       </c>
       <c r="C93" t="s">
         <v>10</v>
       </c>
       <c r="D93" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E93" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F93" s="1">
-        <v>4300</v>
+        <v>4220</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
         <v>10</v>
       </c>
       <c r="D94" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E94" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F94" s="1">
         <v>4100</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B95" t="s">
         <v>285</v>
       </c>
       <c r="C95" t="s">
         <v>10</v>
       </c>
       <c r="D95" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E95" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F95" s="1">
         <v>4220</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
         <v>10</v>
       </c>
       <c r="D96" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E96" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F96" s="1">
         <v>4190</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B97" t="s">
         <v>285</v>
       </c>
       <c r="C97" t="s">
         <v>10</v>
       </c>
       <c r="D97" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E97" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F97" s="1">
         <v>4180</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B98" t="s">
-        <v>285</v>
+        <v>9</v>
       </c>
       <c r="C98" t="s">
         <v>10</v>
       </c>
       <c r="D98" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E98" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F98" s="1">
-        <v>4300</v>
+        <v>4030</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B99" t="s">
-        <v>9</v>
+        <v>285</v>
       </c>
       <c r="C99" t="s">
         <v>10</v>
       </c>
       <c r="D99" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E99" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F99" s="1">
-        <v>4030</v>
+        <v>4300</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B100" t="s">
-        <v>9</v>
+        <v>285</v>
       </c>
       <c r="C100" t="s">
         <v>10</v>
       </c>
       <c r="D100" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E100" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F100" s="1">
-        <v>4210</v>
+        <v>4190</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B101" t="s">
-        <v>285</v>
+        <v>9</v>
       </c>
       <c r="C101" t="s">
         <v>10</v>
       </c>
       <c r="D101" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E101" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F101" s="1">
-        <v>4190</v>
+        <v>4210</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
         <v>389</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
         <v>10</v>
       </c>
       <c r="D102" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E102" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F102" s="1">
         <v>4090</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B103" t="s">
         <v>285</v>
       </c>
       <c r="C103" t="s">
         <v>10</v>
       </c>
       <c r="D103" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="E103" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F103" s="1">
         <v>4130</v>
+      </c>
+    </row>
+    <row r="104" spans="1:7">
+      <c r="A104" t="s">
+        <v>394</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
+        <v>10</v>
+      </c>
+      <c r="D104" t="s">
+        <v>489</v>
+      </c>
+      <c r="E104" t="s">
+        <v>491</v>
+      </c>
+      <c r="F104" s="1">
+        <v>4220</v>
+      </c>
+    </row>
+    <row r="105" spans="1:7">
+      <c r="A105" t="s">
+        <v>464</v>
+      </c>
+      <c r="B105" t="s">
+        <v>285</v>
+      </c>
+      <c r="C105" t="s">
+        <v>10</v>
+      </c>
+      <c r="D105" t="s">
+        <v>489</v>
+      </c>
+      <c r="E105" t="s">
+        <v>491</v>
+      </c>
+      <c r="F105" s="1">
+        <v>4210</v>
+      </c>
+    </row>
+    <row r="106" spans="1:7">
+      <c r="A106" t="s">
+        <v>465</v>
+      </c>
+      <c r="B106" t="s">
+        <v>285</v>
+      </c>
+      <c r="C106" t="s">
+        <v>10</v>
+      </c>
+      <c r="D106" t="s">
+        <v>489</v>
+      </c>
+      <c r="E106" t="s">
+        <v>491</v>
+      </c>
+      <c r="F106" s="1">
+        <v>4230</v>
+      </c>
+    </row>
+    <row r="107" spans="1:7">
+      <c r="A107" t="s">
+        <v>465</v>
+      </c>
+      <c r="B107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C107" t="s">
+        <v>10</v>
+      </c>
+      <c r="D107" t="s">
+        <v>489</v>
+      </c>
+      <c r="E107" t="s">
+        <v>491</v>
+      </c>
+      <c r="F107" s="1">
+        <v>4370</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G72"/>
+  <dimension ref="A1:G73"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F1" sqref="F1:F72"/>
+      <selection activeCell="F1" sqref="F1:F73"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="E1" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="B2" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E2" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F2" s="1">
         <v>1.03</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="B3" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E3" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F3" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="B4" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E4" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F4" s="1">
         <v>1.002</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="B5" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E5" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F5" s="1">
         <v>1.001</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="B6" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E6" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F6" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="B7" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E7" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F7" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="B8" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E8" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F8" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="B9" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E9" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F9" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="B10" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E10" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F10" s="1">
         <v>1.006</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="B11" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E11" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F11" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="B12" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E12" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F12" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="B13" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E13" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F13" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="B14" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E14" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F14" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="B15" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E15" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F15" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="B16" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E16" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F16" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="B17" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E17" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F17" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="B18" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E18" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F18" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="B19" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E19" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F19" s="1">
         <v>1.02</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="B20" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E20" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F20" s="1">
         <v>1.001</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="B21" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E21" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F21" s="1">
         <v>1.002</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="B22" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E22" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F22" s="1">
         <v>1.057</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="B23" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E23" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F23" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="B24" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E24" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F24" s="1">
         <v>1.004</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="B25" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E25" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F25" s="1">
         <v>1.006</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="B26" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E26" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F26" s="1">
         <v>1.002</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="B27" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E27" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F27" s="1">
         <v>1.01</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="B28" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E28" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F28" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="B29" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E29" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F29" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="B30" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E30" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F30" s="1">
         <v>1.002</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="B31" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E31" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F31" s="1">
         <v>1.001</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B32" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E32" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F32" s="1">
         <v>0.998</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="B33" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E33" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F33" s="1">
         <v>1.009</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="B34" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E34" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F34" s="1">
         <v>1.007</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="B35" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E35" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F35" s="1">
         <v>1.008</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="B36" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E36" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F36" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="B37" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E37" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F37" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="B38" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E38" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F38" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="B39" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E39" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F39" s="1">
         <v>1.04</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="B40" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E40" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F40" s="1">
         <v>0.99</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="B41" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E41" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F41" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>499</v>
+        <v>502</v>
       </c>
       <c r="B42" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E42" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F42" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="B43" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E43" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F43" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="B44" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E44" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F44" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="B45" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E45" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F45" s="1">
         <v>1.01</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="B46" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E46" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F46" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="B47" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E47" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F47" s="1">
         <v>1.003</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="B48" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E48" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F48" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B49" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E49" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F49" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="B50" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E50" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F50" s="1">
         <v>1.001</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="B51" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E51" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F51" s="1">
         <v>1.001</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="B52" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E52" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F52" s="1">
         <v>1.001</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="B53" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E53" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F53" s="1">
         <v>1.002</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="B54" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E54" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F54" s="1">
         <v>1.001</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="B55" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E55" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F55" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="B56" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E56" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F56" s="1">
         <v>1.002</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="B57" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E57" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F57" s="1">
         <v>1.004</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="B58" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E58" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F58" s="1">
         <v>1.004</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="B59" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E59" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F59" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B60" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E60" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F60" s="1">
         <v>1.002</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B61" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E61" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F61" s="1">
         <v>1.001</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B62" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E62" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F62" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B63" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E63" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F63" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B64" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E64" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F64" s="1">
         <v>1.007</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B65" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E65" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F65" s="1">
         <v>1.009</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="B66" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E66" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F66" s="1">
         <v>0.997</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B67" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E67" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F67" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B68" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E68" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F68" s="1">
         <v>0.999</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B69" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E69" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F69" s="1">
         <v>0.993</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B70" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E70" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F70" s="1">
         <v>1.002</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B71" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E71" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F71" s="1">
         <v>0.999</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B72" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E72" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="F72" s="1">
         <v>1</v>
+      </c>
+    </row>
+    <row r="73" spans="1:7">
+      <c r="A73" t="s">
+        <v>465</v>
+      </c>
+      <c r="B73" t="s">
+        <v>404</v>
+      </c>
+      <c r="C73" t="s">
+        <v>10</v>
+      </c>
+      <c r="D73" t="s">
+        <v>500</v>
+      </c>
+      <c r="E73" t="s">
+        <v>501</v>
+      </c>
+      <c r="F73" s="1">
+        <v>0.996</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G68"/>
+  <dimension ref="A1:G70"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F1" sqref="F1:F68"/>
+      <selection activeCell="F1" sqref="F1:F70"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="E1" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E2" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F2" s="1">
         <v>1.003</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E3" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F3" s="1">
         <v>1.001</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E4" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F4" s="1">
         <v>1.001</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E5" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F5" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E6" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F6" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E7" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F7" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E8" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F8" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E9" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F9" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E10" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F10" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E11" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F11" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E12" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F12" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E13" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F13" s="1">
         <v>1.002</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E14" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F14" s="1">
         <v>1.002</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E15" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F15" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E16" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F16" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E17" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F17" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E18" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F18" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E19" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F19" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E20" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F20" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E21" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F21" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E22" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F22" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E23" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F23" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E24" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F24" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E25" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F25" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E26" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F26" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E27" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F27" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E28" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F28" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E29" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F29" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E30" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F30" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E31" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F31" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E32" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F32" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E33" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F33" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E34" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F34" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E35" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F35" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E36" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F36" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E37" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F37" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E38" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F38" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E39" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F39" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E40" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F40" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E41" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F41" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E42" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F42" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E43" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F43" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E44" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F44" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E45" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F45" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E46" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F46" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E47" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F47" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E48" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F48" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E49" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F49" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E50" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F50" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E51" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F51" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E52" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F52" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E53" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F53" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E54" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F54" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E55" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F55" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E56" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F56" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E57" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F57" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E58" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F58" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E59" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F59" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E60" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F60" s="1">
         <v>1.001</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E61" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F61" s="1">
         <v>1.001</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E62" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F62" s="1">
         <v>1.002</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E63" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F63" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E64" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F64" s="1">
         <v>1.001</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>495</v>
+        <v>498</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E65" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F65" s="1"/>
       <c r="G65" t="s">
-        <v>496</v>
+        <v>499</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E66" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F66" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E67" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F67" s="1">
         <v>1.002</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E68" t="s">
+        <v>503</v>
+      </c>
+      <c r="F68" s="1">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="69" spans="1:7">
+      <c r="A69" t="s">
+        <v>394</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>10</v>
+      </c>
+      <c r="D69" t="s">
         <v>500</v>
       </c>
-      <c r="F68" s="1">
+      <c r="E69" t="s">
+        <v>503</v>
+      </c>
+      <c r="F69" s="1">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="70" spans="1:7">
+      <c r="A70" t="s">
+        <v>465</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>10</v>
+      </c>
+      <c r="D70" t="s">
+        <v>500</v>
+      </c>
+      <c r="E70" t="s">
+        <v>503</v>
+      </c>
+      <c r="F70" s="1">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G74"/>
+  <dimension ref="A1:G75"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F1" sqref="F1:F74"/>
+      <selection activeCell="F1" sqref="F1:F75"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="E1" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="B2" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E2" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F2" s="1">
         <v>1.29</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="B3" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E3" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F3" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="B4" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E4" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F4" s="1">
         <v>24.5</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="B5" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E5" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F5" s="1">
         <v>1.03</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="B6" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E6" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F6" s="1">
         <v>4.4</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="B7" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E7" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F7" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="B8" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E8" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F8" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="B9" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E9" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F9" s="1">
         <v>0.11</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="B10" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E10" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F10" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="B11" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E11" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F11" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="B12" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E12" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F12" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="B13" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E13" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F13" s="1">
         <v>0.14</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="B14" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E14" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F14" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="B15" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E15" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F15" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="B16" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E16" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F16" s="1">
         <v>0.19</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="B17" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E17" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F17" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="B18" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E18" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F18" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="B19" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E19" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F19" s="1">
         <v>0.08</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="B20" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E20" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F20" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="B21" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E21" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F21" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="B22" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E22" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F22" s="1">
         <v>0.07</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="B23" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E23" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F23" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="B24" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E24" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F24" s="1">
         <v>0.07</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="B25" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E25" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F25" s="1">
         <v>0.15</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="B26" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E26" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F26" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="B27" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E27" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F27" s="1">
         <v>0.21</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="B28" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E28" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F28" s="1">
         <v>0.4</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="B29" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E29" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F29" s="1">
         <v>0.42</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="B30" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E30" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F30" s="1">
         <v>0.63</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="B31" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E31" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F31" s="1">
         <v>0.32</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B32" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E32" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F32" s="1">
         <v>0.95</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="B33" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E33" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F33" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="B34" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E34" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F34" s="1">
         <v>0.36</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="B35" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E35" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F35" s="1">
         <v>0.76</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="B36" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E36" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F36" s="1">
         <v>0.39</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="B37" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E37" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F37" s="1">
         <v>1.34</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="B38" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E38" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F38" s="1">
         <v>1.73</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="B39" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E39" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F39" s="1">
         <v>0.43</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="B40" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E40" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F40" s="1">
         <v>0.57</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="B41" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E41" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F41" s="1">
         <v>0.04</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
+        <v>473</v>
+      </c>
+      <c r="B42" t="s">
         <v>470</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E42" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F42" s="1">
         <v>0.021</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="B43" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E43" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F43" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="B44" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E44" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F44" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="B45" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E45" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F45" s="1">
         <v>0.169</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="B46" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E46" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F46" s="1">
         <v>1.09</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="B47" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E47" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F47" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="B48" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E48" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F48" s="1">
         <v>0.159</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B49" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E49" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F49" s="1">
-        <v>0.732</v>
+        <v>1.16</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B50" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E50" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F50" s="1">
-        <v>1.16</v>
+        <v>0.732</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="B51" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E51" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F51" s="1">
         <v>0.016</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="B52" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E52" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F52" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="B53" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E53" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F53" s="1">
         <v>0.071</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="B54" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E54" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F54" s="1">
         <v>0.081</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="B55" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E55" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F55" s="1">
         <v>0.123</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="B56" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E56" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F56" s="1">
         <v>0.087</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="B57" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E57" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F57" s="1">
         <v>1.231</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="B58" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E58" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F58" s="1">
         <v>1.433</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="B59" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E59" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F59" s="1">
         <v>1.335</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="B60" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E60" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F60" s="1">
         <v>0.737</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B61" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E61" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F61" s="1">
         <v>4.4</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B62" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E62" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F62" s="1">
         <v>0.591</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B63" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E63" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F63" s="1">
         <v>0.069</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B64" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E64" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F64" s="1">
         <v>0.021</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B65" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E65" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F65" s="1">
         <v>0.241</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B66" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E66" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F66" s="1">
         <v>0.041</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B67" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E67" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F67" s="1">
         <v>0.664</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="B68" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E68" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F68" s="1">
         <v>0.025</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B69" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E69" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F69" s="1">
         <v>0.143</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B70" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E70" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F70" s="1">
         <v>0.089</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B71" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E71" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F71" s="1">
         <v>0.092</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B72" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E72" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F72" s="1">
         <v>0.04</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B73" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E73" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F73" s="1">
         <v>0.051</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B74" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C74" t="s">
         <v>10</v>
       </c>
       <c r="D74" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E74" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F74" s="1">
         <v>0.342</v>
+      </c>
+    </row>
+    <row r="75" spans="1:7">
+      <c r="A75" t="s">
+        <v>465</v>
+      </c>
+      <c r="B75" t="s">
+        <v>404</v>
+      </c>
+      <c r="C75" t="s">
+        <v>10</v>
+      </c>
+      <c r="D75" t="s">
+        <v>483</v>
+      </c>
+      <c r="E75" t="s">
+        <v>504</v>
+      </c>
+      <c r="F75" s="1">
+        <v>0.892</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G72"/>
+  <dimension ref="A1:G73"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F1" sqref="F1:F72"/>
+      <selection activeCell="F1" sqref="F1:F73"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="E1" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="B2" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E2" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F2" s="1">
         <v>207</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="B3" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E3" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F3" s="1">
         <v>177</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="B4" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E4" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F4" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="B5" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E5" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F5" s="1">
         <v>157</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="B6" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E6" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F6" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="B7" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E7" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F7" s="1">
         <v>266.9</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="B8" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E8" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F8" s="1">
         <v>241.19</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="B9" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E9" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F9" s="1">
         <v>246.98</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="B10" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E10" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F10" s="1">
         <v>232.6</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="B11" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E11" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F11" s="1">
         <v>206</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="B12" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E12" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F12" s="1">
         <v>231.8</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="B13" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E13" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F13" s="1">
         <v>255.8</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="B14" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E14" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F14" s="1">
         <v>244.4</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="B15" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E15" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F15" s="1">
         <v>231.38</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="B16" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E16" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F16" s="1">
         <v>238.45</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="B17" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E17" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F17" s="1">
         <v>225.2</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="B18" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E18" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F18" s="1">
         <v>215.31</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="B19" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E19" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F19" s="1">
         <v>226.65</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="B20" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E20" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F20" s="1">
         <v>214.29</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="B21" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E21" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F21" s="1">
         <v>223.54</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="B22" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E22" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F22" s="1">
         <v>233.84</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="B23" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E23" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F23" s="1">
         <v>234.4</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="B24" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E24" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F24" s="1">
         <v>231.95</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="B25" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E25" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F25" s="1">
         <v>238.19</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="B26" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E26" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F26" s="1">
         <v>215.23</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="B27" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E27" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F27" s="1">
         <v>227.41</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="B28" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E28" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F28" s="1">
         <v>246.03</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="B29" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E29" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F29" s="1">
         <v>253.22</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="B30" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E30" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F30" s="1">
         <v>242.84</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="B31" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E31" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F31" s="1">
         <v>236.09</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B32" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E32" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F32" s="1">
         <v>215.44</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="B33" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E33" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F33" s="1">
         <v>204.71</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="B34" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E34" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F34" s="1">
         <v>229.83</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="B35" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E35" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F35" s="1">
         <v>245.74</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="B36" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E36" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F36" s="1">
         <v>221.99</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="B37" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E37" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F37" s="1">
         <v>252.69</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="B38" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E38" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F38" s="1">
         <v>226.45</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="B39" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E39" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F39" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="B40" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E40" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F40" s="1">
         <v>243</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="B41" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E41" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F41" s="1">
         <v>242.31</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
+        <v>473</v>
+      </c>
+      <c r="B42" t="s">
         <v>470</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E42" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F42" s="1">
         <v>310.3</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="B43" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E43" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F43" s="1">
         <v>267.58</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="B44" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E44" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F44" s="1">
         <v>258.3</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="B45" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E45" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F45" s="1">
         <v>284.49</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="B46" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E46" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F46" s="1">
         <v>237</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="B47" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E47" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F47" s="1">
         <v>247</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="B48" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E48" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F48" s="1">
         <v>235.357</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B49" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E49" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F49" s="1">
-        <v>328</v>
+        <v>380</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B50" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E50" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F50" s="1">
-        <v>380</v>
+        <v>328</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="B51" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E51" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F51" s="1">
         <v>243.152</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="B52" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E52" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F52" s="1">
         <v>247.13</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="B53" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E53" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F53" s="1">
         <v>240.587</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="B54" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E54" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F54" s="1">
         <v>227.41</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="B55" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E55" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F55" s="1">
         <v>245.531</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="B56" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E56" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F56" s="1">
         <v>240.123</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="B57" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E57" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F57" s="1">
         <v>228.281</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="B58" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E58" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F58" s="1">
         <v>239.316</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="B59" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E59" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F59" s="1">
         <v>224.915</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="B60" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E60" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F60" s="1">
         <v>242.017</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B61" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E61" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F61" s="1">
         <v>229.995</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B62" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E62" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F62" s="1">
         <v>232.504</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B63" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E63" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F63" s="1">
         <v>234.436</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B64" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E64" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F64" s="1">
         <v>218.013</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B65" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E65" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F65" s="1">
         <v>206.62</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B66" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E66" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F66" s="1">
         <v>223.4</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B67" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E67" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F67" s="1">
         <v>229</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B68" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E68" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F68" s="1">
         <v>215.4</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B69" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E69" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F69" s="1">
         <v>236.106</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B70" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E70" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F70" s="1">
         <v>232.418</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B71" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E71" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F71" s="1">
         <v>221.027</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B72" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E72" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F72" s="1">
         <v>222.419</v>
+      </c>
+    </row>
+    <row r="73" spans="1:7">
+      <c r="A73" t="s">
+        <v>465</v>
+      </c>
+      <c r="B73" t="s">
+        <v>404</v>
+      </c>
+      <c r="C73" t="s">
+        <v>10</v>
+      </c>
+      <c r="D73" t="s">
+        <v>483</v>
+      </c>
+      <c r="E73" t="s">
+        <v>505</v>
+      </c>
+      <c r="F73" s="1">
+        <v>217.343</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G74"/>
+  <dimension ref="A1:G75"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F1" sqref="F1:F74"/>
+      <selection activeCell="F1" sqref="F1:F75"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="E1" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="B2" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E2" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F2" s="1">
         <v>0.51</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="B3" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E3" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F3" s="1">
         <v>0.84</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="B4" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E4" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F4" s="1">
         <v>0.65</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="B5" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E5" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F5" s="1">
         <v>0.44</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="B6" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E6" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F6" s="1">
         <v>0.34</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="B7" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E7" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F7" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="B8" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E8" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F8" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="B9" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E9" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F9" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="B10" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E10" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F10" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="B11" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E11" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F11" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="B12" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E12" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F12" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="B13" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E13" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F13" s="1">
         <v>0.017</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="B14" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E14" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F14" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="B15" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E15" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F15" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="B16" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E16" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F16" s="1">
         <v>0.007</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="B17" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E17" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F17" s="1">
         <v>0.007</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="B18" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E18" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F18" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="B19" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E19" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F19" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="B20" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E20" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F20" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="B21" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E21" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F21" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="B22" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E22" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F22" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="B23" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E23" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F23" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="B24" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E24" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F24" s="1">
         <v>0.007</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="B25" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E25" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F25" s="1">
         <v>0.015</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="B26" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E26" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F26" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="B27" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E27" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F27" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="B28" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E28" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F28" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="B29" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E29" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F29" s="1">
         <v>0.007</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="B30" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E30" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F30" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="B31" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E31" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F31" s="1">
         <v>0.012</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B32" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E32" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F32" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="B33" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E33" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F33" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="B34" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E34" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F34" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="B35" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E35" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F35" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="B36" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E36" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F36" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="B37" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E37" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F37" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="B38" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E38" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F38" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="B39" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E39" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F39" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="B40" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E40" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F40" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="B41" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E41" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F41" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
+        <v>473</v>
+      </c>
+      <c r="B42" t="s">
         <v>470</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E42" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F42" s="1">
         <v>0.003</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="B43" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E43" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F43" s="1">
         <v>0.003</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="B44" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E44" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F44" s="1">
         <v>0.003</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="B45" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E45" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F45" s="1">
         <v>0.003</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="B46" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E46" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F46" s="1">
         <v>0.016</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="B47" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E47" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F47" s="1">
         <v>0.032</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="B48" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E48" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F48" s="1">
         <v>0.003</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B49" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E49" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F49" s="1">
         <v>0.011</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B50" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E50" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F50" s="1">
         <v>0.017</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="B51" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E51" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F51" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="B52" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E52" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F52" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="B53" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E53" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F53" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="B54" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E54" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F54" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="B55" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E55" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F55" s="1">
         <v>0.001</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="B56" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E56" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F56" s="1">
         <v>0.003</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="B57" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E57" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F57" s="1">
         <v>0.105</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="B58" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E58" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F58" s="1">
         <v>0.25</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="B59" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E59" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F59" s="1">
         <v>0.089</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="B60" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E60" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F60" s="1">
         <v>0.052</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B61" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E61" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F61" s="1">
         <v>0.096</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B62" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E62" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F62" s="1">
         <v>0.039</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B63" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E63" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F63" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B64" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E64" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F64" s="1">
         <v>0.008</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B65" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E65" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F65" s="1">
         <v>0.016</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B66" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E66" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F66" s="1">
         <v>0.051</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B67" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E67" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F67" s="1">
         <v>0.028</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="B68" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E68" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F68" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B69" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E69" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F69" s="1">
         <v>0.002</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B70" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E70" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F70" s="1">
         <v>0.002</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B71" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E71" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F71" s="1">
         <v>0.001</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B72" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E72" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F72" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B73" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E73" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F73" s="1">
         <v>0.002</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B74" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C74" t="s">
         <v>10</v>
       </c>
       <c r="D74" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E74" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F74" s="1">
         <v>0.047</v>
+      </c>
+    </row>
+    <row r="75" spans="1:7">
+      <c r="A75" t="s">
+        <v>465</v>
+      </c>
+      <c r="B75" t="s">
+        <v>404</v>
+      </c>
+      <c r="C75" t="s">
+        <v>10</v>
+      </c>
+      <c r="D75" t="s">
+        <v>483</v>
+      </c>
+      <c r="E75" t="s">
+        <v>506</v>
+      </c>
+      <c r="F75" s="1">
+        <v>0.04</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G74"/>
+  <dimension ref="A1:G75"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F1" sqref="F1:F74"/>
+      <selection activeCell="F1" sqref="F1:F75"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="E1" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="B2" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E2" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F2" s="1">
         <v>0.4</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="B3" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E3" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F3" s="1">
         <v>0.5</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="B4" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E4" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F4" s="1">
         <v>0.18</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="B5" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E5" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F5" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="B6" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E6" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F6" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="B7" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E7" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F7" s="1">
         <v>1.7</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="B8" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E8" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F8" s="1">
         <v>1.7</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="B9" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E9" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F9" s="1">
         <v>1.8</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="B10" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E10" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F10" s="1">
         <v>2.9</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="B11" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E11" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F11" s="1">
         <v>1.7</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="B12" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E12" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F12" s="1">
         <v>1.7</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="B13" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E13" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F13" s="1">
         <v>0.35</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="B14" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E14" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F14" s="1">
         <v>1.9</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="B15" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E15" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F15" s="1">
         <v>1.9</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="B16" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E16" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F16" s="1">
         <v>2.2</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="B17" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E17" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F17" s="1">
         <v>1.9</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="B18" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E18" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F18" s="1">
         <v>1.7</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="B19" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E19" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F19" s="1">
         <v>1.7</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="B20" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E20" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F20" s="1">
         <v>0.4</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="B21" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E21" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F21" s="1">
         <v>0.4</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="B22" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E22" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F22" s="1">
         <v>0.5</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="B23" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E23" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F23" s="1">
         <v>0.4</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="B24" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E24" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F24" s="1">
         <v>0.4</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="B25" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E25" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F25" s="1">
         <v>0.4</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="B26" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E26" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F26" s="1">
         <v>0.4</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="B27" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E27" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F27" s="1">
         <v>0.4</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="B28" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E28" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F28" s="1">
         <v>0.4</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="B29" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E29" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F29" s="1">
         <v>0.4</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="B30" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E30" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F30" s="1">
         <v>0.5</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="B31" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E31" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F31" s="1">
         <v>0.5</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B32" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E32" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F32" s="1">
         <v>0.4</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="B33" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E33" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F33" s="1">
         <v>1.1</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="B34" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E34" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F34" s="1">
         <v>0.4</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="B35" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E35" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F35" s="1">
         <v>0.4</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="B36" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E36" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F36" s="1">
         <v>0.5</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="B37" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E37" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F37" s="1">
         <v>0.38</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="B38" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E38" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F38" s="1">
         <v>0.82</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="B39" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E39" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F39" s="1">
         <v>0.38</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="B40" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E40" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F40" s="1">
         <v>0.8</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="B41" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E41" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F41" s="1">
         <v>0.39</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
+        <v>473</v>
+      </c>
+      <c r="B42" t="s">
         <v>470</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E42" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F42" s="1">
         <v>0.39</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="B43" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E43" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F43" s="1">
         <v>0.45</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="B44" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E44" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F44" s="1">
         <v>0.42</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="B45" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E45" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F45" s="1">
         <v>0.48</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="B46" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E46" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F46" s="1">
         <v>0.35</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="B47" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E47" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F47" s="1">
         <v>0.748</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="B48" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E48" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F48" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B49" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E49" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F49" s="1">
         <v>1.44</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B50" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E50" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F50" s="1">
         <v>26.48</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="B51" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E51" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F51" s="1">
         <v>0.41</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="B52" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E52" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F52" s="1">
         <v>0.33</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="B53" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E53" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F53" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="B54" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E54" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F54" s="1">
         <v>0.84</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="B55" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E55" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F55" s="1">
         <v>0.37</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="B56" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E56" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F56" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="B57" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E57" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F57" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="B58" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E58" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F58" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="B59" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E59" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F59" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="B60" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E60" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F60" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B61" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E61" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F61" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B62" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E62" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F62" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B63" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E63" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F63" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B64" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E64" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F64" s="1">
         <v>3.021</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B65" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E65" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F65" s="1">
         <v>0.77</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B66" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E66" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F66" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B67" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E67" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F67" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="B68" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E68" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F68" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B69" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E69" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F69" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B70" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E70" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F70" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B71" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E71" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F71" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B72" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E72" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F72" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B73" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E73" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F73" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B74" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C74" t="s">
         <v>10</v>
       </c>
       <c r="D74" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E74" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F74" s="1">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="75" spans="1:7">
+      <c r="A75" t="s">
+        <v>465</v>
+      </c>
+      <c r="B75" t="s">
+        <v>404</v>
+      </c>
+      <c r="C75" t="s">
+        <v>10</v>
+      </c>
+      <c r="D75" t="s">
+        <v>483</v>
+      </c>
+      <c r="E75" t="s">
+        <v>507</v>
+      </c>
+      <c r="F75" s="1">
         <v>0.01</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G36"/>
+  <dimension ref="A1:G37"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F1" sqref="F1:F36"/>
+      <selection activeCell="F1" sqref="F1:F37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="E1" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="B2" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E2" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F2" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="B3" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E3" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F3" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="B4" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E4" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F4" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
+        <v>473</v>
+      </c>
+      <c r="B5" t="s">
         <v>470</v>
       </c>
-      <c r="B5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E5" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F5" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="B6" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E6" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F6" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="B7" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E7" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F7" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="B8" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E8" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F8" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="B9" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E9" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F9" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="B10" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E10" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F10" s="1">
         <v>0.13</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="B11" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E11" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F11" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B12" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E12" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F12" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="B13" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E13" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F13" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="B14" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E14" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F14" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="B15" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E15" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F15" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="B16" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E16" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F16" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="B17" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E17" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F17" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="B18" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E18" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F18" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="B19" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E19" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F19" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="B20" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E20" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F20" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="B21" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E21" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F21" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="B22" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E22" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F22" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B23" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E23" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F23" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B24" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E24" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F24" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B25" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E25" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F25" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B26" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E26" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F26" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B27" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E27" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F27" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B28" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E28" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F28" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B29" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E29" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F29" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="B30" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E30" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F30" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B31" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E31" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F31" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B32" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E32" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F32" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B33" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E33" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F33" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B34" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E34" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F34" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B35" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E35" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F35" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B36" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E36" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F36" s="1">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7">
+      <c r="A37" t="s">
+        <v>465</v>
+      </c>
+      <c r="B37" t="s">
+        <v>404</v>
+      </c>
+      <c r="C37" t="s">
+        <v>10</v>
+      </c>
+      <c r="D37" t="s">
+        <v>483</v>
+      </c>
+      <c r="E37" t="s">
+        <v>508</v>
+      </c>
+      <c r="F37" s="1">
         <v>0.01</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G65"/>
+  <dimension ref="A1:G66"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F1" sqref="F1:F65"/>
+      <selection activeCell="F1" sqref="F1:F66"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="E1" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="B2" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E2" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F2" s="1">
         <v>9.01</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="B3" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E3" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F3" s="1">
         <v>8.73</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="B4" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E4" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F4" s="1">
         <v>7.62</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="B5" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E5" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F5" s="1">
         <v>7.78</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="B6" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E6" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F6" s="1">
         <v>7.42</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="B7" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E7" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F7" s="1">
         <v>7.55</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="B8" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E8" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F8" s="1">
         <v>7.51</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="B9" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E9" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F9" s="1">
         <v>7.49</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="B10" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E10" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F10" s="1">
         <v>7.52</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="B11" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E11" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F11" s="1">
         <v>7.59</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="B12" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E12" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F12" s="1">
         <v>7.69</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="B13" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E13" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F13" s="1">
         <v>7.85</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="B14" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E14" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F14" s="1">
         <v>7.89</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="B15" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E15" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F15" s="1">
         <v>7.41</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="B16" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E16" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F16" s="1">
         <v>7.76</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="B17" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E17" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F17" s="1">
         <v>7.34</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="B18" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E18" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F18" s="1">
         <v>7.76</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="B19" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E19" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F19" s="1">
         <v>7.92</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="B20" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E20" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F20" s="1">
         <v>7.68</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="B21" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E21" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F21" s="1">
         <v>7.34</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="B22" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E22" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F22" s="1">
         <v>7.52</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="B23" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E23" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F23" s="1">
         <v>7.4</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="B24" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E24" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F24" s="1">
         <v>7.39</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="B25" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E25" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F25" s="1">
         <v>7.77</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="B26" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E26" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F26" s="1">
         <v>7.43</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="B27" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E27" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F27" s="1">
         <v>7.41</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="B28" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E28" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F28" s="1">
         <v>7.54</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="B29" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E29" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F29" s="1">
         <v>7.59</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="B30" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E30" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F30" s="1">
         <v>7.55</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="B31" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E31" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F31" s="1">
         <v>7.36</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B32" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E32" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F32" s="1">
         <v>7.65</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="B33" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E33" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F33" s="1">
         <v>7.96</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="B34" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E34" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F34" s="1">
         <v>7.52</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="B35" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E35" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F35" s="1">
         <v>7.4</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="B36" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E36" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F36" s="1">
         <v>7.58</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="B37" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E37" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F37" s="1">
         <v>7.6</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="B38" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E38" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F38" s="1">
         <v>7.32</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="B39" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E39" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F39" s="1">
         <v>7.4</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="B40" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E40" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F40" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="B41" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E41" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F41" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
+        <v>473</v>
+      </c>
+      <c r="B42" t="s">
         <v>470</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E42" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F42" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="B43" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E43" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F43" s="1">
         <v>7.7</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="B44" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E44" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F44" s="1">
         <v>7.4</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="B45" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E45" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F45" s="1">
         <v>7.8</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="B46" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E46" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F46" s="1">
         <v>7.29</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B47" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E47" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F47" s="1">
         <v>7.48</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="B48" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E48" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F48" s="1">
         <v>7.77</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="B49" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E49" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F49" s="1">
         <v>7.54</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="B50" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E50" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F50" s="1">
         <v>7.46</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="B51" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E51" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F51" s="1">
         <v>8.43</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="B52" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E52" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F52" s="1">
         <v>7.54</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="B53" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E53" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F53" s="1">
         <v>8.04</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="B54" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E54" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F54" s="1">
         <v>7.45</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="B55" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E55" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F55" s="1">
         <v>8.01</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="B56" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E56" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F56" s="1">
         <v>8.32</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="B57" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E57" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F57" s="1">
         <v>8.19</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B58" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E58" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F58" s="1">
         <v>7.7</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B59" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E59" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F59" s="1">
         <v>8.1</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B60" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E60" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F60" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B61" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E61" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F61" s="1">
         <v>7.75</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B62" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E62" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F62" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B63" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E63" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F63" s="1">
         <v>7.4</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B64" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E64" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F64" s="1">
         <v>7.9</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B65" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E65" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F65" s="1">
         <v>7.7</v>
+      </c>
+    </row>
+    <row r="66" spans="1:7">
+      <c r="A66" t="s">
+        <v>465</v>
+      </c>
+      <c r="B66" t="s">
+        <v>404</v>
+      </c>
+      <c r="C66" t="s">
+        <v>10</v>
+      </c>
+      <c r="D66" t="s">
+        <v>509</v>
+      </c>
+      <c r="E66" t="s">
+        <v>509</v>
+      </c>
+      <c r="F66" s="1">
+        <v>7.4</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G60"/>
+  <dimension ref="A1:G61"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F1" sqref="F1:F60"/>
+      <selection activeCell="F1" sqref="F1:F61"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="E1" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="B2" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E2" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="F2" s="1">
         <v>95</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
+        <v>407</v>
+      </c>
+      <c r="B3" t="s">
+        <v>404</v>
+      </c>
+      <c r="C3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3" t="s">
         <v>405</v>
       </c>
-      <c r="B3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E3" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="F3" s="1">
         <v>77</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
+        <v>408</v>
+      </c>
+      <c r="B4" t="s">
+        <v>404</v>
+      </c>
+      <c r="C4" t="s">
+        <v>10</v>
+      </c>
+      <c r="D4" t="s">
+        <v>405</v>
+      </c>
+      <c r="E4" t="s">
         <v>406</v>
-      </c>
-[...10 lines deleted...]
-        <v>404</v>
       </c>
       <c r="F4" s="1">
         <v>156</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="B5" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E5" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="F5" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="B6" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E6" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="F6" s="1">
         <v>207</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="B7" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E7" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="F7" s="1">
         <v>185</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="B8" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E8" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="F8" s="1">
         <v>194</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="B9" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E9" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="F9" s="1">
         <v>181</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="B10" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E10" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="F10" s="1">
         <v>178</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="B11" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E11" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="F11" s="1">
         <v>172</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="B12" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E12" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="F12" s="1">
         <v>161</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="B13" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E13" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="F13" s="1">
         <v>181</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="B14" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E14" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="F14" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="B15" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E15" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="F15" s="1">
         <v>162</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="B16" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E16" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="F16" s="1">
         <v>174</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="B17" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E17" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="F17" s="1">
         <v>172</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="B18" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E18" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="F18" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="B19" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E19" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="F19" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="B20" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E20" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="F20" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="B21" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E21" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="F21" s="1">
         <v>176</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="B22" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E22" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="F22" s="1">
         <v>173</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="B23" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E23" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="F23" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="B24" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E24" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="F24" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="B25" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E25" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="F25" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="B26" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E26" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="F26" s="1">
         <v>168</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="B27" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E27" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="F27" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="B28" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E28" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="F28" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="B29" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E29" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="F29" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="B30" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E30" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="F30" s="1">
         <v>238</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="B31" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E31" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="F31" s="1">
         <v>132</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B32" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E32" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="F32" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="B33" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E33" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="F33" s="1">
         <v>167</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="B34" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E34" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="F34" s="1">
         <v>176</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="B35" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E35" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="F35" s="1">
         <v>173</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="B36" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E36" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="F36" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="B37" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E37" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="F37" s="1">
         <v>176</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="B38" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E38" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="F38" s="1">
         <v>183.4</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="B39" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E39" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="F39" s="1">
         <v>167</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="B40" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E40" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="F40" s="1">
         <v>169.6</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="B41" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E41" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="F41" s="1">
         <v>169.6</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="B42" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E42" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="F42" s="1">
         <v>163</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="B43" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E43" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="F43" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="B44" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E44" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="F44" s="1">
         <v>169</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="B45" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E45" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="F45" s="1">
         <v>173</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="B46" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E46" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="F46" s="1">
         <v>174</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="B47" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E47" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="F47" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B48" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E48" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="F48" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B49" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E49" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="F49" s="1">
         <v>174</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B50" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E50" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="F50" s="1">
         <v>189</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B51" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E51" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="F51" s="1">
         <v>181</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B52" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E52" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="F52" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B53" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E53" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="F53" s="1">
         <v>175.4</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B54" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E54" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="F54" s="1">
         <v>150.7</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B55" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E55" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="F55" s="1">
         <v>184.7</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B56" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E56" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="F56" s="1">
         <v>172.4</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B57" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E57" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="F57" s="1">
         <v>167.6</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B58" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E58" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="F58" s="1">
         <v>175.8</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B59" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E59" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="F59" s="1">
         <v>181.4</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B60" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E60" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="F60" s="1">
         <v>176.7</v>
+      </c>
+    </row>
+    <row r="61" spans="1:7">
+      <c r="A61" t="s">
+        <v>465</v>
+      </c>
+      <c r="B61" t="s">
+        <v>404</v>
+      </c>
+      <c r="C61" t="s">
+        <v>10</v>
+      </c>
+      <c r="D61" t="s">
+        <v>405</v>
+      </c>
+      <c r="E61" t="s">
+        <v>406</v>
+      </c>
+      <c r="F61" s="1">
+        <v>169.5</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G103"/>
+  <dimension ref="A1:G107"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F1" sqref="F1:F103"/>
+      <selection activeCell="F1" sqref="F1:F107"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="E1" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E2" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F2" s="1">
         <v>7.78</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E3" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F3" s="1">
         <v>7.57</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E4" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F4" s="1">
         <v>7.45</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E5" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F5" s="1">
         <v>7.62</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E6" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F6" s="1">
         <v>7.41</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E7" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F7" s="1">
         <v>8.57</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E8" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F8" s="1">
         <v>7.33</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E9" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F9" s="1">
         <v>7.34</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E10" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F10" s="1">
         <v>7.9</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E11" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F11" s="1">
         <v>7.4</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E12" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F12" s="1">
         <v>7.9</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E13" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F13" s="1">
         <v>7.077</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E14" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F14" s="1">
         <v>7.235</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E15" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F15" s="1">
         <v>7.28</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E16" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F16" s="1">
         <v>7.351</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E17" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F17" s="1">
         <v>7.377</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E18" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F18" s="1">
         <v>7.486</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E19" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F19" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E20" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F20" s="1">
         <v>7.55</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E21" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F21" s="1">
         <v>7.43</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E22" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F22" s="1">
         <v>7.16</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E23" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F23" s="1">
         <v>7.29</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E24" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F24" s="1">
         <v>7.45</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E25" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F25" s="1">
         <v>7.78</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E26" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F26" s="1">
         <v>7.66</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E27" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F27" s="1">
         <v>7.55</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E28" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F28" s="1">
         <v>7.41</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E29" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F29" s="1">
         <v>7.64</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E30" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F30" s="1">
         <v>7.52</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E31" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F31" s="1">
         <v>7.355</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E32" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F32" s="1">
         <v>7.22</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E33" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F33" s="1">
         <v>7.184</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E34" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F34" s="1">
         <v>7.52</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E35" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F35" s="1">
         <v>7.523</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E36" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F36" s="1">
         <v>7.159</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E37" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F37" s="1">
         <v>7.231</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E38" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F38" s="1">
         <v>7.209</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="B39" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E39" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F39" s="1">
         <v>7.47</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E40" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F40" s="1">
         <v>7.209</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="B41" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E41" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F41" s="1">
         <v>7.34</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="B42" t="s">
-        <v>467</v>
+        <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E42" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F42" s="1">
-        <v>7.46</v>
+        <v>7.184</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="B43" t="s">
-        <v>9</v>
+        <v>470</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E43" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F43" s="1">
-        <v>7.184</v>
+        <v>7.46</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
+        <v>473</v>
+      </c>
+      <c r="B44" t="s">
         <v>470</v>
       </c>
-      <c r="B44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E44" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F44" s="1">
         <v>7.78</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E45" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F45" s="1">
         <v>7.317</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E46" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F46" s="1">
         <v>7.93</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="B47" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E47" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F47" s="1">
         <v>7.396</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="B48" t="s">
-        <v>467</v>
+        <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E48" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F48" s="1">
-        <v>7.27</v>
+        <v>7.252</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="B49" t="s">
-        <v>9</v>
+        <v>470</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E49" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F49" s="1">
-        <v>7.252</v>
+        <v>7.27</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="B50" t="s">
-        <v>9</v>
+        <v>478</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E50" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F50" s="1">
-        <v>7.34</v>
+        <v>7.31</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="B51" t="s">
-        <v>475</v>
+        <v>9</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E51" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F51" s="1">
-        <v>7.31</v>
+        <v>7.34</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E52" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F52" s="1">
         <v>7.249</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="B53" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E53" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F53" s="1">
         <v>7.15</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="B54" t="s">
-        <v>402</v>
+        <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E54" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F54" s="1">
-        <v>7.29</v>
+        <v>7.337</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="B55" t="s">
-        <v>9</v>
+        <v>404</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E55" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F55" s="1">
-        <v>7.337</v>
+        <v>7.29</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B56" t="s">
-        <v>9</v>
+        <v>404</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E56" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F56" s="1">
-        <v>7.331</v>
+        <v>7.45</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B57" t="s">
-        <v>402</v>
+        <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E57" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F57" s="1">
-        <v>7.45</v>
+        <v>7.331</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="B58" t="s">
-        <v>492</v>
+        <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E58" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F58" s="1">
-        <v>6.95</v>
+        <v>7.369</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="B59" t="s">
-        <v>9</v>
+        <v>495</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E59" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F59" s="1">
-        <v>7.369</v>
+        <v>6.95</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E60" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F60" s="1">
         <v>6.9</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="B61" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E61" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F61" s="1">
         <v>7.44</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="B62" t="s">
-        <v>9</v>
+        <v>495</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E62" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F62" s="1">
-        <v>7.569</v>
+        <v>7.55</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="B63" t="s">
-        <v>492</v>
+        <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E63" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F63" s="1">
-        <v>7.55</v>
+        <v>7.569</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E64" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F64" s="1">
         <v>7.534</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="B65" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E65" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F65" s="1">
         <v>7.53</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="B66" t="s">
-        <v>493</v>
+        <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E66" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F66" s="1">
-        <v>7.5</v>
+        <v>7.48</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="B67" t="s">
-        <v>9</v>
+        <v>496</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E67" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F67" s="1">
-        <v>7.48</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="B68" t="s">
-        <v>9</v>
+        <v>496</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E68" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F68" s="1">
-        <v>7.088</v>
+        <v>7.48</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="B69" t="s">
-        <v>493</v>
+        <v>9</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E69" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F69" s="1">
-        <v>7.48</v>
+        <v>7.088</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E70" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F70" s="1">
         <v>7.467</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="B71" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E71" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F71" s="1">
         <v>7.49</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E72" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F72" s="1">
         <v>7.133</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="B73" t="s">
         <v>285</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E73" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F73" s="1">
         <v>7.43</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
         <v>10</v>
       </c>
       <c r="D74" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E74" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F74" s="1">
         <v>7.968</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="B75" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="C75" t="s">
         <v>10</v>
       </c>
       <c r="D75" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E75" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F75" s="1">
         <v>8.01</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
         <v>10</v>
       </c>
       <c r="D76" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E76" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F76" s="1">
         <v>7.726</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="B77" t="s">
         <v>285</v>
       </c>
       <c r="C77" t="s">
         <v>10</v>
       </c>
       <c r="D77" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E77" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F77" s="1">
         <v>7.47</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B78" t="s">
         <v>285</v>
       </c>
       <c r="C78" t="s">
         <v>10</v>
       </c>
       <c r="D78" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E78" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F78" s="1">
         <v>7.7</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
         <v>10</v>
       </c>
       <c r="D79" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E79" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F79" s="1">
         <v>7.8</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B80" t="s">
-        <v>9</v>
+        <v>285</v>
       </c>
       <c r="C80" t="s">
         <v>10</v>
       </c>
       <c r="D80" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E80" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F80" s="1">
-        <v>7.276</v>
+        <v>7.36</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B81" t="s">
-        <v>285</v>
+        <v>9</v>
       </c>
       <c r="C81" t="s">
         <v>10</v>
       </c>
       <c r="D81" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E81" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F81" s="1">
-        <v>7.36</v>
+        <v>7.276</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
         <v>10</v>
       </c>
       <c r="D82" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E82" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F82" s="1">
         <v>7.3</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B83" t="s">
         <v>285</v>
       </c>
       <c r="C83" t="s">
         <v>10</v>
       </c>
       <c r="D83" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E83" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F83" s="1">
         <v>7.33</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B84" t="s">
-        <v>9</v>
+        <v>285</v>
       </c>
       <c r="C84" t="s">
         <v>10</v>
       </c>
       <c r="D84" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E84" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F84" s="1">
-        <v>7.192</v>
+        <v>7.26</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B85" t="s">
-        <v>285</v>
+        <v>9</v>
       </c>
       <c r="C85" t="s">
         <v>10</v>
       </c>
       <c r="D85" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E85" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F85" s="1">
-        <v>7.26</v>
+        <v>7.192</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B86" t="s">
         <v>285</v>
       </c>
       <c r="C86" t="s">
         <v>10</v>
       </c>
       <c r="D86" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E86" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F86" s="1"/>
       <c r="G86" t="s">
-        <v>494</v>
+        <v>497</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
         <v>10</v>
       </c>
       <c r="D87" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E87" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F87" s="1">
         <v>7.249</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B88" t="s">
         <v>285</v>
       </c>
       <c r="C88" t="s">
         <v>10</v>
       </c>
       <c r="D88" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E88" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F88" s="1">
         <v>7.29</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
         <v>10</v>
       </c>
       <c r="D89" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E89" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F89" s="1">
         <v>7.259</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
         <v>10</v>
       </c>
       <c r="D90" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E90" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F90" s="1">
         <v>7.219</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B91" t="s">
         <v>285</v>
       </c>
       <c r="C91" t="s">
         <v>10</v>
       </c>
       <c r="D91" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E91" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F91" s="1">
         <v>7.272</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>495</v>
+        <v>498</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
         <v>10</v>
       </c>
       <c r="D92" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E92" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F92" s="1"/>
       <c r="G92" t="s">
-        <v>496</v>
+        <v>499</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="B93" t="s">
-        <v>9</v>
+        <v>285</v>
       </c>
       <c r="C93" t="s">
         <v>10</v>
       </c>
       <c r="D93" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E93" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F93" s="1">
-        <v>7.227</v>
+        <v>7.322</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="B94" t="s">
-        <v>285</v>
+        <v>9</v>
       </c>
       <c r="C94" t="s">
         <v>10</v>
       </c>
       <c r="D94" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E94" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F94" s="1">
-        <v>7.322</v>
+        <v>7.227</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B95" t="s">
         <v>285</v>
       </c>
       <c r="C95" t="s">
         <v>10</v>
       </c>
       <c r="D95" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E95" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F95" s="1">
         <v>7.256</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
         <v>10</v>
       </c>
       <c r="D96" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E96" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F96" s="1">
         <v>7.366</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B97" t="s">
         <v>285</v>
       </c>
       <c r="C97" t="s">
         <v>10</v>
       </c>
       <c r="D97" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E97" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F97" s="1">
         <v>7.091</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B98" t="s">
-        <v>285</v>
+        <v>9</v>
       </c>
       <c r="C98" t="s">
         <v>10</v>
       </c>
       <c r="D98" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E98" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F98" s="1">
-        <v>7.277</v>
+        <v>7.063</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B99" t="s">
-        <v>9</v>
+        <v>285</v>
       </c>
       <c r="C99" t="s">
         <v>10</v>
       </c>
       <c r="D99" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E99" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F99" s="1">
-        <v>7.063</v>
+        <v>7.277</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B100" t="s">
-        <v>285</v>
+        <v>9</v>
       </c>
       <c r="C100" t="s">
         <v>10</v>
       </c>
       <c r="D100" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E100" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F100" s="1">
-        <v>7.244</v>
+        <v>7.163</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B101" t="s">
-        <v>9</v>
+        <v>285</v>
       </c>
       <c r="C101" t="s">
         <v>10</v>
       </c>
       <c r="D101" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E101" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F101" s="1">
-        <v>7.163</v>
+        <v>7.244</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
         <v>389</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
         <v>10</v>
       </c>
       <c r="D102" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E102" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F102" s="1">
         <v>7.136</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B103" t="s">
         <v>285</v>
       </c>
       <c r="C103" t="s">
         <v>10</v>
       </c>
       <c r="D103" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E103" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F103" s="1">
         <v>7.312</v>
+      </c>
+    </row>
+    <row r="104" spans="1:7">
+      <c r="A104" t="s">
+        <v>394</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
+        <v>10</v>
+      </c>
+      <c r="D104" t="s">
+        <v>509</v>
+      </c>
+      <c r="E104" t="s">
+        <v>510</v>
+      </c>
+      <c r="F104" s="1">
+        <v>7.301</v>
+      </c>
+    </row>
+    <row r="105" spans="1:7">
+      <c r="A105" t="s">
+        <v>464</v>
+      </c>
+      <c r="B105" t="s">
+        <v>285</v>
+      </c>
+      <c r="C105" t="s">
+        <v>10</v>
+      </c>
+      <c r="D105" t="s">
+        <v>509</v>
+      </c>
+      <c r="E105" t="s">
+        <v>510</v>
+      </c>
+      <c r="F105" s="1">
+        <v>7.328</v>
+      </c>
+    </row>
+    <row r="106" spans="1:7">
+      <c r="A106" t="s">
+        <v>465</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
+        <v>10</v>
+      </c>
+      <c r="D106" t="s">
+        <v>509</v>
+      </c>
+      <c r="E106" t="s">
+        <v>510</v>
+      </c>
+      <c r="F106" s="1">
+        <v>7.026</v>
+      </c>
+    </row>
+    <row r="107" spans="1:7">
+      <c r="A107" t="s">
+        <v>465</v>
+      </c>
+      <c r="B107" t="s">
+        <v>285</v>
+      </c>
+      <c r="C107" t="s">
+        <v>10</v>
+      </c>
+      <c r="D107" t="s">
+        <v>509</v>
+      </c>
+      <c r="E107" t="s">
+        <v>510</v>
+      </c>
+      <c r="F107" s="1">
+        <v>7.148</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G74"/>
+  <dimension ref="A1:G75"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F1" sqref="F1:F74"/>
+      <selection activeCell="F1" sqref="F1:F75"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="E1" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="B2" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E2" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F2" s="1">
         <v>23</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="B3" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E3" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F3" s="1">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="B4" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E4" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F4" s="1">
         <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="B5" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E5" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F5" s="1">
         <v>26.7</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="B6" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E6" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F6" s="1">
         <v>25.5</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="B7" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E7" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F7" s="1">
         <v>26.64</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="B8" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E8" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F8" s="1">
         <v>25.11</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="B9" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E9" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F9" s="1">
         <v>27.54</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="B10" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E10" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F10" s="1">
         <v>28.37</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="B11" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E11" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F11" s="1">
         <v>23.98</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="B12" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E12" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F12" s="1">
         <v>27.64</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="B13" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E13" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F13" s="1">
         <v>29.1</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="B14" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E14" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F14" s="1">
         <v>26.71</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="B15" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E15" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F15" s="1">
         <v>26.56</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="B16" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E16" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F16" s="1">
         <v>23.74</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="B17" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E17" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F17" s="1">
         <v>28.22</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="B18" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E18" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F18" s="1">
         <v>24.21</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="B19" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E19" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F19" s="1">
         <v>30.17</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="B20" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E20" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F20" s="1">
         <v>25.51</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="B21" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E21" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F21" s="1">
         <v>27.48</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="B22" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E22" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F22" s="1">
         <v>29.22</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="B23" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E23" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F23" s="1">
         <v>25.74</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="B24" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E24" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F24" s="1">
         <v>25.36</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="B25" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E25" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F25" s="1">
         <v>24.38</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="B26" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E26" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F26" s="1">
         <v>27.09</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="B27" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E27" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F27" s="1">
         <v>26.54</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="B28" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E28" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F28" s="1">
         <v>29.24</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="B29" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E29" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F29" s="1">
         <v>31.04</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="B30" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E30" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F30" s="1">
         <v>28.08</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="B31" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E31" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F31" s="1">
         <v>26.18</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B32" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E32" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F32" s="1">
         <v>26.41</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="B33" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E33" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F33" s="1">
         <v>29.09</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="B34" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E34" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F34" s="1">
         <v>24.94</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="B35" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E35" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F35" s="1">
         <v>24.63</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="B36" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E36" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F36" s="1">
         <v>28.23</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="B37" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E37" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F37" s="1">
         <v>26.27</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="B38" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E38" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F38" s="1">
         <v>25.43</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="B39" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E39" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F39" s="1">
         <v>27</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="B40" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E40" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F40" s="1">
         <v>10.4</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="B41" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E41" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F41" s="1">
         <v>24.02</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
+        <v>473</v>
+      </c>
+      <c r="B42" t="s">
         <v>470</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E42" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F42" s="1">
         <v>24.62</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="B43" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E43" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F43" s="1">
         <v>24.09</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="B44" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E44" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F44" s="1">
         <v>25.6</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="B45" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E45" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F45" s="1">
         <v>27.87</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="B46" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E46" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F46" s="1">
         <v>41</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="B47" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E47" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F47" s="1">
         <v>28.8</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="B48" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E48" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F48" s="1">
         <v>23.447</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B49" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E49" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F49" s="1">
         <v>38.4</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B50" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E50" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F50" s="1">
         <v>35.5</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="B51" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E51" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F51" s="1">
         <v>27.907</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="B52" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E52" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F52" s="1">
         <v>27.289</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="B53" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E53" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F53" s="1">
         <v>27.236</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="B54" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E54" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F54" s="1">
         <v>26.354</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="B55" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E55" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F55" s="1">
         <v>27.55</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="B56" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E56" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F56" s="1">
         <v>27.078</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="B57" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E57" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F57" s="1">
         <v>25.884</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="B58" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E58" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F58" s="1">
         <v>25.151</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="B59" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E59" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F59" s="1">
         <v>28.099</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="B60" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E60" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F60" s="1">
         <v>26.441</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B61" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E61" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F61" s="1">
         <v>38.3</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B62" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E62" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F62" s="1">
         <v>26.168</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B63" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E63" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F63" s="1">
         <v>23.6</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B64" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E64" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F64" s="1">
         <v>25.302</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B65" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E65" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F65" s="1">
         <v>24.914</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B66" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E66" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F66" s="1">
         <v>2.541</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B67" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E67" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F67" s="1">
         <v>23.95</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="B68" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E68" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F68" s="1">
         <v>30.44</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B69" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E69" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F69" s="1">
         <v>24.77</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B70" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E70" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F70" s="1">
         <v>23.43</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B71" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E71" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F71" s="1">
         <v>25.099</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B72" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E72" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F72" s="1">
         <v>25.212</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B73" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E73" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F73" s="1">
         <v>24.522</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B74" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C74" t="s">
         <v>10</v>
       </c>
       <c r="D74" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E74" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F74" s="1">
         <v>25.154</v>
+      </c>
+    </row>
+    <row r="75" spans="1:7">
+      <c r="A75" t="s">
+        <v>465</v>
+      </c>
+      <c r="B75" t="s">
+        <v>404</v>
+      </c>
+      <c r="C75" t="s">
+        <v>10</v>
+      </c>
+      <c r="D75" t="s">
+        <v>483</v>
+      </c>
+      <c r="E75" t="s">
+        <v>511</v>
+      </c>
+      <c r="F75" s="1">
+        <v>24.256</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G74"/>
+  <dimension ref="A1:G75"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F1" sqref="F1:F74"/>
+      <selection activeCell="F1" sqref="F1:F75"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="E1" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="B2" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E2" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F2" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="B3" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E3" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F3" s="1">
         <v>480</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="B4" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E4" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F4" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="B5" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E5" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F5" s="1">
         <v>403</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="B6" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E6" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F6" s="1">
         <v>430</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="B7" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E7" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F7" s="1">
         <v>383.8</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="B8" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E8" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F8" s="1">
         <v>469.2</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="B9" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E9" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F9" s="1">
         <v>341.58</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="B10" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E10" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F10" s="1">
         <v>352</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="B11" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E11" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F11" s="1">
         <v>356.65</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="B12" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E12" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F12" s="1">
         <v>379</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="B13" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E13" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F13" s="1">
         <v>348.28</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="B14" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E14" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F14" s="1">
         <v>386.62</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="B15" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E15" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F15" s="1">
         <v>432.04</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="B16" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E16" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F16" s="1">
         <v>388.2</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="B17" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E17" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F17" s="1">
         <v>429</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="B18" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E18" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F18" s="1">
         <v>380.34</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="B19" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E19" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F19" s="1">
         <v>419.6</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="B20" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E20" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F20" s="1">
         <v>355</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="B21" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E21" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F21" s="1">
         <v>422.9</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="B22" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E22" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F22" s="1">
         <v>386.4</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="B23" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E23" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F23" s="1">
         <v>373.9</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="B24" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E24" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F24" s="1">
         <v>424.32</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="B25" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E25" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F25" s="1">
         <v>396.27</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="B26" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E26" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F26" s="1">
         <v>419.55</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="B27" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E27" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F27" s="1">
         <v>300.6</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="B28" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E28" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F28" s="1">
         <v>239.38</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="B29" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E29" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F29" s="1">
         <v>373.08</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="B30" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E30" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F30" s="1">
         <v>458.26</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="B31" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E31" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F31" s="1">
         <v>397.65</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B32" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E32" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F32" s="1">
         <v>353.1</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="B33" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E33" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F33" s="1">
         <v>416.15</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="B34" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E34" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F34" s="1">
         <v>388.99</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="B35" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E35" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F35" s="1">
         <v>396.86</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="B36" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E36" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F36" s="1">
         <v>392.7</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="B37" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E37" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F37" s="1">
         <v>381.02</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="B38" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E38" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F38" s="1">
         <v>379.45</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="B39" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E39" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F39" s="1">
         <v>402</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="B40" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E40" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F40" s="1">
         <v>401</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="B41" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E41" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F41" s="1">
         <v>468.2</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
+        <v>473</v>
+      </c>
+      <c r="B42" t="s">
         <v>470</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E42" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F42" s="1">
         <v>401</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="B43" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E43" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F43" s="1">
         <v>415.75</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="B44" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E44" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F44" s="1">
         <v>437.77</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="B45" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E45" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F45" s="1">
         <v>395.4</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="B46" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E46" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F46" s="1">
         <v>351</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="B47" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E47" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F47" s="1">
         <v>423</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="B48" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E48" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F48" s="1">
         <v>379.58</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B49" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E49" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F49" s="1">
-        <v>496</v>
+        <v>676</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B50" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E50" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F50" s="1">
-        <v>676</v>
+        <v>496</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="B51" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E51" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F51" s="1">
         <v>385.61</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="B52" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E52" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F52" s="1">
         <v>391.6</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="B53" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E53" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F53" s="1">
         <v>383.39</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="B54" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E54" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F54" s="1">
         <v>367.8</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="B55" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E55" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F55" s="1">
         <v>407.32</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="B56" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E56" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F56" s="1">
         <v>408.56</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="B57" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E57" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F57" s="1">
         <v>369.39</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="B58" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E58" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F58" s="1">
         <v>409.53</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="B59" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E59" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F59" s="1">
         <v>383.77</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="B60" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E60" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F60" s="1">
         <v>399.44</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B61" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E61" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F61" s="1">
         <v>408.79</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B62" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E62" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F62" s="1">
         <v>369.3</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B63" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E63" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F63" s="1">
         <v>379.97</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B64" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E64" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F64" s="1">
         <v>366.44</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B65" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E65" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F65" s="1">
         <v>378.432</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B66" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E66" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F66" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B67" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E67" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F67" s="1">
         <v>373.3</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="B68" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E68" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F68" s="1">
         <v>363.4</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B69" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E69" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F69" s="1">
         <v>379.8</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B70" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E70" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F70" s="1">
         <v>364.6</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B71" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E71" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F71" s="1">
         <v>393.595</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B72" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E72" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F72" s="1">
         <v>400.306</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B73" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E73" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F73" s="1">
         <v>365.072</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B74" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C74" t="s">
         <v>10</v>
       </c>
       <c r="D74" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E74" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F74" s="1">
         <v>368.418</v>
+      </c>
+    </row>
+    <row r="75" spans="1:7">
+      <c r="A75" t="s">
+        <v>465</v>
+      </c>
+      <c r="B75" t="s">
+        <v>404</v>
+      </c>
+      <c r="C75" t="s">
+        <v>10</v>
+      </c>
+      <c r="D75" t="s">
+        <v>483</v>
+      </c>
+      <c r="E75" t="s">
+        <v>512</v>
+      </c>
+      <c r="F75" s="1">
+        <v>379.684</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G73"/>
+  <dimension ref="A1:G74"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F1" sqref="F1:F73"/>
+      <selection activeCell="F1" sqref="F1:F74"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="E1" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="B2" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E2" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F2" s="1">
         <v>1790</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="B3" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E3" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F3" s="1">
         <v>3480</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="B4" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E4" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F4" s="1">
         <v>3960</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="B5" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E5" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F5" s="1">
         <v>3880</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="B6" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E6" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F6" s="1">
         <v>3580</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="B7" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E7" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F7" s="1">
         <v>3492</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="B8" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E8" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F8" s="1">
         <v>3776</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="B9" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E9" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F9" s="1">
         <v>3500</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="B10" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E10" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F10" s="1">
         <v>2680</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="B11" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E11" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F11" s="1">
         <v>2920</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="B12" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E12" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F12" s="1">
         <v>3500</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="B13" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E13" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F13" s="1">
         <v>3602</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="B14" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E14" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F14" s="1">
         <v>3520</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="B15" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E15" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F15" s="1">
         <v>2973</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="B16" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E16" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F16" s="1">
         <v>3914</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="B17" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E17" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F17" s="1">
         <v>3736</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="B18" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E18" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F18" s="1">
         <v>3924</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="B19" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E19" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F19" s="1">
         <v>3314</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="B20" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E20" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F20" s="1">
         <v>3250</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="B21" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E21" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F21" s="1">
         <v>3654</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="B22" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E22" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F22" s="1">
         <v>3620</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="B23" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E23" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F23" s="1">
         <v>3674</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="B24" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E24" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F24" s="1">
         <v>3936</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="B25" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E25" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F25" s="1">
         <v>3432</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="B26" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E26" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F26" s="1">
         <v>3786</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="B27" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E27" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F27" s="1">
         <v>3534</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="B28" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E28" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F28" s="1">
         <v>3624</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="B29" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E29" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F29" s="1">
         <v>3500</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="B30" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E30" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F30" s="1">
         <v>3660</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="B31" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E31" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F31" s="1">
         <v>1798</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B32" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E32" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F32" s="1">
         <v>3696</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="B33" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E33" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F33" s="1">
         <v>3948</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="B34" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E34" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F34" s="1">
         <v>3530</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="B35" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E35" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F35" s="1">
         <v>3542</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="B36" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E36" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F36" s="1">
         <v>3656</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="B37" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E37" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F37" s="1">
         <v>3452</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="B38" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E38" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F38" s="1">
         <v>3464</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="B39" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E39" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F39" s="1">
         <v>3550</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="B40" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E40" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F40" s="1">
         <v>3450</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="B41" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E41" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F41" s="1">
         <v>3648</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
+        <v>473</v>
+      </c>
+      <c r="B42" t="s">
         <v>470</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E42" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F42" s="1">
         <v>2649</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="B43" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E43" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F43" s="1">
         <v>3662</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="B44" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E44" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F44" s="1">
         <v>3726</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="B45" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E45" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F45" s="1">
         <v>3414</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="B46" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E46" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F46" s="1">
         <v>3410</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="B47" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E47" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F47" s="1">
         <v>3660</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="B48" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E48" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F48" s="1">
         <v>3555</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B49" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E49" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F49" s="1">
         <v>3830</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B50" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E50" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F50" s="1">
         <v>3710</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="B51" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E51" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F51" s="1">
         <v>3468</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="B52" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E52" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F52" s="1">
         <v>3956</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="B53" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E53" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F53" s="1">
         <v>3500</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="B54" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E54" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F54" s="1">
         <v>3478</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="B55" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E55" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F55" s="1">
         <v>2864</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="B56" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E56" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F56" s="1">
         <v>2588</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="B57" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E57" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F57" s="1">
         <v>3116</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="B58" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E58" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F58" s="1">
         <v>2792</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="B59" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E59" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F59" s="1">
         <v>3376</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="B60" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E60" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F60" s="1">
         <v>2456</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B61" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E61" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F61" s="1">
         <v>2368</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B62" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E62" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F62" s="1">
         <v>3272</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B63" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E63" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F63" s="1">
         <v>3312</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B64" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E64" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F64" s="1">
         <v>2220</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B65" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E65" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F65" s="1">
         <v>3064</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B66" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E66" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F66" s="1">
         <v>2924</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B67" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E67" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F67" s="1">
         <v>3460</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B68" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E68" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F68" s="1">
         <v>3125</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B69" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E69" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F69" s="1">
         <v>2852</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B70" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E70" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F70" s="1">
         <v>3448</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B71" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E71" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F71" s="1">
         <v>2640</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B72" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E72" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F72" s="1">
         <v>2910</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B73" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E73" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F73" s="1">
         <v>3310</v>
+      </c>
+    </row>
+    <row r="74" spans="1:7">
+      <c r="A74" t="s">
+        <v>465</v>
+      </c>
+      <c r="B74" t="s">
+        <v>404</v>
+      </c>
+      <c r="C74" t="s">
+        <v>10</v>
+      </c>
+      <c r="D74" t="s">
+        <v>483</v>
+      </c>
+      <c r="E74" t="s">
+        <v>513</v>
+      </c>
+      <c r="F74" s="1">
+        <v>3440</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet24.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G8"/>
+  <dimension ref="A1:G9"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F1" sqref="F1:F8"/>
+      <selection activeCell="F1" sqref="F1:F9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="E1" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B2" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E2" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F2" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B3" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E3" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F3" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="B4" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E4" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F4" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B5" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E5" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F5" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B6" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E6" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F6" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B7" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E7" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F7" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B8" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E8" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F8" s="1">
         <v>3</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7">
+      <c r="A9" t="s">
+        <v>465</v>
+      </c>
+      <c r="B9" t="s">
+        <v>404</v>
+      </c>
+      <c r="C9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D9" t="s">
+        <v>483</v>
+      </c>
+      <c r="E9" t="s">
+        <v>514</v>
+      </c>
+      <c r="F9" s="1">
+        <v>7</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet25.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G10"/>
+  <dimension ref="A1:G11"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F1" sqref="F1:F10"/>
+      <selection activeCell="F1" sqref="F1:F11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="E1" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B2" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E2" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F2" s="1">
         <v>3064</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B3" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E3" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F3" s="1">
         <v>3472</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="B4" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E4" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F4" s="1">
         <v>1776</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B5" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E5" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F5" s="1">
         <v>3162</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B6" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E6" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F6" s="1">
         <v>3161</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B7" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E7" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F7" s="1">
         <v>3640</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B8" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E8" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F8" s="1">
         <v>3190</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B9" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E9" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F9" s="1">
         <v>3240</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B10" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E10" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F10" s="1">
         <v>3420</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7">
+      <c r="A11" t="s">
+        <v>465</v>
+      </c>
+      <c r="B11" t="s">
+        <v>404</v>
+      </c>
+      <c r="C11" t="s">
+        <v>10</v>
+      </c>
+      <c r="D11" t="s">
+        <v>483</v>
+      </c>
+      <c r="E11" t="s">
+        <v>515</v>
+      </c>
+      <c r="F11" s="1">
+        <v>3730</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet26.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G72"/>
+  <dimension ref="A1:G73"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F1" sqref="F1:F72"/>
+      <selection activeCell="F1" sqref="F1:F73"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="E1" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="B2" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E2" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F2" s="1">
         <v>1570</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="B3" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E3" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F3" s="1">
         <v>1690</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="B4" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E4" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F4" s="1">
         <v>1780</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="B5" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E5" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F5" s="1">
         <v>1770</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="B6" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E6" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F6" s="1">
         <v>1725</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="B7" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E7" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F7" s="1">
         <v>1801</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="B8" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E8" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F8" s="1">
         <v>1778</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="B9" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E9" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F9" s="1">
         <v>1400</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="B10" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E10" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F10" s="1">
         <v>1477</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="B11" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E11" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F11" s="1">
         <v>1486</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="B12" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E12" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F12" s="1">
         <v>1800</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="B13" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E13" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F13" s="1">
         <v>1582</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="B14" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E14" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F14" s="1">
         <v>1760</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="B15" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E15" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F15" s="1">
         <v>1693</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="B16" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E16" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F16" s="1">
         <v>1775</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="B17" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E17" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F17" s="1">
         <v>1735</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="B18" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E18" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F18" s="1">
         <v>1817</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="B19" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E19" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F19" s="1">
         <v>1689</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="B20" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E20" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F20" s="1">
         <v>1777</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="B21" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E21" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F21" s="1">
         <v>1904</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="B22" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E22" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F22" s="1">
         <v>1708</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="B23" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E23" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F23" s="1">
         <v>1612</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="B24" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E24" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F24" s="1">
         <v>1654</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="B25" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E25" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F25" s="1">
         <v>1728</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="B26" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E26" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F26" s="1">
         <v>1739</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="B27" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E27" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F27" s="1">
         <v>1572</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="B28" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E28" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F28" s="1">
         <v>1735</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="B29" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E29" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F29" s="1">
         <v>1722</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="B30" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E30" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F30" s="1">
         <v>1748</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B31" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E31" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F31" s="1">
         <v>1865</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="B32" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E32" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F32" s="1">
         <v>1702</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="B33" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E33" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F33" s="1">
         <v>1882</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="B34" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E34" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F34" s="1">
         <v>1586</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="B35" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E35" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F35" s="1">
         <v>1567</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="B36" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E36" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F36" s="1">
         <v>1826</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="B37" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E37" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F37" s="1">
         <v>1811</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="B38" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E38" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F38" s="1">
         <v>1670</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="B39" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E39" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F39" s="1">
         <v>1490</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="B40" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E40" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F40" s="1">
         <v>1645</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
+        <v>473</v>
+      </c>
+      <c r="B41" t="s">
         <v>470</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E41" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F41" s="1">
         <v>1422</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="B42" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E42" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F42" s="1">
         <v>1750</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="B43" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E43" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F43" s="1">
         <v>1735</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="B44" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E44" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F44" s="1">
         <v>1730</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="B45" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E45" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F45" s="1">
         <v>1700</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="B46" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E46" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F46" s="1">
         <v>1833</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="B47" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E47" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F47" s="1">
         <v>1617.72</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B48" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E48" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F48" s="1">
-        <v>1857.47</v>
+        <v>1805.73</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B49" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E49" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F49" s="1">
-        <v>1805.73</v>
+        <v>1857.47</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="B50" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E50" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F50" s="1">
         <v>1759.23</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="B51" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E51" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F51" s="1">
         <v>1794.54</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="B52" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E52" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F52" s="1">
         <v>2023.08</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="B53" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E53" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F53" s="1">
         <v>1764.5</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="B54" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E54" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F54" s="1">
         <v>1582.33</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="B55" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E55" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F55" s="1">
         <v>1755.19</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="B56" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E56" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F56" s="1">
         <v>1565.05</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="B57" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E57" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F57" s="1">
         <v>1693.51</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="B58" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E58" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F58" s="1">
         <v>1352</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="B59" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E59" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F59" s="1">
         <v>2061</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B60" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E60" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F60" s="1">
         <v>1820</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B61" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E61" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F61" s="1">
         <v>1622</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B62" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E62" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F62" s="1">
         <v>1748</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B63" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E63" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F63" s="1">
         <v>1856</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B64" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E64" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F64" s="1">
         <v>1548</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B65" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E65" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F65" s="1">
         <v>1831</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B66" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E66" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F66" s="1">
         <v>1761</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B67" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E67" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F67" s="1">
         <v>1839</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B68" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E68" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F68" s="1">
         <v>1795</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B69" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E69" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F69" s="1">
         <v>1809</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B70" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E70" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F70" s="1">
         <v>1794</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B71" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E71" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F71" s="1">
         <v>1822</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B72" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E72" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F72" s="1">
         <v>1739</v>
+      </c>
+    </row>
+    <row r="73" spans="1:7">
+      <c r="A73" t="s">
+        <v>465</v>
+      </c>
+      <c r="B73" t="s">
+        <v>404</v>
+      </c>
+      <c r="C73" t="s">
+        <v>10</v>
+      </c>
+      <c r="D73" t="s">
+        <v>483</v>
+      </c>
+      <c r="E73" t="s">
+        <v>516</v>
+      </c>
+      <c r="F73" s="1">
+        <v>1765</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet27.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G5"/>
+  <dimension ref="A1:G7"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F1" sqref="F1:F5"/>
+      <selection activeCell="F1" sqref="F1:F7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="E1" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B2" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
       <c r="E2" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="F2" s="1">
         <v>2.3</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B3" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
       <c r="E3" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="F3" s="1">
         <v>4.4</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B4" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
       <c r="E4" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="F4" s="1">
         <v>4.1</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B5" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
       <c r="E5" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="F5" s="1">
         <v>5.2</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7">
+      <c r="A6" t="s">
+        <v>464</v>
+      </c>
+      <c r="B6" t="s">
+        <v>404</v>
+      </c>
+      <c r="C6" t="s">
+        <v>10</v>
+      </c>
+      <c r="D6" t="s">
+        <v>517</v>
+      </c>
+      <c r="E6" t="s">
+        <v>518</v>
+      </c>
+      <c r="F6" s="1">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7">
+      <c r="A7" t="s">
+        <v>465</v>
+      </c>
+      <c r="B7" t="s">
+        <v>404</v>
+      </c>
+      <c r="C7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D7" t="s">
+        <v>517</v>
+      </c>
+      <c r="E7" t="s">
+        <v>518</v>
+      </c>
+      <c r="F7" s="1">
+        <v>4</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet28.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G73"/>
+  <dimension ref="A1:G74"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F1" sqref="F1:F73"/>
+      <selection activeCell="F1" sqref="F1:F74"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="E1" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="B2" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E2" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F2" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="B3" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E3" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F3" s="1">
         <v>0.12</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="B4" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E4" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F4" s="1">
         <v>6.96</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="B5" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E5" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F5" s="1">
         <v>4.4</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="B6" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E6" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F6" s="1">
         <v>11.3</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="B7" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E7" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F7" s="1">
         <v>0.022</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="B8" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E8" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F8" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="B9" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E9" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F9" s="1">
         <v>0.034</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="B10" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E10" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F10" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="B11" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E11" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F11" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="B12" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E12" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F12" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="B13" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E13" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F13" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="B14" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E14" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F14" s="1">
         <v>0.012</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="B15" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E15" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F15" s="1">
         <v>0.016</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="B16" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E16" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F16" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="B17" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E17" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F17" s="1">
         <v>0.019</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="B18" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E18" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F18" s="1">
         <v>0.009</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="B19" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E19" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F19" s="1">
         <v>0.008</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="B20" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E20" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F20" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="B21" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E21" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F21" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="B22" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E22" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F22" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="B23" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E23" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F23" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="B24" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E24" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F24" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="B25" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E25" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F25" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="B26" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E26" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F26" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="B27" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E27" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F27" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="B28" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E28" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F28" s="1">
         <v>0.043</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="B29" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E29" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F29" s="1">
         <v>0.035</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="B30" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E30" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F30" s="1">
         <v>0.04</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="B31" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E31" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F31" s="1">
         <v>0.074</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B32" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E32" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F32" s="1">
         <v>0.08</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="B33" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E33" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F33" s="1">
         <v>0.062</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="B34" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E34" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F34" s="1">
         <v>0.035</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="B35" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E35" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F35" s="1">
         <v>0.039</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="B36" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E36" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F36" s="1">
         <v>0.003</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="B37" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E37" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F37" s="1">
         <v>0.003</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="B38" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E38" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F38" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="B39" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E39" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F39" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="B40" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E40" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F40" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="B41" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E41" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F41" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
+        <v>473</v>
+      </c>
+      <c r="B42" t="s">
         <v>470</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E42" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F42" s="1">
         <v>0.006</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="B43" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E43" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F43" s="1">
         <v>0.001</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="B44" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E44" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F44" s="1">
         <v>0.007</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="B45" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E45" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F45" s="1">
         <v>0.007</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="B46" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E46" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F46" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="B47" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E47" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F47" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="B48" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E48" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F48" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B49" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E49" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F49" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="B50" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E50" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F50" s="1">
         <v>0.001</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="B51" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E51" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F51" s="1">
         <v>0.021</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="B52" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E52" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F52" s="1">
         <v>0.008</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="B53" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E53" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F53" s="1">
         <v>0.015</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="B54" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E54" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F54" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="B55" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E55" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F55" s="1">
         <v>0.017</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="B56" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E56" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F56" s="1">
         <v>0.021</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="B57" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E57" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F57" s="1">
         <v>0.024</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="B58" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E58" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F58" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="B59" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E59" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F59" s="1">
         <v>0.009</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B60" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E60" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F60" s="1">
         <v>0.048</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B61" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E61" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F61" s="1">
         <v>0.067</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B62" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E62" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F62" s="1">
         <v>0.001</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B63" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E63" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F63" s="1">
         <v>0.001</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B64" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E64" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F64" s="1">
         <v>0.001</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B65" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E65" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F65" s="1">
         <v>0.011</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B66" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E66" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F66" s="1">
         <v>0.016</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="B67" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E67" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F67" s="1">
         <v>0.009</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B68" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E68" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F68" s="1">
         <v>0.046</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B69" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E69" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F69" s="1">
         <v>0.019</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B70" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E70" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F70" s="1">
         <v>0.013</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B71" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E71" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F71" s="1">
         <v>0.039</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B72" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E72" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F72" s="1">
         <v>0.055</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B73" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E73" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F73" s="1">
         <v>0.049</v>
+      </c>
+    </row>
+    <row r="74" spans="1:7">
+      <c r="A74" t="s">
+        <v>465</v>
+      </c>
+      <c r="B74" t="s">
+        <v>404</v>
+      </c>
+      <c r="C74" t="s">
+        <v>10</v>
+      </c>
+      <c r="D74" t="s">
+        <v>483</v>
+      </c>
+      <c r="E74" t="s">
+        <v>519</v>
+      </c>
+      <c r="F74" s="1">
+        <v>0.014</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G61"/>
+  <dimension ref="A1:G62"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F1" sqref="F1:F61"/>
+      <selection activeCell="F1" sqref="F1:F62"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="E1" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="B2" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E2" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="F2" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
+        <v>407</v>
+      </c>
+      <c r="B3" t="s">
+        <v>404</v>
+      </c>
+      <c r="C3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3" t="s">
         <v>405</v>
       </c>
-      <c r="B3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E3" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="F3" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="B4" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E4" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="F4" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="B5" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E5" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="F5" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="B6" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E6" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="F6" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="B7" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E7" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="F7" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="B8" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E8" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="F8" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="B9" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E9" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="F9" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="B10" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E10" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="F10" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="B11" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E11" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="F11" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="B12" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E12" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="F12" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="B13" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E13" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="F13" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="B14" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E14" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="F14" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="B15" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E15" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="F15" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="B16" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E16" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="F16" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="B17" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E17" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="F17" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="B18" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E18" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="F18" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="B19" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E19" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="F19" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="B20" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E20" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="F20" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="B21" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E21" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="F21" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="B22" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E22" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="F22" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="B23" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E23" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="F23" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="B24" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E24" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="F24" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="B25" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E25" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="F25" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="B26" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E26" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="F26" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="B27" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E27" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="F27" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="B28" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E28" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="F28" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="B29" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E29" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="F29" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="B30" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E30" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="F30" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="B31" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E31" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="F31" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B32" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E32" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="F32" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="B33" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E33" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="F33" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="B34" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E34" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="F34" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="B35" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E35" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="F35" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="B36" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E36" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="F36" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="B37" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E37" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="F37" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="B38" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E38" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="F38" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="B39" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E39" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="F39" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="B40" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E40" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="F40" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="B41" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E41" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="F41" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="B42" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E42" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="F42" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="B43" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E43" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="F43" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="B44" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E44" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="F44" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="B45" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E45" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="F45" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="B46" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E46" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="F46" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="B47" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E47" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="F47" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B48" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E48" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="F48" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B49" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E49" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="F49" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B50" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E50" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="F50" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B51" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E51" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="F51" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B52" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E52" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="F52" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B53" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E53" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="F53" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B54" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E54" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="F54" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="B55" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E55" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="F55" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B56" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E56" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="F56" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B57" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E57" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="F57" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B58" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E58" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="F58" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B59" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E59" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="F59" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B60" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E60" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="F60" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B61" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E61" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="F61" s="1">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="62" spans="1:7">
+      <c r="A62" t="s">
+        <v>465</v>
+      </c>
+      <c r="B62" t="s">
+        <v>404</v>
+      </c>
+      <c r="C62" t="s">
+        <v>10</v>
+      </c>
+      <c r="D62" t="s">
+        <v>405</v>
+      </c>
+      <c r="E62" t="s">
+        <v>466</v>
+      </c>
+      <c r="F62" s="1">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G73"/>
+  <dimension ref="A1:G74"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F1" sqref="F1:F73"/>
+      <selection activeCell="F1" sqref="F1:F74"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="E1" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="B2" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E2" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F2" s="1">
         <v>103</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
+        <v>407</v>
+      </c>
+      <c r="B3" t="s">
+        <v>404</v>
+      </c>
+      <c r="C3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3" t="s">
         <v>405</v>
       </c>
-      <c r="B3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E3" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F3" s="1">
         <v>84</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="B4" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E4" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F4" s="1">
         <v>156</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="B5" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E5" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F5" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="B6" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E6" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F6" s="1">
         <v>207</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="B7" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E7" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F7" s="1">
         <v>185</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="B8" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E8" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F8" s="1">
         <v>194</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="B9" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E9" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F9" s="1">
         <v>181</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="B10" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E10" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F10" s="1">
         <v>178</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="B11" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E11" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F11" s="1">
         <v>172</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="B12" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E12" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F12" s="1">
         <v>161</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="B13" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E13" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F13" s="1">
         <v>181</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="B14" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E14" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F14" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="B15" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E15" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F15" s="1">
         <v>162</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="B16" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E16" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F16" s="1">
         <v>174</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="B17" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E17" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F17" s="1">
         <v>172</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="B18" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E18" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F18" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="B19" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E19" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F19" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="B20" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E20" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F20" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="B21" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E21" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F21" s="1">
         <v>176</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="B22" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E22" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F22" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="B23" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E23" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F23" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="B24" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E24" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F24" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="B25" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E25" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F25" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="B26" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E26" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F26" s="1">
         <v>168</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="B27" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E27" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F27" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="B28" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E28" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F28" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="B29" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E29" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F29" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="B30" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E30" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F30" s="1">
         <v>238</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="B31" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E31" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F31" s="1">
         <v>132</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B32" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E32" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F32" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="B33" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E33" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F33" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="B34" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E34" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F34" s="1">
         <v>176</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="B35" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E35" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F35" s="1">
         <v>173</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="B36" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E36" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F36" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="B37" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E37" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F37" s="1">
         <v>168.3</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="B38" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E38" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F38" s="1">
         <v>183.4</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="B39" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E39" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F39" s="1">
         <v>178</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
+        <v>471</v>
+      </c>
+      <c r="B40" t="s">
+        <v>470</v>
+      </c>
+      <c r="C40" t="s">
+        <v>10</v>
+      </c>
+      <c r="D40" t="s">
+        <v>405</v>
+      </c>
+      <c r="E40" t="s">
         <v>468</v>
-      </c>
-[...10 lines deleted...]
-        <v>465</v>
       </c>
       <c r="F40" s="1">
         <v>174.1</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="B41" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E41" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F41" s="1">
         <v>177.2</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
+        <v>473</v>
+      </c>
+      <c r="B42" t="s">
         <v>470</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E42" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F42" s="1">
         <v>187.4</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="B43" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E43" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F43" s="1">
         <v>166.9</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="B44" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E44" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F44" s="1">
         <v>189.8</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="B45" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E45" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F45" s="1">
         <v>168.8</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="B46" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E46" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F46" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="B47" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E47" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F47" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="B48" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E48" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F48" s="1">
         <v>167</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B49" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E49" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F49" s="1">
         <v>153</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B50" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E50" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F50" s="1">
         <v>155</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="B51" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E51" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F51" s="1">
         <v>182.8</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="B52" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E52" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F52" s="1">
         <v>182.1</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="B53" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E53" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F53" s="1">
         <v>169.6</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="B54" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E54" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F54" s="1">
         <v>169.6</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="B55" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E55" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F55" s="1">
         <v>163</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="B56" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E56" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F56" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="B57" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E57" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F57" s="1">
         <v>169</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="B58" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E58" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F58" s="1">
         <v>173</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="B59" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E59" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F59" s="1">
         <v>174</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="B60" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E60" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F60" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B61" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E61" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F61" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B62" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E62" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F62" s="1">
         <v>174</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B63" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E63" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F63" s="1">
         <v>189</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B64" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E64" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F64" s="1">
         <v>181</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B65" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E65" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F65" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B66" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E66" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F66" s="1">
         <v>175.4</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B67" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E67" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F67" s="1">
         <v>150.7</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B68" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E68" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F68" s="1">
         <v>184.7</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B69" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E69" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F69" s="1">
         <v>172.4</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B70" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E70" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F70" s="1">
         <v>167.6</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B71" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E71" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F71" s="1">
         <v>175.8</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B72" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E72" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F72" s="1">
         <v>181.4</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B73" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="E73" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="F73" s="1">
         <v>176.7</v>
+      </c>
+    </row>
+    <row r="74" spans="1:7">
+      <c r="A74" t="s">
+        <v>465</v>
+      </c>
+      <c r="B74" t="s">
+        <v>404</v>
+      </c>
+      <c r="C74" t="s">
+        <v>10</v>
+      </c>
+      <c r="D74" t="s">
+        <v>405</v>
+      </c>
+      <c r="E74" t="s">
+        <v>468</v>
+      </c>
+      <c r="F74" s="1">
+        <v>169.5</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G73"/>
+  <dimension ref="A1:G74"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F1" sqref="F1:F73"/>
+      <selection activeCell="F1" sqref="F1:F74"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="E1" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="B2" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E2" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F2" s="1">
         <v>0.007</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="B3" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E3" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F3" s="1">
         <v>0.006</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="B4" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E4" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F4" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="B5" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E5" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F5" s="1">
         <v>0.006</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="B6" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E6" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F6" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="B7" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E7" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F7" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="B8" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E8" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F8" s="1">
         <v>0.051</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="B9" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E9" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F9" s="1">
         <v>0.026</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="B10" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E10" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F10" s="1">
         <v>0.036</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="B11" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E11" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F11" s="1">
         <v>0.064</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="B12" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E12" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F12" s="1">
         <v>0.038</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="B13" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E13" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F13" s="1">
         <v>0.067</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="B14" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E14" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F14" s="1">
         <v>0.062</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="B15" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E15" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F15" s="1">
         <v>0.057</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="B16" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E16" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F16" s="1">
         <v>0.065</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="B17" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E17" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F17" s="1">
         <v>0.079</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="B18" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E18" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F18" s="1">
         <v>0.06</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="B19" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E19" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F19" s="1">
         <v>0.06</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="B20" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E20" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F20" s="1">
         <v>0.033</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="B21" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E21" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F21" s="1">
         <v>0.073</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="B22" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E22" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F22" s="1">
         <v>0.067</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="B23" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E23" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F23" s="1">
         <v>0.061</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="B24" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E24" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F24" s="1">
         <v>0.067</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="B25" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E25" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F25" s="1">
         <v>0.06</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="B26" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E26" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F26" s="1">
         <v>0.031</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="B27" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E27" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F27" s="1">
         <v>0.068</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="B28" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E28" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F28" s="1">
         <v>0.083</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="B29" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E29" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F29" s="1">
         <v>0.07</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="B30" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E30" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F30" s="1">
         <v>0.056</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="B31" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E31" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F31" s="1">
         <v>0.037</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B32" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E32" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F32" s="1">
         <v>0.421</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="B33" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E33" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F33" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="B34" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E34" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F34" s="1">
         <v>0.061</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="B35" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E35" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F35" s="1">
         <v>0.099</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="B36" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E36" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F36" s="1">
         <v>0.062</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="B37" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E37" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F37" s="1">
         <v>0.054</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="B38" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E38" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F38" s="1">
         <v>0.06</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="B39" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E39" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F39" s="1">
         <v>0.052</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="B40" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E40" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F40" s="1">
         <v>0.041</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="B41" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E41" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F41" s="1">
         <v>0.064</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
+        <v>473</v>
+      </c>
+      <c r="B42" t="s">
         <v>470</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E42" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F42" s="1">
         <v>0.059</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="B43" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E43" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F43" s="1">
         <v>0.051</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="B44" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E44" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F44" s="1">
         <v>0.1</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="B45" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E45" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F45" s="1">
         <v>0.052</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="B46" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E46" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F46" s="1">
         <v>0.064</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="B47" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E47" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F47" s="1">
         <v>0.077</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="B48" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E48" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F48" s="1">
         <v>0.06</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B49" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E49" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F49" s="1">
         <v>0.074</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B50" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E50" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F50" s="1">
         <v>0.096</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="B51" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E51" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F51" s="1">
         <v>0.033</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="B52" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E52" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F52" s="1">
         <v>0.128</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="B53" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E53" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F53" s="1">
         <v>0.06</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="B54" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E54" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F54" s="1">
         <v>0.118</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="B55" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E55" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F55" s="1">
         <v>0.069</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="B56" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E56" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F56" s="1">
         <v>0.077</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="B57" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E57" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F57" s="1">
         <v>0.071</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="B58" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E58" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F58" s="1">
         <v>0.097</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="B59" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E59" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F59" s="1">
         <v>0.089</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="B60" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E60" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F60" s="1">
         <v>0.075</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B61" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E61" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F61" s="1">
         <v>0.103</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B62" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E62" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F62" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B63" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E63" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F63" s="1">
         <v>0.059</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B64" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E64" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F64" s="1">
         <v>0.056</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B65" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E65" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F65" s="1">
         <v>0.046</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B66" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E66" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F66" s="1">
         <v>0.002</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B67" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E67" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F67" s="1">
         <v>0.047</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B68" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E68" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F68" s="1">
         <v>0.06</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B69" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E69" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F69" s="1">
         <v>0.059</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B70" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E70" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F70" s="1">
         <v>0.059</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B71" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E71" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F71" s="1">
         <v>0.064</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B72" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E72" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F72" s="1">
         <v>0.058</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B73" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E73" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="F73" s="1">
+        <v>0.056</v>
+      </c>
+    </row>
+    <row r="74" spans="1:7">
+      <c r="A74" t="s">
+        <v>465</v>
+      </c>
+      <c r="B74" t="s">
+        <v>404</v>
+      </c>
+      <c r="C74" t="s">
+        <v>10</v>
+      </c>
+      <c r="D74" t="s">
+        <v>483</v>
+      </c>
+      <c r="E74" t="s">
+        <v>484</v>
+      </c>
+      <c r="F74" s="1">
         <v>0.056</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G14"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="E1" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="B2" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E2" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="F2" s="1">
         <v>216.9</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="B3" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E3" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="F3" s="1">
         <v>212.2</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="B4" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E4" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="F4" s="1">
         <v>216.1</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
+        <v>473</v>
+      </c>
+      <c r="B5" t="s">
         <v>470</v>
       </c>
-      <c r="B5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E5" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="F5" s="1">
         <v>228.5</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="B6" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E6" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="F6" s="1">
         <v>203.5</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="B7" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E7" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="F7" s="1">
         <v>231.3</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="B8" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E8" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="F8" s="1">
         <v>205.8</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="B9" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E9" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="F9" s="1">
         <v>238</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="B10" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E10" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="F10" s="1">
         <v>201</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B11" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E11" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="F11" s="1">
         <v>234</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B12" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E12" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="F12" s="1">
         <v>219</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="B13" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E13" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="F13" s="1">
         <v>207</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="B14" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E14" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="F14" s="1">
         <v>210</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G72"/>
+  <dimension ref="A1:G73"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F1" sqref="F1:F72"/>
+      <selection activeCell="F1" sqref="F1:F73"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="E1" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="B2" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E2" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F2" s="1">
         <v>66</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="B3" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E3" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F3" s="1">
         <v>142</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="B4" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E4" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F4" s="1">
         <v>278</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="B5" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E5" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F5" s="1">
         <v>314</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="B6" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E6" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F6" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="B7" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E7" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F7" s="1">
         <v>254.8</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="B8" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E8" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F8" s="1">
         <v>260.44</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="B9" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E9" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F9" s="1">
         <v>285</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="B10" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E10" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F10" s="1">
         <v>225.2</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="B11" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E11" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F11" s="1">
         <v>281.34</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="B12" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E12" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F12" s="1">
         <v>275.05</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="B13" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E13" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F13" s="1">
         <v>331.12</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="B14" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E14" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F14" s="1">
         <v>330.17</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="B15" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E15" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F15" s="1">
         <v>344.2</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="B16" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E16" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F16" s="1">
         <v>316.85</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="B17" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E17" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F17" s="1">
         <v>325.99</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="B18" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E18" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F18" s="1">
         <v>301.57</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="B19" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E19" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F19" s="1">
         <v>326.76</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="B20" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E20" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F20" s="1">
         <v>287.9</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="B21" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E21" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F21" s="1">
         <v>326.09</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="B22" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E22" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F22" s="1">
         <v>286.4</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="B23" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E23" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F23" s="1">
         <v>294.49</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="B24" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E24" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F24" s="1">
         <v>291.37</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="B25" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E25" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F25" s="1">
         <v>302.67</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="B26" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E26" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F26" s="1">
         <v>286.48</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="B27" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E27" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F27" s="1">
         <v>320.56</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="B28" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E28" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F28" s="1">
         <v>294.4</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="B29" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E29" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F29" s="1">
         <v>296.72</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="B30" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E30" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F30" s="1">
         <v>269.02</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="B31" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E31" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F31" s="1">
         <v>327.45</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B32" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E32" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F32" s="1">
         <v>290.85</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="B33" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E33" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F33" s="1">
         <v>345.15</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="B34" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E34" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F34" s="1">
         <v>322.84</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="B35" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E35" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F35" s="1">
         <v>317.49</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="B36" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E36" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F36" s="1">
         <v>277.89</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="B37" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E37" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F37" s="1">
         <v>280.07</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="B38" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E38" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F38" s="1">
         <v>233.19</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="B39" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E39" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F39" s="1">
         <v>370</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="B40" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E40" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F40" s="1">
         <v>318</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="B41" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E41" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F41" s="1">
         <v>261.55</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
+        <v>473</v>
+      </c>
+      <c r="B42" t="s">
         <v>470</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E42" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F42" s="1">
         <v>235.6</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="B43" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E43" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F43" s="1">
         <v>285.65</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="B44" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E44" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F44" s="1">
         <v>285.55</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="B45" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E45" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F45" s="1">
         <v>315.8</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="B46" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E46" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F46" s="1">
         <v>425</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="B47" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E47" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F47" s="1">
         <v>287</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="B48" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E48" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F48" s="1">
         <v>256.45</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B49" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E49" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F49" s="1">
         <v>624</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B50" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E50" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F50" s="1">
         <v>355</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="B51" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E51" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F51" s="1">
         <v>274.9</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="B52" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E52" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F52" s="1">
         <v>267.96</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="B53" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E53" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F53" s="1">
         <v>253.78</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="B54" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E54" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F54" s="1">
         <v>267.91</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="B55" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E55" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F55" s="1">
         <v>282.08</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="B56" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E56" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F56" s="1">
         <v>286.9</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="B57" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E57" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F57" s="1">
         <v>264.65</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="B58" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E58" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F58" s="1">
         <v>258.47</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="B59" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E59" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F59" s="1">
         <v>271.25</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="B60" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E60" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F60" s="1">
         <v>269.4</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B61" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E61" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F61" s="1">
         <v>252.42</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B62" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E62" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F62" s="1">
         <v>268.02</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B63" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E63" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F63" s="1">
         <v>253.83</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B64" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E64" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F64" s="1">
         <v>255.69</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B65" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E65" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F65" s="1">
         <v>241.16</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B66" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E66" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F66" s="1">
         <v>246.7</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B67" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E67" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F67" s="1">
         <v>256.8</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B68" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E68" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F68" s="1">
         <v>249.7</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B69" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E69" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F69" s="1">
         <v>262.719</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B70" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E70" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F70" s="1">
         <v>261.894</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B71" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E71" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F71" s="1">
         <v>261.555</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B72" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E72" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F72" s="1">
         <v>262.519</v>
+      </c>
+    </row>
+    <row r="73" spans="1:7">
+      <c r="A73" t="s">
+        <v>465</v>
+      </c>
+      <c r="B73" t="s">
+        <v>404</v>
+      </c>
+      <c r="C73" t="s">
+        <v>10</v>
+      </c>
+      <c r="D73" t="s">
+        <v>483</v>
+      </c>
+      <c r="E73" t="s">
+        <v>486</v>
+      </c>
+      <c r="F73" s="1">
+        <v>241.862</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G12"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="E1" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="B2" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E2" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F2" s="1">
         <v>0.2</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="B3" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E3" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F3" s="1">
         <v>0.2</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="B4" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E4" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F4" s="1">
         <v>0.2</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
+        <v>473</v>
+      </c>
+      <c r="B5" t="s">
         <v>470</v>
       </c>
-      <c r="B5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E5" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F5" s="1">
         <v>0.2</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="B6" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E6" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F6" s="1">
         <v>0.2</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="B7" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E7" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F7" s="1">
         <v>0.2</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="B8" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E8" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F8" s="1">
         <v>0.2</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="B9" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E9" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F9" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B10" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E10" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F10" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="B11" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E11" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F11" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="B12" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E12" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F12" s="1">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G73"/>
+  <dimension ref="A1:G74"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F1" sqref="F1:F73"/>
+      <selection activeCell="F1" sqref="F1:F74"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="E1" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="B2" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E2" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F2" s="1">
         <v>328</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="B3" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E3" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F3" s="1">
         <v>356</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="B4" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E4" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F4" s="1">
         <v>308</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="B5" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E5" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F5" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="B6" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E6" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F6" s="1">
         <v>355</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="B7" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E7" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F7" s="1">
         <v>373</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="B8" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E8" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F8" s="1">
         <v>360.8</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="B9" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E9" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F9" s="1">
         <v>355.2</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="B10" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E10" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F10" s="1">
         <v>342.3</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="B11" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E11" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F11" s="1">
         <v>317.5</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="B12" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E12" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F12" s="1">
         <v>402.3</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="B13" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E13" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F13" s="1">
         <v>340.7</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="B14" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E14" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F14" s="1">
         <v>333.9</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="B15" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E15" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F15" s="1">
         <v>305.2</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="B16" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E16" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F16" s="1">
         <v>422.1</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="B17" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E17" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F17" s="1">
         <v>372.7</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="B18" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E18" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F18" s="1">
         <v>461</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="B19" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E19" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F19" s="1">
         <v>404.7</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="B20" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E20" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F20" s="1">
         <v>449</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="B21" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E21" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F21" s="1">
         <v>387.7</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="B22" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E22" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F22" s="1">
         <v>365</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="B23" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E23" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F23" s="1">
         <v>395.1</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="B24" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E24" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F24" s="1">
         <v>507.7</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="B25" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E25" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F25" s="1">
         <v>509</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="B26" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E26" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F26" s="1">
         <v>410</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="B27" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E27" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F27" s="1">
         <v>418.5</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="B28" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E28" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F28" s="1">
         <v>425.6</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="B29" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E29" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F29" s="1">
         <v>388</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="B30" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E30" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F30" s="1">
         <v>427.7</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="B31" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E31" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F31" s="1">
         <v>382.1</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B32" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E32" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F32" s="1">
         <v>423.6</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="B33" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E33" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F33" s="1">
         <v>541.2</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="B34" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E34" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F34" s="1">
         <v>388</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="B35" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E35" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F35" s="1">
         <v>403.8</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="B36" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E36" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F36" s="1">
         <v>386.8</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="B37" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E37" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F37" s="1">
         <v>335.6</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="B38" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E38" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F38" s="1">
         <v>411.6</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="B39" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E39" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F39" s="1">
         <v>509</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="B40" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E40" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F40" s="1">
         <v>440</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="B41" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E41" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F41" s="1">
         <v>403</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
+        <v>473</v>
+      </c>
+      <c r="B42" t="s">
         <v>470</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E42" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F42" s="1">
         <v>490</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="B43" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E43" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F43" s="1">
         <v>410</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="B44" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E44" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F44" s="1">
         <v>385</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="B45" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E45" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F45" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="B46" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E46" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F46" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="B47" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E47" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F47" s="1">
         <v>398</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="B48" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E48" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F48" s="1">
         <v>372.21</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B49" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E49" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F49" s="1">
-        <v>418.35</v>
+        <v>417.71</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B50" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E50" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F50" s="1">
-        <v>417.71</v>
+        <v>418.35</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="B51" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E51" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F51" s="1">
         <v>388.76</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="B52" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E52" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F52" s="1">
         <v>405.36</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="B53" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E53" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F53" s="1">
         <v>396.49</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="B54" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E54" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F54" s="1">
         <v>374.39</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="B55" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E55" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F55" s="1">
         <v>371.62</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="B56" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E56" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F56" s="1">
         <v>377.64</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="B57" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E57" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F57" s="1">
         <v>329.54</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="B58" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E58" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F58" s="1">
         <v>334.69</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="B59" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E59" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F59" s="1">
         <v>338.6</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="B60" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E60" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F60" s="1">
         <v>446.7</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B61" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E61" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F61" s="1">
         <v>433.6</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B62" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E62" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F62" s="1">
         <v>346.5</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B63" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E63" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F63" s="1">
         <v>390.4</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B64" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E64" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F64" s="1">
         <v>403.2</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B65" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E65" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F65" s="1">
         <v>301.3</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B66" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E66" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F66" s="1">
         <v>371.2</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="B67" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E67" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F67" s="1">
         <v>435.5</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B68" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E68" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F68" s="1">
         <v>411.6</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B69" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E69" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F69" s="1">
         <v>335.8</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B70" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E70" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F70" s="1">
         <v>383.4</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B71" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E71" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F71" s="1">
         <v>389.4</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B72" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E72" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F72" s="1">
         <v>398.4</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B73" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E73" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F73" s="1">
         <v>336.1</v>
+      </c>
+    </row>
+    <row r="74" spans="1:7">
+      <c r="A74" t="s">
+        <v>465</v>
+      </c>
+      <c r="B74" t="s">
+        <v>404</v>
+      </c>
+      <c r="C74" t="s">
+        <v>10</v>
+      </c>
+      <c r="D74" t="s">
+        <v>483</v>
+      </c>
+      <c r="E74" t="s">
+        <v>488</v>
+      </c>
+      <c r="F74" s="1">
+        <v>406.5</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>