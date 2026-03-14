--- v1 (2025-12-15)
+++ v2 (2026-03-14)
@@ -66,51 +66,51 @@
     <sheet name="AFQ - ConductividadTerreno" sheetId="11" r:id="rId14"/>
     <sheet name="AFQ - Densidad" sheetId="12" r:id="rId15"/>
     <sheet name="AFQ - DensidadTerreno" sheetId="13" r:id="rId16"/>
     <sheet name="AFQ - Hierro" sheetId="14" r:id="rId17"/>
     <sheet name="AFQ - Magnesio" sheetId="15" r:id="rId18"/>
     <sheet name="AFQ - Manganeso" sheetId="16" r:id="rId19"/>
     <sheet name="AFQ - NitrogenoNitrato" sheetId="17" r:id="rId20"/>
     <sheet name="AFQ - NitrogenoNitritos" sheetId="18" r:id="rId21"/>
     <sheet name="AFQ - pH" sheetId="19" r:id="rId22"/>
     <sheet name="AFQ - PhTerreno" sheetId="20" r:id="rId23"/>
     <sheet name="AFQ - Potasio" sheetId="21" r:id="rId24"/>
     <sheet name="AFQ - Sodio" sheetId="22" r:id="rId25"/>
     <sheet name="AFQ - SolidosDisueltosTotales" sheetId="23" r:id="rId26"/>
     <sheet name="AFQ - SolidosSuspendidosTotales" sheetId="24" r:id="rId27"/>
     <sheet name="AFQ - SolidosTotales" sheetId="25" r:id="rId28"/>
     <sheet name="AFQ - Sulfato" sheetId="26" r:id="rId29"/>
     <sheet name="AFQ - Temperatura recepción" sheetId="27" r:id="rId30"/>
     <sheet name="AFQ - Zinc" sheetId="28" r:id="rId31"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="520">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="523">
   <si>
     <t>Fecha</t>
   </si>
   <si>
     <t>Compañia</t>
   </si>
   <si>
     <t>Punto de monitoreo</t>
   </si>
   <si>
     <t>Tipo nivel</t>
   </si>
   <si>
     <t>Nivel (msnm)</t>
   </si>
   <si>
     <t>Cota Punto Referencia (msnm)</t>
   </si>
   <si>
     <t>Nivel bajo referencia (m)</t>
   </si>
   <si>
     <t>Comentarios</t>
   </si>
   <si>
@@ -1266,50 +1266,59 @@
     <t>2025-06-14 09:51:00</t>
   </si>
   <si>
     <t>2025-06-26 11:12:00</t>
   </si>
   <si>
     <t>2025-07-14 10:11:00</t>
   </si>
   <si>
     <t>2025-07-28 09:29:00</t>
   </si>
   <si>
     <t>2025-08-11 10:47:00</t>
   </si>
   <si>
     <t>2025-09-11 10:53:00</t>
   </si>
   <si>
     <t>2025-10-13 09:50:00</t>
   </si>
   <si>
     <t>2025-11-10 10:10:00</t>
   </si>
   <si>
     <t>2025-12-12 10:38:00</t>
+  </si>
+  <si>
+    <t>2026-01-05 10:30:00</t>
+  </si>
+  <si>
+    <t>2026-02-09 09:53:00</t>
+  </si>
+  <si>
+    <t>2026-03-09 09:47:00</t>
   </si>
   <si>
     <t>Unidad</t>
   </si>
   <si>
     <t>Item medido</t>
   </si>
   <si>
     <t>Valor</t>
   </si>
   <si>
     <t>2007-07-24 00:00:00</t>
   </si>
   <si>
     <t>ALS</t>
   </si>
   <si>
     <t>mgCaCO3/L</t>
   </si>
   <si>
     <t>AlcalinidadBicarbonato</t>
   </si>
   <si>
     <t>2007-10-24 00:00:00</t>
   </si>
@@ -1655,62 +1664,64 @@
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#.##0,00"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...4 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
+    <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet22.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet23.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet24.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet25.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet27.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet28.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -2082,54 +2093,54 @@
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H386"/>
+  <dimension ref="A1:H389"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E1" sqref="E1:E386"/>
+      <selection activeCell="E1" sqref="E1:E389"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -9650,89 +9661,89 @@
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
         <v>10</v>
       </c>
       <c r="D329" t="s">
         <v>11</v>
       </c>
       <c r="E329" s="1">
         <v>2323.246</v>
       </c>
       <c r="F329" t="s">
         <v>139</v>
       </c>
       <c r="G329">
         <v>80.724</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
         <v>344</v>
       </c>
       <c r="B330" t="s">
-        <v>9</v>
+        <v>285</v>
       </c>
       <c r="C330" t="s">
         <v>10</v>
       </c>
       <c r="D330" t="s">
         <v>11</v>
       </c>
       <c r="E330" s="1">
-        <v>2323.26</v>
+        <v>2323.251</v>
       </c>
       <c r="F330" t="s">
         <v>139</v>
       </c>
       <c r="G330">
-        <v>80.71</v>
+        <v>80.719</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
         <v>344</v>
       </c>
       <c r="B331" t="s">
-        <v>285</v>
+        <v>9</v>
       </c>
       <c r="C331" t="s">
         <v>10</v>
       </c>
       <c r="D331" t="s">
         <v>11</v>
       </c>
       <c r="E331" s="1">
-        <v>2323.251</v>
+        <v>2323.26</v>
       </c>
       <c r="F331" t="s">
         <v>139</v>
       </c>
       <c r="G331">
-        <v>80.719</v>
+        <v>80.71</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
         <v>345</v>
       </c>
       <c r="B332" t="s">
         <v>285</v>
       </c>
       <c r="C332" t="s">
         <v>10</v>
       </c>
       <c r="D332" t="s">
         <v>11</v>
       </c>
       <c r="E332" s="1">
         <v>2322.302</v>
       </c>
       <c r="F332" t="s">
         <v>139</v>
       </c>
       <c r="G332">
         <v>81.668</v>
       </c>
     </row>
@@ -10951,34428 +10962,34549 @@
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
         <v>399</v>
       </c>
       <c r="B386" t="s">
         <v>9</v>
       </c>
       <c r="C386" t="s">
         <v>10</v>
       </c>
       <c r="D386" t="s">
         <v>11</v>
       </c>
       <c r="E386" s="1">
         <v>2323.431</v>
       </c>
       <c r="F386" t="s">
         <v>139</v>
       </c>
       <c r="G386">
         <v>80.539</v>
       </c>
     </row>
+    <row r="387" spans="1:8">
+      <c r="A387" t="s">
+        <v>400</v>
+      </c>
+      <c r="B387" t="s">
+        <v>9</v>
+      </c>
+      <c r="C387" t="s">
+        <v>10</v>
+      </c>
+      <c r="D387" t="s">
+        <v>11</v>
+      </c>
+      <c r="E387" s="1">
+        <v>2321.64</v>
+      </c>
+      <c r="F387" t="s">
+        <v>139</v>
+      </c>
+      <c r="G387">
+        <v>82.33</v>
+      </c>
+    </row>
+    <row r="388" spans="1:8">
+      <c r="A388" t="s">
+        <v>401</v>
+      </c>
+      <c r="B388" t="s">
+        <v>9</v>
+      </c>
+      <c r="C388" t="s">
+        <v>10</v>
+      </c>
+      <c r="D388" t="s">
+        <v>11</v>
+      </c>
+      <c r="E388" s="1">
+        <v>2323.428</v>
+      </c>
+      <c r="F388" t="s">
+        <v>139</v>
+      </c>
+      <c r="G388">
+        <v>80.542</v>
+      </c>
+    </row>
+    <row r="389" spans="1:8">
+      <c r="A389" t="s">
+        <v>402</v>
+      </c>
+      <c r="B389" t="s">
+        <v>9</v>
+      </c>
+      <c r="C389" t="s">
+        <v>10</v>
+      </c>
+      <c r="D389" t="s">
+        <v>11</v>
+      </c>
+      <c r="E389" s="1">
+        <v>2323.419</v>
+      </c>
+      <c r="F389" t="s">
+        <v>139</v>
+      </c>
+      <c r="G389">
+        <v>80.551</v>
+      </c>
+    </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G74"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F74"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="E1" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="B2" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E2" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F2" s="1">
         <v>3880</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="B3" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E3" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F3" s="1">
         <v>4270</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="B4" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E4" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F4" s="1">
         <v>4140</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="B5" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E5" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F5" s="1">
         <v>4170</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="B6" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E6" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F6" s="1">
         <v>4200</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="B7" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E7" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F7" s="1">
         <v>4150</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="B8" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E8" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F8" s="1">
         <v>4100</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="B9" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E9" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F9" s="1">
         <v>4130</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="B10" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E10" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F10" s="1">
         <v>3740</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="B11" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E11" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F11" s="1">
         <v>4120</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="B12" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E12" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F12" s="1">
         <v>4100</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="B13" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E13" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F13" s="1">
         <v>3600</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="B14" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E14" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F14" s="1">
         <v>4140</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="B15" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E15" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F15" s="1">
         <v>4140</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="B16" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E16" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F16" s="1">
         <v>4160</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="B17" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E17" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F17" s="1">
         <v>4130</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="B18" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E18" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F18" s="1">
         <v>4120</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="B19" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E19" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F19" s="1">
         <v>4120</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="B20" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E20" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F20" s="1">
         <v>4110</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="B21" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E21" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F21" s="1">
         <v>4090</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="B22" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E22" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F22" s="1">
         <v>4070</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="B23" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E23" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F23" s="1">
         <v>4110</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="B24" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E24" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F24" s="1">
         <v>4110</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="B25" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E25" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F25" s="1">
         <v>4080</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="B26" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E26" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F26" s="1">
         <v>4130</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="B27" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E27" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F27" s="1">
         <v>4080</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="B28" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E28" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F28" s="1">
         <v>4020</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="B29" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E29" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F29" s="1">
         <v>4080</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="B30" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E30" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F30" s="1">
         <v>4130</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="B31" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E31" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F31" s="1">
         <v>4030</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="B32" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E32" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F32" s="1">
         <v>4020</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="B33" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E33" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F33" s="1">
         <v>3850</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="B34" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E34" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F34" s="1">
         <v>4000</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="B35" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E35" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F35" s="1">
         <v>3930</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="B36" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E36" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F36" s="1">
         <v>4430</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="B37" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E37" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F37" s="1">
         <v>4000</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="B38" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E38" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F38" s="1">
         <v>4200</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="B39" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E39" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F39" s="1">
         <v>4220</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="B40" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E40" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F40" s="1">
         <v>4230</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="B41" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E41" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F41" s="1">
         <v>4120</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
+        <v>476</v>
+      </c>
+      <c r="B42" t="s">
         <v>473</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E42" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F42" s="1">
         <v>3790</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="B43" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E43" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F43" s="1">
         <v>3950</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="B44" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E44" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F44" s="1">
         <v>3820</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="B45" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E45" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F45" s="1">
         <v>4060</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B46" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E46" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F46" s="1">
         <v>4240</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="B47" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E47" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F47" s="1">
         <v>4165</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="B48" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E48" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F48" s="1">
         <v>4240</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="B49" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E49" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F49" s="1">
         <v>4217</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="B50" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E50" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F50" s="1">
         <v>4235</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="B51" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E51" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F51" s="1">
         <v>4080</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="B52" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E52" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F52" s="1">
         <v>4070</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="B53" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E53" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F53" s="1">
         <v>4110</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="B54" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E54" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F54" s="1">
         <v>3960</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="B55" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E55" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F55" s="1">
         <v>4090</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="B56" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E56" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F56" s="1">
         <v>4060</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B57" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E57" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F57" s="1">
         <v>4110</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="B58" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E58" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F58" s="1">
         <v>4080</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="B59" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E59" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F59" s="1">
         <v>4220</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="B60" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E60" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F60" s="1">
         <v>3790</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="B61" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E61" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F61" s="1">
         <v>4280</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="B62" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E62" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F62" s="1">
         <v>4240</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="B63" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E63" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F63" s="1">
         <v>4160</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="B64" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E64" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F64" s="1">
         <v>4200</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="B65" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E65" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F65" s="1">
         <v>4540</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="B66" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E66" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F66" s="1">
         <v>4200</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="B67" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E67" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F67" s="1">
         <v>4180</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="B68" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E68" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F68" s="1">
         <v>4190</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="B69" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E69" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F69" s="1">
         <v>4170</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="B70" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E70" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F70" s="1">
         <v>4330</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="B71" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E71" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F71" s="1">
         <v>3990</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="B72" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E72" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F72" s="1">
         <v>4200</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="B73" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E73" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F73" s="1">
         <v>4180</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="B74" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C74" t="s">
         <v>10</v>
       </c>
       <c r="D74" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E74" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F74" s="1">
         <v>4451</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G107"/>
+  <dimension ref="A1:G109"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F1" sqref="F1:F107"/>
+      <selection activeCell="F1" sqref="F1:F109"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="E1" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E2" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F2" s="1">
         <v>4000</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
+        <v>495</v>
+      </c>
+      <c r="B3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3" t="s">
         <v>492</v>
       </c>
-      <c r="B3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E3" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F3" s="1">
         <v>4100</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E4" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F4" s="1">
         <v>4100</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E5" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F5" s="1">
         <v>4100</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E6" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F6" s="1">
         <v>4100</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E7" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F7" s="1">
         <v>4200</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E8" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F8" s="1">
         <v>4200</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E9" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F9" s="1">
         <v>3600</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E10" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F10" s="1">
         <v>4300</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E11" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F11" s="1">
         <v>4100</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E12" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F12" s="1">
         <v>4040</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E13" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F13" s="1">
         <v>4110</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E14" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F14" s="1">
         <v>4390</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E15" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F15" s="1">
         <v>3930</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E16" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F16" s="1">
         <v>3790</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E17" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F17" s="1">
         <v>4300</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E18" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F18" s="1">
         <v>4900</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E19" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F19" s="1">
         <v>4080</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E20" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F20" s="1">
         <v>4080</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E21" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F21" s="1">
         <v>4000</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E22" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F22" s="1">
         <v>3840</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E23" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F23" s="1">
         <v>4200</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E24" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F24" s="1">
         <v>4300</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E25" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F25" s="1">
         <v>4100</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E26" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F26" s="1">
         <v>4090</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E27" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F27" s="1">
         <v>4220</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E28" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F28" s="1">
         <v>3830</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E29" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F29" s="1">
         <v>4170</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E30" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F30" s="1">
         <v>3980</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E31" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F31" s="1">
         <v>4220</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E32" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F32" s="1">
         <v>3940</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E33" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F33" s="1">
         <v>4060</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E34" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F34" s="1">
         <v>4000</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E35" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F35" s="1">
         <v>4200</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E36" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F36" s="1">
         <v>4200</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E37" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F37" s="1">
         <v>4000</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
+        <v>497</v>
+      </c>
+      <c r="B38" t="s">
+        <v>473</v>
+      </c>
+      <c r="C38" t="s">
+        <v>10</v>
+      </c>
+      <c r="D38" t="s">
+        <v>492</v>
+      </c>
+      <c r="E38" t="s">
         <v>494</v>
       </c>
-      <c r="B38" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F38" s="1">
-        <v>4140</v>
+        <v>4120</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
+        <v>497</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>10</v>
+      </c>
+      <c r="D39" t="s">
+        <v>492</v>
+      </c>
+      <c r="E39" t="s">
         <v>494</v>
       </c>
-      <c r="B39" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F39" s="1">
-        <v>4120</v>
+        <v>4140</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="B40" t="s">
-        <v>470</v>
+        <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E40" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F40" s="1">
-        <v>4300</v>
+        <v>4050</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="B41" t="s">
-        <v>9</v>
+        <v>473</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E41" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F41" s="1">
-        <v>4050</v>
+        <v>4300</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="B42" t="s">
-        <v>470</v>
+        <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E42" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F42" s="1">
-        <v>4010</v>
+        <v>3950</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="B43" t="s">
-        <v>9</v>
+        <v>473</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E43" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F43" s="1">
-        <v>3950</v>
+        <v>4010</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
+        <v>476</v>
+      </c>
+      <c r="B44" t="s">
         <v>473</v>
       </c>
-      <c r="B44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E44" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F44" s="1">
         <v>3974</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E45" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F45" s="1">
         <v>4195</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="B46" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E46" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F46" s="1">
         <v>4310</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="B47" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E47" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F47" s="1">
         <v>3945</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E48" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F48" s="1">
         <v>4250</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B49" t="s">
-        <v>478</v>
+        <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E49" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F49" s="1">
-        <v>4150</v>
+        <v>4130</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B50" t="s">
-        <v>9</v>
+        <v>481</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E50" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F50" s="1">
-        <v>4130</v>
+        <v>4150</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="B51" t="s">
-        <v>9</v>
+        <v>481</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E51" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F51" s="1">
-        <v>4240</v>
+        <v>4890</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="B52" t="s">
-        <v>478</v>
+        <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E52" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F52" s="1">
-        <v>4890</v>
+        <v>4240</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="B53" t="s">
-        <v>9</v>
+        <v>407</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E53" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F53" s="1">
         <v>4180</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="B54" t="s">
-        <v>404</v>
+        <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E54" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F54" s="1">
         <v>4180</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="B55" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E55" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F55" s="1">
         <v>3570</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E56" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F56" s="1">
         <v>4140</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="B57" t="s">
-        <v>495</v>
+        <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E57" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F57" s="1">
         <v>4090</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="B58" t="s">
-        <v>9</v>
+        <v>498</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E58" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F58" s="1">
         <v>4090</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="B59" t="s">
-        <v>404</v>
+        <v>9</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E59" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F59" s="1">
-        <v>3900</v>
+        <v>4160</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="B60" t="s">
-        <v>9</v>
+        <v>407</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E60" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F60" s="1">
-        <v>4160</v>
+        <v>3900</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="B61" t="s">
-        <v>9</v>
+        <v>498</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E61" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F61" s="1">
-        <v>4200</v>
+        <v>4220</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="B62" t="s">
-        <v>495</v>
+        <v>9</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E62" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F62" s="1">
-        <v>4220</v>
+        <v>4200</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="B63" t="s">
-        <v>9</v>
+        <v>498</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E63" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F63" s="1">
-        <v>4150</v>
+        <v>4160</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="B64" t="s">
-        <v>495</v>
+        <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E64" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F64" s="1">
-        <v>4160</v>
+        <v>4150</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="B65" t="s">
-        <v>496</v>
+        <v>9</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E65" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F65" s="1">
-        <v>3380</v>
+        <v>3360</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="B66" t="s">
-        <v>9</v>
+        <v>499</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E66" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F66" s="1">
-        <v>3360</v>
+        <v>3380</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="B67" t="s">
-        <v>496</v>
+        <v>499</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E67" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F67" s="1">
         <v>4400</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E68" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F68" s="1">
         <v>4390</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B69" t="s">
-        <v>496</v>
+        <v>499</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E69" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F69" s="1">
         <v>4190</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E70" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F70" s="1">
         <v>4170</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="B71" t="s">
-        <v>9</v>
+        <v>285</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E71" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F71" s="1">
-        <v>4140</v>
+        <v>4170</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="B72" t="s">
-        <v>285</v>
+        <v>9</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E72" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F72" s="1">
-        <v>4170</v>
+        <v>4140</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="B73" t="s">
-        <v>9</v>
+        <v>499</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E73" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F73" s="1">
-        <v>4860</v>
+        <v>4900</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="B74" t="s">
-        <v>496</v>
+        <v>9</v>
       </c>
       <c r="C74" t="s">
         <v>10</v>
       </c>
       <c r="D74" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E74" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F74" s="1">
-        <v>4900</v>
+        <v>4860</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="B75" t="s">
-        <v>9</v>
+        <v>285</v>
       </c>
       <c r="C75" t="s">
         <v>10</v>
       </c>
       <c r="D75" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E75" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F75" s="1">
-        <v>4140</v>
+        <v>4145</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="B76" t="s">
-        <v>285</v>
+        <v>9</v>
       </c>
       <c r="C76" t="s">
         <v>10</v>
       </c>
       <c r="D76" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E76" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F76" s="1">
-        <v>4145</v>
+        <v>4140</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="B77" t="s">
-        <v>285</v>
+        <v>9</v>
       </c>
       <c r="C77" t="s">
         <v>10</v>
       </c>
       <c r="D77" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E77" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F77" s="1">
-        <v>4525</v>
+        <v>4540</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="B78" t="s">
-        <v>9</v>
+        <v>285</v>
       </c>
       <c r="C78" t="s">
         <v>10</v>
       </c>
       <c r="D78" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E78" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F78" s="1">
-        <v>4540</v>
+        <v>4525</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="B79" t="s">
-        <v>9</v>
+        <v>285</v>
       </c>
       <c r="C79" t="s">
         <v>10</v>
       </c>
       <c r="D79" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E79" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F79" s="1">
-        <v>5180</v>
+        <v>4635</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="B80" t="s">
-        <v>285</v>
+        <v>9</v>
       </c>
       <c r="C80" t="s">
         <v>10</v>
       </c>
       <c r="D80" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E80" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F80" s="1">
-        <v>4635</v>
+        <v>5180</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="B81" t="s">
-        <v>9</v>
+        <v>285</v>
       </c>
       <c r="C81" t="s">
         <v>10</v>
       </c>
       <c r="D81" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E81" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F81" s="1">
-        <v>4120</v>
+        <v>4445</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="B82" t="s">
-        <v>285</v>
+        <v>9</v>
       </c>
       <c r="C82" t="s">
         <v>10</v>
       </c>
       <c r="D82" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E82" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F82" s="1">
-        <v>4445</v>
+        <v>4120</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="B83" t="s">
-        <v>9</v>
+        <v>285</v>
       </c>
       <c r="C83" t="s">
         <v>10</v>
       </c>
       <c r="D83" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E83" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F83" s="1">
-        <v>4190</v>
+        <v>4270</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="B84" t="s">
-        <v>285</v>
+        <v>9</v>
       </c>
       <c r="C84" t="s">
         <v>10</v>
       </c>
       <c r="D84" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E84" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F84" s="1">
-        <v>4270</v>
+        <v>4190</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="B85" t="s">
         <v>285</v>
       </c>
       <c r="C85" t="s">
         <v>10</v>
       </c>
       <c r="D85" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E85" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F85" s="1"/>
       <c r="G85" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
         <v>10</v>
       </c>
       <c r="D86" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E86" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F86" s="1">
         <v>4440</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="B87" t="s">
-        <v>285</v>
+        <v>9</v>
       </c>
       <c r="C87" t="s">
         <v>10</v>
       </c>
       <c r="D87" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E87" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F87" s="1">
-        <v>4200</v>
+        <v>4210</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="B88" t="s">
-        <v>9</v>
+        <v>285</v>
       </c>
       <c r="C88" t="s">
         <v>10</v>
       </c>
       <c r="D88" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E88" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F88" s="1">
-        <v>4210</v>
+        <v>4200</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="B89" t="s">
-        <v>285</v>
+        <v>9</v>
       </c>
       <c r="C89" t="s">
         <v>10</v>
       </c>
       <c r="D89" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E89" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F89" s="1">
-        <v>4100</v>
+        <v>4160</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="B90" t="s">
-        <v>9</v>
+        <v>285</v>
       </c>
       <c r="C90" t="s">
         <v>10</v>
       </c>
       <c r="D90" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E90" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F90" s="1">
-        <v>4160</v>
+        <v>4100</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
         <v>10</v>
       </c>
       <c r="D91" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E91" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F91" s="1"/>
       <c r="G91" t="s">
-        <v>499</v>
+        <v>502</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="B92" t="s">
-        <v>9</v>
+        <v>285</v>
       </c>
       <c r="C92" t="s">
         <v>10</v>
       </c>
       <c r="D92" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E92" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F92" s="1">
-        <v>4300</v>
+        <v>4220</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="B93" t="s">
-        <v>285</v>
+        <v>9</v>
       </c>
       <c r="C93" t="s">
         <v>10</v>
       </c>
       <c r="D93" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E93" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F93" s="1">
-        <v>4220</v>
+        <v>4300</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
         <v>10</v>
       </c>
       <c r="D94" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E94" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F94" s="1">
         <v>4100</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="B95" t="s">
         <v>285</v>
       </c>
       <c r="C95" t="s">
         <v>10</v>
       </c>
       <c r="D95" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E95" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F95" s="1">
         <v>4220</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="B96" t="s">
-        <v>9</v>
+        <v>285</v>
       </c>
       <c r="C96" t="s">
         <v>10</v>
       </c>
       <c r="D96" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E96" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F96" s="1">
-        <v>4190</v>
+        <v>4180</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="B97" t="s">
-        <v>285</v>
+        <v>9</v>
       </c>
       <c r="C97" t="s">
         <v>10</v>
       </c>
       <c r="D97" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E97" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F97" s="1">
-        <v>4180</v>
+        <v>4190</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
         <v>10</v>
       </c>
       <c r="D98" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E98" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F98" s="1">
         <v>4030</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="B99" t="s">
         <v>285</v>
       </c>
       <c r="C99" t="s">
         <v>10</v>
       </c>
       <c r="D99" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E99" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F99" s="1">
         <v>4300</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="B100" t="s">
         <v>285</v>
       </c>
       <c r="C100" t="s">
         <v>10</v>
       </c>
       <c r="D100" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E100" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F100" s="1">
         <v>4190</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
         <v>10</v>
       </c>
       <c r="D101" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E101" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F101" s="1">
         <v>4210</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
         <v>389</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
         <v>10</v>
       </c>
       <c r="D102" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E102" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F102" s="1">
         <v>4090</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="B103" t="s">
         <v>285</v>
       </c>
       <c r="C103" t="s">
         <v>10</v>
       </c>
       <c r="D103" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E103" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F103" s="1">
         <v>4130</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
         <v>394</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
         <v>10</v>
       </c>
       <c r="D104" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E104" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F104" s="1">
         <v>4220</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="B105" t="s">
         <v>285</v>
       </c>
       <c r="C105" t="s">
         <v>10</v>
       </c>
       <c r="D105" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E105" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F105" s="1">
         <v>4210</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="B106" t="s">
-        <v>285</v>
+        <v>9</v>
       </c>
       <c r="C106" t="s">
         <v>10</v>
       </c>
       <c r="D106" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E106" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F106" s="1">
-        <v>4230</v>
+        <v>4370</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="B107" t="s">
-        <v>9</v>
+        <v>285</v>
       </c>
       <c r="C107" t="s">
         <v>10</v>
       </c>
       <c r="D107" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E107" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="F107" s="1">
-        <v>4370</v>
+        <v>4230</v>
+      </c>
+    </row>
+    <row r="108" spans="1:7">
+      <c r="A108" t="s">
+        <v>400</v>
+      </c>
+      <c r="B108" t="s">
+        <v>285</v>
+      </c>
+      <c r="C108" t="s">
+        <v>10</v>
+      </c>
+      <c r="D108" t="s">
+        <v>492</v>
+      </c>
+      <c r="E108" t="s">
+        <v>494</v>
+      </c>
+      <c r="F108" s="1">
+        <v>4200</v>
+      </c>
+    </row>
+    <row r="109" spans="1:7">
+      <c r="A109" t="s">
+        <v>400</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
+        <v>10</v>
+      </c>
+      <c r="D109" t="s">
+        <v>492</v>
+      </c>
+      <c r="E109" t="s">
+        <v>494</v>
+      </c>
+      <c r="F109" s="1">
+        <v>4290</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G73"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F73"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="E1" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="B2" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E2" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F2" s="1">
         <v>1.03</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="B3" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E3" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F3" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="B4" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E4" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F4" s="1">
         <v>1.002</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="B5" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E5" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F5" s="1">
         <v>1.001</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="B6" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E6" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F6" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="B7" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E7" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F7" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="B8" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E8" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F8" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="B9" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E9" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F9" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="B10" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E10" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F10" s="1">
         <v>1.006</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="B11" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E11" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F11" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="B12" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E12" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F12" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="B13" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E13" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F13" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="B14" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E14" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F14" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="B15" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E15" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F15" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="B16" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E16" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F16" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="B17" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E17" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F17" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="B18" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E18" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F18" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="B19" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E19" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F19" s="1">
         <v>1.02</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="B20" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E20" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F20" s="1">
         <v>1.001</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="B21" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E21" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F21" s="1">
         <v>1.002</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="B22" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E22" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F22" s="1">
         <v>1.057</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="B23" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E23" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F23" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="B24" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E24" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F24" s="1">
         <v>1.004</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="B25" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E25" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F25" s="1">
         <v>1.006</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="B26" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E26" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F26" s="1">
         <v>1.002</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="B27" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E27" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F27" s="1">
         <v>1.01</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="B28" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E28" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F28" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="B29" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E29" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F29" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="B30" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E30" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F30" s="1">
         <v>1.002</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="B31" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E31" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F31" s="1">
         <v>1.001</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="B32" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E32" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F32" s="1">
         <v>0.998</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="B33" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E33" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F33" s="1">
         <v>1.009</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="B34" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E34" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F34" s="1">
         <v>1.007</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="B35" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E35" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F35" s="1">
         <v>1.008</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="B36" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E36" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F36" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="B37" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E37" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F37" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="B38" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E38" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F38" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="B39" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E39" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F39" s="1">
         <v>1.04</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="B40" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E40" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F40" s="1">
         <v>0.99</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="B41" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E41" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F41" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="B42" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E42" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F42" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="B43" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E43" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F43" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="B44" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E44" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F44" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="B45" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E45" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F45" s="1">
         <v>1.01</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B46" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E46" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F46" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="B47" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E47" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F47" s="1">
         <v>1.003</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="B48" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E48" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F48" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="B49" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E49" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F49" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="B50" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E50" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F50" s="1">
         <v>1.001</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="B51" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E51" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F51" s="1">
         <v>1.001</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="B52" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E52" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F52" s="1">
         <v>1.001</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="B53" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E53" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F53" s="1">
         <v>1.002</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="B54" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E54" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F54" s="1">
         <v>1.001</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="B55" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E55" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F55" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B56" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E56" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F56" s="1">
         <v>1.002</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="B57" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E57" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F57" s="1">
         <v>1.004</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="B58" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E58" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F58" s="1">
         <v>1.004</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="B59" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E59" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F59" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="B60" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E60" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F60" s="1">
         <v>1.002</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="B61" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E61" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F61" s="1">
         <v>1.001</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="B62" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E62" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F62" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="B63" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E63" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F63" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="B64" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E64" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F64" s="1">
         <v>1.007</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="B65" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E65" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F65" s="1">
         <v>1.009</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="B66" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E66" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F66" s="1">
         <v>0.997</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="B67" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E67" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F67" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="B68" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E68" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F68" s="1">
         <v>0.999</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="B69" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E69" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F69" s="1">
         <v>0.993</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="B70" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E70" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F70" s="1">
         <v>1.002</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="B71" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E71" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F71" s="1">
         <v>0.999</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="B72" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E72" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F72" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="B73" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E73" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F73" s="1">
         <v>0.996</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G70"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F70"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="E1" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E2" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F2" s="1">
         <v>1.003</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E3" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F3" s="1">
         <v>1.001</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E4" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F4" s="1">
         <v>1.001</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E5" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F5" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E6" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F6" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E7" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F7" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E8" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F8" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E9" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F9" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E10" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F10" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E11" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F11" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E12" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F12" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E13" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F13" s="1">
         <v>1.002</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E14" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F14" s="1">
         <v>1.002</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E15" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F15" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E16" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F16" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E17" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F17" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E18" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F18" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E19" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F19" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E20" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F20" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E21" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F21" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E22" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F22" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E23" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F23" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E24" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F24" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E25" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F25" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E26" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F26" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E27" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F27" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E28" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F28" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E29" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F29" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E30" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F30" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E31" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F31" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E32" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F32" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E33" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F33" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E34" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F34" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E35" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F35" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E36" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F36" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E37" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F37" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>494</v>
+        <v>497</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E38" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F38" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E39" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F39" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E40" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F40" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E41" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F41" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E42" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F42" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E43" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F43" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E44" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F44" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E45" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F45" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E46" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F46" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E47" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F47" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E48" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F48" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E49" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F49" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E50" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F50" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E51" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F51" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E52" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F52" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E53" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F53" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E54" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F54" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E55" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F55" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E56" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F56" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E57" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F57" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E58" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F58" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E59" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F59" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E60" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F60" s="1">
         <v>1.001</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E61" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F61" s="1">
         <v>1.001</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E62" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F62" s="1">
         <v>1.002</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E63" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F63" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E64" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F64" s="1">
         <v>1.001</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E65" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F65" s="1"/>
       <c r="G65" t="s">
-        <v>499</v>
+        <v>502</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E66" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F66" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E67" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F67" s="1">
         <v>1.002</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E68" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F68" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
         <v>394</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E69" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F69" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="E70" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F70" s="1">
         <v>1</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G75"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F75"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="E1" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="B2" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E2" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F2" s="1">
         <v>1.29</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="B3" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E3" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F3" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="B4" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E4" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F4" s="1">
         <v>24.5</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="B5" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E5" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F5" s="1">
         <v>1.03</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="B6" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E6" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F6" s="1">
         <v>4.4</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="B7" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E7" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F7" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="B8" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E8" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F8" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="B9" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E9" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F9" s="1">
         <v>0.11</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="B10" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E10" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F10" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="B11" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E11" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F11" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="B12" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E12" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F12" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="B13" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E13" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F13" s="1">
         <v>0.14</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="B14" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E14" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F14" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="B15" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E15" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F15" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="B16" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E16" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F16" s="1">
         <v>0.19</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="B17" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E17" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F17" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="B18" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E18" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F18" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="B19" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E19" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F19" s="1">
         <v>0.08</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="B20" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E20" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F20" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="B21" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E21" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F21" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="B22" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E22" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F22" s="1">
         <v>0.07</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="B23" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E23" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F23" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="B24" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E24" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F24" s="1">
         <v>0.07</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="B25" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E25" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F25" s="1">
         <v>0.15</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="B26" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E26" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F26" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="B27" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E27" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F27" s="1">
         <v>0.21</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="B28" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E28" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F28" s="1">
         <v>0.4</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="B29" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E29" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F29" s="1">
         <v>0.42</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="B30" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E30" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F30" s="1">
         <v>0.63</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="B31" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E31" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F31" s="1">
         <v>0.32</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="B32" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E32" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F32" s="1">
         <v>0.95</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="B33" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E33" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F33" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="B34" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E34" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F34" s="1">
         <v>0.36</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="B35" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E35" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F35" s="1">
         <v>0.76</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="B36" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E36" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F36" s="1">
         <v>0.39</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="B37" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E37" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F37" s="1">
         <v>1.34</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="B38" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E38" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F38" s="1">
         <v>1.73</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="B39" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E39" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F39" s="1">
         <v>0.43</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="B40" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E40" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F40" s="1">
         <v>0.57</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="B41" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E41" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F41" s="1">
         <v>0.04</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
+        <v>476</v>
+      </c>
+      <c r="B42" t="s">
         <v>473</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E42" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F42" s="1">
         <v>0.021</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="B43" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E43" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F43" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="B44" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E44" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F44" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="B45" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E45" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F45" s="1">
         <v>0.169</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B46" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E46" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F46" s="1">
         <v>1.09</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="B47" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E47" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F47" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="B48" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E48" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F48" s="1">
         <v>0.159</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="B49" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E49" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F49" s="1">
         <v>1.16</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="B50" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E50" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F50" s="1">
         <v>0.732</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="B51" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E51" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F51" s="1">
         <v>0.016</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="B52" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E52" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F52" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="B53" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E53" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F53" s="1">
         <v>0.071</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="B54" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E54" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F54" s="1">
         <v>0.081</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="B55" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E55" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F55" s="1">
         <v>0.123</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="B56" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E56" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F56" s="1">
         <v>0.087</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B57" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E57" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F57" s="1">
         <v>1.231</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="B58" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E58" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F58" s="1">
         <v>1.433</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="B59" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E59" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F59" s="1">
         <v>1.335</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="B60" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E60" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F60" s="1">
         <v>0.737</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="B61" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E61" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F61" s="1">
         <v>4.4</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="B62" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E62" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F62" s="1">
         <v>0.591</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="B63" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E63" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F63" s="1">
         <v>0.069</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="B64" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E64" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F64" s="1">
         <v>0.021</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="B65" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E65" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F65" s="1">
         <v>0.241</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="B66" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E66" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F66" s="1">
         <v>0.041</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="B67" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E67" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F67" s="1">
         <v>0.664</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="B68" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E68" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F68" s="1">
         <v>0.025</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="B69" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E69" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F69" s="1">
         <v>0.143</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="B70" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E70" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F70" s="1">
         <v>0.089</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="B71" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E71" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F71" s="1">
         <v>0.092</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="B72" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E72" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F72" s="1">
         <v>0.04</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="B73" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E73" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F73" s="1">
         <v>0.051</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="B74" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C74" t="s">
         <v>10</v>
       </c>
       <c r="D74" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E74" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F74" s="1">
         <v>0.342</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="B75" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C75" t="s">
         <v>10</v>
       </c>
       <c r="D75" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E75" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="F75" s="1">
         <v>0.892</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G73"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F73"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="E1" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="B2" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E2" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F2" s="1">
         <v>207</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="B3" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E3" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F3" s="1">
         <v>177</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="B4" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E4" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F4" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="B5" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E5" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F5" s="1">
         <v>157</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="B6" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E6" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F6" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="B7" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E7" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F7" s="1">
         <v>266.9</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="B8" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E8" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F8" s="1">
         <v>241.19</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="B9" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E9" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F9" s="1">
         <v>246.98</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="B10" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E10" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F10" s="1">
         <v>232.6</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="B11" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E11" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F11" s="1">
         <v>206</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="B12" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E12" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F12" s="1">
         <v>231.8</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="B13" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E13" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F13" s="1">
         <v>255.8</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="B14" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E14" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F14" s="1">
         <v>244.4</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="B15" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E15" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F15" s="1">
         <v>231.38</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="B16" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E16" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F16" s="1">
         <v>238.45</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="B17" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E17" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F17" s="1">
         <v>225.2</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="B18" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E18" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F18" s="1">
         <v>215.31</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="B19" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E19" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F19" s="1">
         <v>226.65</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="B20" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E20" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F20" s="1">
         <v>214.29</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="B21" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E21" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F21" s="1">
         <v>223.54</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="B22" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E22" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F22" s="1">
         <v>233.84</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="B23" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E23" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F23" s="1">
         <v>234.4</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="B24" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E24" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F24" s="1">
         <v>231.95</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="B25" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E25" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F25" s="1">
         <v>238.19</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="B26" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E26" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F26" s="1">
         <v>215.23</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="B27" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E27" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F27" s="1">
         <v>227.41</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="B28" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E28" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F28" s="1">
         <v>246.03</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="B29" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E29" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F29" s="1">
         <v>253.22</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="B30" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E30" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F30" s="1">
         <v>242.84</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="B31" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E31" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F31" s="1">
         <v>236.09</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="B32" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E32" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F32" s="1">
         <v>215.44</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="B33" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E33" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F33" s="1">
         <v>204.71</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="B34" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E34" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F34" s="1">
         <v>229.83</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="B35" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E35" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F35" s="1">
         <v>245.74</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="B36" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E36" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F36" s="1">
         <v>221.99</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="B37" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E37" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F37" s="1">
         <v>252.69</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="B38" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E38" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F38" s="1">
         <v>226.45</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="B39" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E39" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F39" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="B40" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E40" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F40" s="1">
         <v>243</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="B41" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E41" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F41" s="1">
         <v>242.31</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
+        <v>476</v>
+      </c>
+      <c r="B42" t="s">
         <v>473</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E42" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F42" s="1">
         <v>310.3</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="B43" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E43" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F43" s="1">
         <v>267.58</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="B44" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E44" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F44" s="1">
         <v>258.3</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="B45" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E45" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F45" s="1">
         <v>284.49</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B46" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E46" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F46" s="1">
         <v>237</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="B47" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E47" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F47" s="1">
         <v>247</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="B48" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E48" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F48" s="1">
         <v>235.357</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="B49" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E49" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F49" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="B50" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E50" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F50" s="1">
         <v>328</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="B51" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E51" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F51" s="1">
         <v>243.152</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="B52" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E52" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F52" s="1">
         <v>247.13</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="B53" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E53" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F53" s="1">
         <v>240.587</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="B54" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E54" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F54" s="1">
         <v>227.41</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="B55" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E55" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F55" s="1">
         <v>245.531</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="B56" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E56" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F56" s="1">
         <v>240.123</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B57" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E57" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F57" s="1">
         <v>228.281</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="B58" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E58" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F58" s="1">
         <v>239.316</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="B59" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E59" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F59" s="1">
         <v>224.915</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="B60" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E60" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F60" s="1">
         <v>242.017</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="B61" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E61" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F61" s="1">
         <v>229.995</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="B62" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E62" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F62" s="1">
         <v>232.504</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="B63" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E63" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F63" s="1">
         <v>234.436</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="B64" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E64" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F64" s="1">
         <v>218.013</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="B65" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E65" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F65" s="1">
         <v>206.62</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="B66" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E66" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F66" s="1">
         <v>223.4</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="B67" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E67" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F67" s="1">
         <v>229</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="B68" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E68" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F68" s="1">
         <v>215.4</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="B69" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E69" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F69" s="1">
         <v>236.106</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="B70" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E70" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F70" s="1">
         <v>232.418</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="B71" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E71" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F71" s="1">
         <v>221.027</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="B72" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E72" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F72" s="1">
         <v>222.419</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="B73" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E73" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F73" s="1">
         <v>217.343</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G75"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F75"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="E1" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="B2" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E2" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F2" s="1">
         <v>0.51</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="B3" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E3" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F3" s="1">
         <v>0.84</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="B4" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E4" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F4" s="1">
         <v>0.65</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="B5" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E5" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F5" s="1">
         <v>0.44</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="B6" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E6" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F6" s="1">
         <v>0.34</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="B7" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E7" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F7" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="B8" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E8" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F8" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="B9" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E9" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F9" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="B10" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E10" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F10" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="B11" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E11" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F11" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="B12" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E12" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F12" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="B13" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E13" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F13" s="1">
         <v>0.017</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="B14" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E14" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F14" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="B15" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E15" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F15" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="B16" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E16" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F16" s="1">
         <v>0.007</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="B17" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E17" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F17" s="1">
         <v>0.007</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="B18" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E18" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F18" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="B19" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E19" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F19" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="B20" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E20" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F20" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="B21" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E21" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F21" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="B22" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E22" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F22" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="B23" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E23" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F23" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="B24" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E24" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F24" s="1">
         <v>0.007</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="B25" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E25" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F25" s="1">
         <v>0.015</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="B26" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E26" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F26" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="B27" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E27" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F27" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="B28" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E28" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F28" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="B29" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E29" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F29" s="1">
         <v>0.007</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="B30" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E30" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F30" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="B31" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E31" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F31" s="1">
         <v>0.012</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="B32" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E32" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F32" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="B33" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E33" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F33" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="B34" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E34" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F34" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="B35" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E35" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F35" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="B36" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E36" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F36" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="B37" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E37" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F37" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="B38" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E38" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F38" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="B39" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E39" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F39" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="B40" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E40" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F40" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="B41" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E41" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F41" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
+        <v>476</v>
+      </c>
+      <c r="B42" t="s">
         <v>473</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E42" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F42" s="1">
         <v>0.003</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="B43" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E43" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F43" s="1">
         <v>0.003</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="B44" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E44" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F44" s="1">
         <v>0.003</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="B45" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E45" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F45" s="1">
         <v>0.003</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B46" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E46" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F46" s="1">
         <v>0.016</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="B47" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E47" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F47" s="1">
         <v>0.032</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="B48" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E48" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F48" s="1">
         <v>0.003</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="B49" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E49" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F49" s="1">
         <v>0.011</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="B50" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E50" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F50" s="1">
         <v>0.017</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="B51" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E51" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F51" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="B52" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E52" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F52" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="B53" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E53" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F53" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="B54" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E54" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F54" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="B55" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E55" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F55" s="1">
         <v>0.001</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="B56" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E56" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F56" s="1">
         <v>0.003</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B57" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E57" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F57" s="1">
         <v>0.105</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="B58" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E58" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F58" s="1">
         <v>0.25</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="B59" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E59" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F59" s="1">
         <v>0.089</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="B60" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E60" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F60" s="1">
         <v>0.052</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="B61" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E61" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F61" s="1">
         <v>0.096</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="B62" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E62" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F62" s="1">
         <v>0.039</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="B63" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E63" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F63" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="B64" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E64" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F64" s="1">
         <v>0.008</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="B65" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E65" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F65" s="1">
         <v>0.016</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="B66" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E66" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F66" s="1">
         <v>0.051</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="B67" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E67" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F67" s="1">
         <v>0.028</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="B68" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E68" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F68" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="B69" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E69" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F69" s="1">
         <v>0.002</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="B70" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E70" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F70" s="1">
         <v>0.002</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="B71" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E71" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F71" s="1">
         <v>0.001</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="B72" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E72" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F72" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="B73" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E73" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F73" s="1">
         <v>0.002</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="B74" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C74" t="s">
         <v>10</v>
       </c>
       <c r="D74" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E74" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F74" s="1">
         <v>0.047</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="B75" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C75" t="s">
         <v>10</v>
       </c>
       <c r="D75" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E75" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="F75" s="1">
         <v>0.04</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G75"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F75"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="E1" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="B2" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E2" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F2" s="1">
         <v>0.4</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="B3" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E3" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F3" s="1">
         <v>0.5</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="B4" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E4" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F4" s="1">
         <v>0.18</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="B5" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E5" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F5" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="B6" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E6" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F6" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="B7" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E7" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F7" s="1">
         <v>1.7</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="B8" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E8" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F8" s="1">
         <v>1.7</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="B9" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E9" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F9" s="1">
         <v>1.8</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="B10" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E10" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F10" s="1">
         <v>2.9</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="B11" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E11" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F11" s="1">
         <v>1.7</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="B12" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E12" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F12" s="1">
         <v>1.7</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="B13" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E13" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F13" s="1">
         <v>0.35</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="B14" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E14" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F14" s="1">
         <v>1.9</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="B15" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E15" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F15" s="1">
         <v>1.9</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="B16" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E16" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F16" s="1">
         <v>2.2</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="B17" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E17" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F17" s="1">
         <v>1.9</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="B18" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E18" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F18" s="1">
         <v>1.7</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="B19" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E19" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F19" s="1">
         <v>1.7</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="B20" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E20" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F20" s="1">
         <v>0.4</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="B21" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E21" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F21" s="1">
         <v>0.4</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="B22" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E22" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F22" s="1">
         <v>0.5</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="B23" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E23" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F23" s="1">
         <v>0.4</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="B24" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E24" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F24" s="1">
         <v>0.4</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="B25" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E25" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F25" s="1">
         <v>0.4</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="B26" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E26" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F26" s="1">
         <v>0.4</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="B27" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E27" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F27" s="1">
         <v>0.4</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="B28" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E28" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F28" s="1">
         <v>0.4</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="B29" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E29" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F29" s="1">
         <v>0.4</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="B30" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E30" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F30" s="1">
         <v>0.5</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="B31" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E31" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F31" s="1">
         <v>0.5</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="B32" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E32" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F32" s="1">
         <v>0.4</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="B33" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E33" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F33" s="1">
         <v>1.1</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="B34" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E34" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F34" s="1">
         <v>0.4</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="B35" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E35" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F35" s="1">
         <v>0.4</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="B36" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E36" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F36" s="1">
         <v>0.5</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="B37" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E37" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F37" s="1">
         <v>0.38</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="B38" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E38" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F38" s="1">
         <v>0.82</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="B39" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E39" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F39" s="1">
         <v>0.38</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="B40" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E40" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F40" s="1">
         <v>0.8</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="B41" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E41" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F41" s="1">
         <v>0.39</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
+        <v>476</v>
+      </c>
+      <c r="B42" t="s">
         <v>473</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E42" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F42" s="1">
         <v>0.39</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="B43" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E43" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F43" s="1">
         <v>0.45</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="B44" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E44" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F44" s="1">
         <v>0.42</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="B45" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E45" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F45" s="1">
         <v>0.48</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B46" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E46" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F46" s="1">
         <v>0.35</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="B47" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E47" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F47" s="1">
         <v>0.748</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="B48" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E48" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F48" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="B49" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E49" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F49" s="1">
         <v>1.44</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="B50" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E50" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F50" s="1">
         <v>26.48</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="B51" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E51" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F51" s="1">
         <v>0.41</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="B52" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E52" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F52" s="1">
         <v>0.33</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="B53" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E53" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F53" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="B54" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E54" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F54" s="1">
         <v>0.84</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="B55" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E55" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F55" s="1">
         <v>0.37</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="B56" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E56" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F56" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B57" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E57" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F57" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="B58" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E58" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F58" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="B59" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E59" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F59" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="B60" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E60" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F60" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="B61" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E61" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F61" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="B62" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E62" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F62" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="B63" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E63" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F63" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="B64" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E64" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F64" s="1">
         <v>3.021</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="B65" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E65" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F65" s="1">
         <v>0.77</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="B66" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E66" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F66" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="B67" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E67" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F67" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="B68" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E68" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F68" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="B69" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E69" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F69" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="B70" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E70" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F70" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="B71" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E71" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F71" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="B72" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E72" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F72" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="B73" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E73" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F73" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="B74" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C74" t="s">
         <v>10</v>
       </c>
       <c r="D74" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E74" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F74" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="B75" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C75" t="s">
         <v>10</v>
       </c>
       <c r="D75" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E75" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F75" s="1">
         <v>0.01</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G37"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="E1" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="B2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E2" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F2" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="B3" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E3" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F3" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="B4" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E4" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F4" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
+        <v>476</v>
+      </c>
+      <c r="B5" t="s">
         <v>473</v>
       </c>
-      <c r="B5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E5" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F5" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="B6" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E6" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F6" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="B7" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E7" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F7" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="B8" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E8" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F8" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B9" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E9" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F9" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="B10" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E10" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F10" s="1">
         <v>0.13</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="B11" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E11" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F11" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="B12" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E12" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F12" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="B13" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E13" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F13" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="B14" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E14" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F14" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="B15" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E15" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F15" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="B16" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E16" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F16" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="B17" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E17" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F17" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="B18" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E18" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F18" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B19" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E19" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F19" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="B20" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E20" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F20" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="B21" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E21" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F21" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="B22" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E22" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F22" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="B23" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E23" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F23" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="B24" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E24" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F24" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="B25" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E25" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F25" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="B26" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E26" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F26" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="B27" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E27" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F27" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="B28" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E28" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F28" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="B29" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E29" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F29" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="B30" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E30" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F30" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="B31" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E31" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F31" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="B32" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E32" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F32" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="B33" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E33" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F33" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="B34" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E34" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F34" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="B35" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E35" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F35" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="B36" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E36" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F36" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="B37" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E37" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F37" s="1">
         <v>0.01</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G66"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F66"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="E1" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="B2" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E2" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F2" s="1">
         <v>9.01</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="B3" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E3" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F3" s="1">
         <v>8.73</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="B4" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E4" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F4" s="1">
         <v>7.62</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="B5" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E5" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F5" s="1">
         <v>7.78</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="B6" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E6" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F6" s="1">
         <v>7.42</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="B7" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E7" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F7" s="1">
         <v>7.55</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="B8" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E8" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F8" s="1">
         <v>7.51</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="B9" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E9" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F9" s="1">
         <v>7.49</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="B10" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E10" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F10" s="1">
         <v>7.52</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="B11" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E11" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F11" s="1">
         <v>7.59</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="B12" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E12" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F12" s="1">
         <v>7.69</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="B13" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E13" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F13" s="1">
         <v>7.85</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="B14" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E14" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F14" s="1">
         <v>7.89</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="B15" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E15" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F15" s="1">
         <v>7.41</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="B16" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E16" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F16" s="1">
         <v>7.76</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="B17" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E17" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F17" s="1">
         <v>7.34</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="B18" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E18" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F18" s="1">
         <v>7.76</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="B19" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E19" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F19" s="1">
         <v>7.92</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="B20" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E20" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F20" s="1">
         <v>7.68</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="B21" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E21" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F21" s="1">
         <v>7.34</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="B22" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E22" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F22" s="1">
         <v>7.52</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="B23" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E23" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F23" s="1">
         <v>7.4</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="B24" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E24" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F24" s="1">
         <v>7.39</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="B25" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E25" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F25" s="1">
         <v>7.77</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="B26" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E26" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F26" s="1">
         <v>7.43</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="B27" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E27" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F27" s="1">
         <v>7.41</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="B28" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E28" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F28" s="1">
         <v>7.54</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="B29" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E29" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F29" s="1">
         <v>7.59</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="B30" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E30" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F30" s="1">
         <v>7.55</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="B31" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E31" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F31" s="1">
         <v>7.36</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="B32" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E32" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F32" s="1">
         <v>7.65</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="B33" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E33" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F33" s="1">
         <v>7.96</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="B34" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E34" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F34" s="1">
         <v>7.52</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="B35" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E35" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F35" s="1">
         <v>7.4</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="B36" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E36" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F36" s="1">
         <v>7.58</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="B37" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E37" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F37" s="1">
         <v>7.6</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="B38" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E38" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F38" s="1">
         <v>7.32</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="B39" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E39" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F39" s="1">
         <v>7.4</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="B40" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E40" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F40" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="B41" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E41" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F41" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
+        <v>476</v>
+      </c>
+      <c r="B42" t="s">
         <v>473</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E42" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F42" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="B43" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E43" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F43" s="1">
         <v>7.7</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="B44" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E44" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F44" s="1">
         <v>7.4</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="B45" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E45" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F45" s="1">
         <v>7.8</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="B46" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E46" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F46" s="1">
         <v>7.29</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="B47" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E47" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F47" s="1">
         <v>7.48</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="B48" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E48" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F48" s="1">
         <v>7.77</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="B49" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E49" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F49" s="1">
         <v>7.54</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="B50" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E50" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F50" s="1">
         <v>7.46</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="B51" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E51" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F51" s="1">
         <v>8.43</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="B52" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E52" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F52" s="1">
         <v>7.54</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="B53" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E53" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F53" s="1">
         <v>8.04</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B54" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E54" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F54" s="1">
         <v>7.45</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="B55" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E55" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F55" s="1">
         <v>8.01</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="B56" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E56" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F56" s="1">
         <v>8.32</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="B57" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E57" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F57" s="1">
         <v>8.19</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="B58" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E58" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F58" s="1">
         <v>7.7</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="B59" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E59" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F59" s="1">
         <v>8.1</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="B60" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E60" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F60" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="B61" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E61" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F61" s="1">
         <v>7.75</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="B62" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E62" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F62" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="B63" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E63" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F63" s="1">
         <v>7.4</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="B64" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E64" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F64" s="1">
         <v>7.9</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="B65" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E65" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F65" s="1">
         <v>7.7</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="B66" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E66" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F66" s="1">
         <v>7.4</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G61"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F61"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="E1" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="B2" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E2" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F2" s="1">
         <v>95</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="B3" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E3" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F3" s="1">
         <v>77</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
+        <v>411</v>
+      </c>
+      <c r="B4" t="s">
+        <v>407</v>
+      </c>
+      <c r="C4" t="s">
+        <v>10</v>
+      </c>
+      <c r="D4" t="s">
         <v>408</v>
       </c>
-      <c r="B4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E4" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F4" s="1">
         <v>156</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
+        <v>412</v>
+      </c>
+      <c r="B5" t="s">
+        <v>407</v>
+      </c>
+      <c r="C5" t="s">
+        <v>10</v>
+      </c>
+      <c r="D5" t="s">
+        <v>408</v>
+      </c>
+      <c r="E5" t="s">
         <v>409</v>
-      </c>
-[...10 lines deleted...]
-        <v>406</v>
       </c>
       <c r="F5" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="B6" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E6" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F6" s="1">
         <v>207</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="B7" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E7" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F7" s="1">
         <v>185</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="B8" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E8" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F8" s="1">
         <v>194</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="B9" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E9" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F9" s="1">
         <v>181</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="B10" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E10" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F10" s="1">
         <v>178</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="B11" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E11" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F11" s="1">
         <v>172</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="B12" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E12" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F12" s="1">
         <v>161</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="B13" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E13" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F13" s="1">
         <v>181</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="B14" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E14" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F14" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="B15" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E15" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F15" s="1">
         <v>162</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="B16" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E16" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F16" s="1">
         <v>174</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="B17" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E17" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F17" s="1">
         <v>172</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="B18" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E18" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F18" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="B19" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E19" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F19" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="B20" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E20" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F20" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="B21" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E21" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F21" s="1">
         <v>176</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="B22" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E22" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F22" s="1">
         <v>173</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="B23" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E23" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F23" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="B24" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E24" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F24" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="B25" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E25" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F25" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="B26" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E26" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F26" s="1">
         <v>168</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="B27" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E27" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F27" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="B28" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E28" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F28" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="B29" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E29" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F29" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="B30" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E30" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F30" s="1">
         <v>238</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="B31" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E31" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F31" s="1">
         <v>132</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="B32" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E32" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F32" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="B33" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E33" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F33" s="1">
         <v>167</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="B34" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E34" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F34" s="1">
         <v>176</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="B35" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E35" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F35" s="1">
         <v>173</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="B36" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E36" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F36" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="B37" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E37" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F37" s="1">
         <v>176</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="B38" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E38" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F38" s="1">
         <v>183.4</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="B39" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E39" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F39" s="1">
         <v>167</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="B40" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E40" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F40" s="1">
         <v>169.6</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="B41" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E41" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F41" s="1">
         <v>169.6</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="B42" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E42" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F42" s="1">
         <v>163</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="B43" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E43" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F43" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B44" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E44" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F44" s="1">
         <v>169</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="B45" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E45" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F45" s="1">
         <v>173</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="B46" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E46" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F46" s="1">
         <v>174</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="B47" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E47" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F47" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="B48" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E48" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F48" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="B49" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E49" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F49" s="1">
         <v>174</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="B50" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E50" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F50" s="1">
         <v>189</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="B51" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E51" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F51" s="1">
         <v>181</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="B52" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E52" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F52" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="B53" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E53" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F53" s="1">
         <v>175.4</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="B54" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E54" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F54" s="1">
         <v>150.7</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="B55" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E55" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F55" s="1">
         <v>184.7</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="B56" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E56" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F56" s="1">
         <v>172.4</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="B57" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E57" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F57" s="1">
         <v>167.6</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="B58" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E58" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F58" s="1">
         <v>175.8</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="B59" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E59" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F59" s="1">
         <v>181.4</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="B60" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E60" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F60" s="1">
         <v>176.7</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="B61" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E61" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F61" s="1">
         <v>169.5</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G107"/>
+  <dimension ref="A1:G109"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F1" sqref="F1:F107"/>
+      <selection activeCell="F1" sqref="F1:F109"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="E1" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E2" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F2" s="1">
         <v>7.78</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E3" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F3" s="1">
         <v>7.57</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E4" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F4" s="1">
         <v>7.45</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E5" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F5" s="1">
         <v>7.62</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E6" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F6" s="1">
         <v>7.41</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E7" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F7" s="1">
         <v>8.57</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E8" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F8" s="1">
         <v>7.33</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E9" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F9" s="1">
         <v>7.34</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E10" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F10" s="1">
         <v>7.9</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E11" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F11" s="1">
         <v>7.4</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E12" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F12" s="1">
         <v>7.9</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E13" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F13" s="1">
         <v>7.077</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E14" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F14" s="1">
         <v>7.235</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E15" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F15" s="1">
         <v>7.28</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E16" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F16" s="1">
         <v>7.351</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E17" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F17" s="1">
         <v>7.377</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E18" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F18" s="1">
         <v>7.486</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E19" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F19" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E20" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F20" s="1">
         <v>7.55</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E21" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F21" s="1">
         <v>7.43</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E22" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F22" s="1">
         <v>7.16</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E23" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F23" s="1">
         <v>7.29</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E24" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F24" s="1">
         <v>7.45</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E25" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F25" s="1">
         <v>7.78</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E26" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F26" s="1">
         <v>7.66</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E27" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F27" s="1">
         <v>7.55</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E28" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F28" s="1">
         <v>7.41</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E29" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F29" s="1">
         <v>7.64</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E30" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F30" s="1">
         <v>7.52</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E31" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F31" s="1">
         <v>7.355</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E32" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F32" s="1">
         <v>7.22</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E33" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F33" s="1">
         <v>7.184</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E34" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F34" s="1">
         <v>7.52</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E35" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F35" s="1">
         <v>7.523</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E36" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F36" s="1">
         <v>7.159</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E37" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F37" s="1">
         <v>7.231</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>494</v>
+        <v>497</v>
       </c>
       <c r="B38" t="s">
-        <v>9</v>
+        <v>473</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E38" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F38" s="1">
-        <v>7.209</v>
+        <v>7.47</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>494</v>
+        <v>497</v>
       </c>
       <c r="B39" t="s">
-        <v>470</v>
+        <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E39" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F39" s="1">
-        <v>7.47</v>
+        <v>7.209</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="B40" t="s">
-        <v>9</v>
+        <v>473</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E40" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F40" s="1">
-        <v>7.209</v>
+        <v>7.34</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="B41" t="s">
-        <v>470</v>
+        <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E41" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F41" s="1">
-        <v>7.34</v>
+        <v>7.209</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="B42" t="s">
-        <v>9</v>
+        <v>473</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E42" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F42" s="1">
-        <v>7.184</v>
+        <v>7.46</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="B43" t="s">
-        <v>470</v>
+        <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E43" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F43" s="1">
-        <v>7.46</v>
+        <v>7.184</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
+        <v>476</v>
+      </c>
+      <c r="B44" t="s">
         <v>473</v>
       </c>
-      <c r="B44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E44" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F44" s="1">
         <v>7.78</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E45" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F45" s="1">
         <v>7.317</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E46" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F46" s="1">
         <v>7.93</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="B47" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E47" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F47" s="1">
         <v>7.396</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E48" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F48" s="1">
         <v>7.252</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="B49" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E49" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F49" s="1">
         <v>7.27</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B50" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E50" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F50" s="1">
         <v>7.31</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E51" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F51" s="1">
         <v>7.34</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E52" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F52" s="1">
         <v>7.249</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="B53" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E53" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F53" s="1">
         <v>7.15</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="B54" t="s">
-        <v>9</v>
+        <v>407</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E54" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F54" s="1">
-        <v>7.337</v>
+        <v>7.29</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="B55" t="s">
-        <v>404</v>
+        <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E55" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F55" s="1">
-        <v>7.29</v>
+        <v>7.337</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="B56" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E56" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F56" s="1">
         <v>7.45</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E57" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F57" s="1">
         <v>7.331</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="B58" t="s">
-        <v>9</v>
+        <v>498</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E58" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F58" s="1">
-        <v>7.369</v>
+        <v>6.95</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="B59" t="s">
-        <v>495</v>
+        <v>9</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E59" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F59" s="1">
-        <v>6.95</v>
+        <v>7.369</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E60" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F60" s="1">
         <v>6.9</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="B61" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E61" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F61" s="1">
         <v>7.44</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="B62" t="s">
-        <v>495</v>
+        <v>9</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E62" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F62" s="1">
-        <v>7.55</v>
+        <v>7.569</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="B63" t="s">
-        <v>9</v>
+        <v>498</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E63" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F63" s="1">
-        <v>7.569</v>
+        <v>7.55</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E64" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F64" s="1">
         <v>7.534</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="B65" t="s">
-        <v>495</v>
+        <v>498</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E65" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F65" s="1">
         <v>7.53</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E66" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F66" s="1">
         <v>7.48</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="B67" t="s">
-        <v>496</v>
+        <v>499</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E67" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F67" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="B68" t="s">
-        <v>496</v>
+        <v>9</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E68" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F68" s="1">
-        <v>7.48</v>
+        <v>7.088</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="B69" t="s">
-        <v>9</v>
+        <v>499</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E69" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F69" s="1">
-        <v>7.088</v>
+        <v>7.48</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B70" t="s">
-        <v>9</v>
+        <v>499</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E70" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F70" s="1">
-        <v>7.467</v>
+        <v>7.49</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B71" t="s">
-        <v>496</v>
+        <v>9</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E71" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F71" s="1">
-        <v>7.49</v>
+        <v>7.467</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E72" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F72" s="1">
         <v>7.133</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="B73" t="s">
         <v>285</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E73" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F73" s="1">
         <v>7.43</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
         <v>10</v>
       </c>
       <c r="D74" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E74" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F74" s="1">
         <v>7.968</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="B75" t="s">
-        <v>496</v>
+        <v>499</v>
       </c>
       <c r="C75" t="s">
         <v>10</v>
       </c>
       <c r="D75" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E75" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F75" s="1">
         <v>8.01</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="B76" t="s">
-        <v>9</v>
+        <v>285</v>
       </c>
       <c r="C76" t="s">
         <v>10</v>
       </c>
       <c r="D76" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E76" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F76" s="1">
-        <v>7.726</v>
+        <v>7.47</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="B77" t="s">
-        <v>285</v>
+        <v>9</v>
       </c>
       <c r="C77" t="s">
         <v>10</v>
       </c>
       <c r="D77" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E77" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F77" s="1">
-        <v>7.47</v>
+        <v>7.726</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="B78" t="s">
         <v>285</v>
       </c>
       <c r="C78" t="s">
         <v>10</v>
       </c>
       <c r="D78" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E78" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F78" s="1">
         <v>7.7</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
         <v>10</v>
       </c>
       <c r="D79" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E79" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F79" s="1">
         <v>7.8</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="B80" t="s">
         <v>285</v>
       </c>
       <c r="C80" t="s">
         <v>10</v>
       </c>
       <c r="D80" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E80" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F80" s="1">
         <v>7.36</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
         <v>10</v>
       </c>
       <c r="D81" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E81" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F81" s="1">
         <v>7.276</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
         <v>10</v>
       </c>
       <c r="D82" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E82" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F82" s="1">
         <v>7.3</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="B83" t="s">
         <v>285</v>
       </c>
       <c r="C83" t="s">
         <v>10</v>
       </c>
       <c r="D83" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E83" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F83" s="1">
         <v>7.33</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="B84" t="s">
         <v>285</v>
       </c>
       <c r="C84" t="s">
         <v>10</v>
       </c>
       <c r="D84" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E84" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F84" s="1">
         <v>7.26</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
         <v>10</v>
       </c>
       <c r="D85" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E85" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F85" s="1">
         <v>7.192</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="B86" t="s">
-        <v>285</v>
+        <v>9</v>
       </c>
       <c r="C86" t="s">
         <v>10</v>
       </c>
       <c r="D86" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E86" t="s">
-        <v>510</v>
-[...3 lines deleted...]
-        <v>497</v>
+        <v>513</v>
+      </c>
+      <c r="F86" s="1">
+        <v>7.249</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="B87" t="s">
-        <v>9</v>
+        <v>285</v>
       </c>
       <c r="C87" t="s">
         <v>10</v>
       </c>
       <c r="D87" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E87" t="s">
-        <v>510</v>
-[...2 lines deleted...]
-        <v>7.249</v>
+        <v>513</v>
+      </c>
+      <c r="F87" s="1"/>
+      <c r="G87" t="s">
+        <v>500</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="B88" t="s">
         <v>285</v>
       </c>
       <c r="C88" t="s">
         <v>10</v>
       </c>
       <c r="D88" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E88" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F88" s="1">
         <v>7.29</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
         <v>10</v>
       </c>
       <c r="D89" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E89" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F89" s="1">
         <v>7.259</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="B90" t="s">
-        <v>9</v>
+        <v>285</v>
       </c>
       <c r="C90" t="s">
         <v>10</v>
       </c>
       <c r="D90" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E90" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F90" s="1">
-        <v>7.219</v>
+        <v>7.272</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="B91" t="s">
-        <v>285</v>
+        <v>9</v>
       </c>
       <c r="C91" t="s">
         <v>10</v>
       </c>
       <c r="D91" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E91" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F91" s="1">
-        <v>7.272</v>
+        <v>7.219</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
         <v>10</v>
       </c>
       <c r="D92" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E92" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F92" s="1"/>
       <c r="G92" t="s">
-        <v>499</v>
+        <v>502</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="B93" t="s">
         <v>285</v>
       </c>
       <c r="C93" t="s">
         <v>10</v>
       </c>
       <c r="D93" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E93" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F93" s="1">
         <v>7.322</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
         <v>10</v>
       </c>
       <c r="D94" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E94" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F94" s="1">
         <v>7.227</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="B95" t="s">
-        <v>285</v>
+        <v>9</v>
       </c>
       <c r="C95" t="s">
         <v>10</v>
       </c>
       <c r="D95" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E95" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F95" s="1">
-        <v>7.256</v>
+        <v>7.366</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="B96" t="s">
-        <v>9</v>
+        <v>285</v>
       </c>
       <c r="C96" t="s">
         <v>10</v>
       </c>
       <c r="D96" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E96" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F96" s="1">
-        <v>7.366</v>
+        <v>7.256</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="B97" t="s">
         <v>285</v>
       </c>
       <c r="C97" t="s">
         <v>10</v>
       </c>
       <c r="D97" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E97" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F97" s="1">
         <v>7.091</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
         <v>10</v>
       </c>
       <c r="D98" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E98" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F98" s="1">
         <v>7.063</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="B99" t="s">
         <v>285</v>
       </c>
       <c r="C99" t="s">
         <v>10</v>
       </c>
       <c r="D99" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E99" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F99" s="1">
         <v>7.277</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
         <v>10</v>
       </c>
       <c r="D100" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E100" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F100" s="1">
         <v>7.163</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="B101" t="s">
         <v>285</v>
       </c>
       <c r="C101" t="s">
         <v>10</v>
       </c>
       <c r="D101" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E101" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F101" s="1">
         <v>7.244</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
         <v>389</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
         <v>10</v>
       </c>
       <c r="D102" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E102" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F102" s="1">
         <v>7.136</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="B103" t="s">
         <v>285</v>
       </c>
       <c r="C103" t="s">
         <v>10</v>
       </c>
       <c r="D103" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E103" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F103" s="1">
         <v>7.312</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
         <v>394</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
         <v>10</v>
       </c>
       <c r="D104" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E104" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F104" s="1">
         <v>7.301</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="B105" t="s">
         <v>285</v>
       </c>
       <c r="C105" t="s">
         <v>10</v>
       </c>
       <c r="D105" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E105" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F105" s="1">
         <v>7.328</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="B106" t="s">
-        <v>9</v>
+        <v>285</v>
       </c>
       <c r="C106" t="s">
         <v>10</v>
       </c>
       <c r="D106" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E106" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F106" s="1">
-        <v>7.026</v>
+        <v>7.148</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="B107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C107" t="s">
+        <v>10</v>
+      </c>
+      <c r="D107" t="s">
+        <v>512</v>
+      </c>
+      <c r="E107" t="s">
+        <v>513</v>
+      </c>
+      <c r="F107" s="1">
+        <v>7.026</v>
+      </c>
+    </row>
+    <row r="108" spans="1:7">
+      <c r="A108" t="s">
+        <v>400</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
+        <v>10</v>
+      </c>
+      <c r="D108" t="s">
+        <v>512</v>
+      </c>
+      <c r="E108" t="s">
+        <v>513</v>
+      </c>
+      <c r="F108" s="1">
+        <v>7.215</v>
+      </c>
+    </row>
+    <row r="109" spans="1:7">
+      <c r="A109" t="s">
+        <v>400</v>
+      </c>
+      <c r="B109" t="s">
         <v>285</v>
       </c>
-      <c r="C107" t="s">
-[...9 lines deleted...]
-        <v>7.148</v>
+      <c r="C109" t="s">
+        <v>10</v>
+      </c>
+      <c r="D109" t="s">
+        <v>512</v>
+      </c>
+      <c r="E109" t="s">
+        <v>513</v>
+      </c>
+      <c r="F109" s="1">
+        <v>7.314</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G75"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F75"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="E1" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="B2" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E2" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F2" s="1">
         <v>23</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="B3" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E3" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F3" s="1">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="B4" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E4" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F4" s="1">
         <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="B5" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E5" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F5" s="1">
         <v>26.7</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="B6" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E6" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F6" s="1">
         <v>25.5</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="B7" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E7" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F7" s="1">
         <v>26.64</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="B8" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E8" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F8" s="1">
         <v>25.11</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="B9" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E9" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F9" s="1">
         <v>27.54</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="B10" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E10" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F10" s="1">
         <v>28.37</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="B11" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E11" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F11" s="1">
         <v>23.98</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="B12" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E12" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F12" s="1">
         <v>27.64</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="B13" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E13" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F13" s="1">
         <v>29.1</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="B14" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E14" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F14" s="1">
         <v>26.71</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="B15" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E15" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F15" s="1">
         <v>26.56</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="B16" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E16" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F16" s="1">
         <v>23.74</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="B17" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E17" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F17" s="1">
         <v>28.22</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="B18" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E18" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F18" s="1">
         <v>24.21</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="B19" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E19" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F19" s="1">
         <v>30.17</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="B20" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E20" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F20" s="1">
         <v>25.51</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="B21" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E21" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F21" s="1">
         <v>27.48</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="B22" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E22" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F22" s="1">
         <v>29.22</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="B23" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E23" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F23" s="1">
         <v>25.74</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="B24" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E24" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F24" s="1">
         <v>25.36</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="B25" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E25" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F25" s="1">
         <v>24.38</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="B26" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E26" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F26" s="1">
         <v>27.09</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="B27" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E27" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F27" s="1">
         <v>26.54</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="B28" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E28" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F28" s="1">
         <v>29.24</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="B29" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E29" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F29" s="1">
         <v>31.04</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="B30" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E30" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F30" s="1">
         <v>28.08</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="B31" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E31" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F31" s="1">
         <v>26.18</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="B32" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E32" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F32" s="1">
         <v>26.41</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="B33" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E33" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F33" s="1">
         <v>29.09</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="B34" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E34" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F34" s="1">
         <v>24.94</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="B35" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E35" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F35" s="1">
         <v>24.63</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="B36" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E36" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F36" s="1">
         <v>28.23</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="B37" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E37" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F37" s="1">
         <v>26.27</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="B38" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E38" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F38" s="1">
         <v>25.43</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="B39" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E39" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F39" s="1">
         <v>27</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="B40" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E40" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F40" s="1">
         <v>10.4</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="B41" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E41" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F41" s="1">
         <v>24.02</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
+        <v>476</v>
+      </c>
+      <c r="B42" t="s">
         <v>473</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E42" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F42" s="1">
         <v>24.62</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="B43" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E43" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F43" s="1">
         <v>24.09</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="B44" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E44" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F44" s="1">
         <v>25.6</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="B45" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E45" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F45" s="1">
         <v>27.87</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B46" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E46" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F46" s="1">
         <v>41</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="B47" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E47" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F47" s="1">
         <v>28.8</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="B48" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E48" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F48" s="1">
         <v>23.447</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="B49" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E49" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F49" s="1">
         <v>38.4</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="B50" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E50" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F50" s="1">
         <v>35.5</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="B51" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E51" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F51" s="1">
         <v>27.907</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="B52" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E52" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F52" s="1">
         <v>27.289</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="B53" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E53" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F53" s="1">
         <v>27.236</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="B54" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E54" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F54" s="1">
         <v>26.354</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="B55" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E55" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F55" s="1">
         <v>27.55</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="B56" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E56" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F56" s="1">
         <v>27.078</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B57" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E57" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F57" s="1">
         <v>25.884</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="B58" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E58" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F58" s="1">
         <v>25.151</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="B59" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E59" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F59" s="1">
         <v>28.099</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="B60" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E60" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F60" s="1">
         <v>26.441</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="B61" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E61" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F61" s="1">
         <v>38.3</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="B62" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E62" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F62" s="1">
         <v>26.168</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="B63" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E63" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F63" s="1">
         <v>23.6</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="B64" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E64" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F64" s="1">
         <v>25.302</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="B65" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E65" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F65" s="1">
         <v>24.914</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="B66" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E66" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F66" s="1">
         <v>2.541</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="B67" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E67" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F67" s="1">
         <v>23.95</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="B68" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E68" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F68" s="1">
         <v>30.44</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="B69" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E69" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F69" s="1">
         <v>24.77</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="B70" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E70" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F70" s="1">
         <v>23.43</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="B71" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E71" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F71" s="1">
         <v>25.099</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="B72" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E72" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F72" s="1">
         <v>25.212</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="B73" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E73" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F73" s="1">
         <v>24.522</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="B74" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C74" t="s">
         <v>10</v>
       </c>
       <c r="D74" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E74" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F74" s="1">
         <v>25.154</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="B75" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C75" t="s">
         <v>10</v>
       </c>
       <c r="D75" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E75" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F75" s="1">
         <v>24.256</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G75"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F75"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="E1" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="B2" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E2" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F2" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="B3" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E3" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F3" s="1">
         <v>480</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="B4" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E4" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F4" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="B5" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E5" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F5" s="1">
         <v>403</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="B6" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E6" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F6" s="1">
         <v>430</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="B7" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E7" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F7" s="1">
         <v>383.8</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="B8" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E8" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F8" s="1">
         <v>469.2</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="B9" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E9" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F9" s="1">
         <v>341.58</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="B10" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E10" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F10" s="1">
         <v>352</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="B11" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E11" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F11" s="1">
         <v>356.65</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="B12" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E12" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F12" s="1">
         <v>379</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="B13" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E13" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F13" s="1">
         <v>348.28</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="B14" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E14" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F14" s="1">
         <v>386.62</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="B15" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E15" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F15" s="1">
         <v>432.04</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="B16" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E16" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F16" s="1">
         <v>388.2</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="B17" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E17" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F17" s="1">
         <v>429</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="B18" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E18" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F18" s="1">
         <v>380.34</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="B19" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E19" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F19" s="1">
         <v>419.6</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="B20" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E20" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F20" s="1">
         <v>355</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="B21" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E21" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F21" s="1">
         <v>422.9</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="B22" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E22" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F22" s="1">
         <v>386.4</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="B23" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E23" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F23" s="1">
         <v>373.9</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="B24" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E24" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F24" s="1">
         <v>424.32</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="B25" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E25" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F25" s="1">
         <v>396.27</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="B26" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E26" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F26" s="1">
         <v>419.55</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="B27" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E27" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F27" s="1">
         <v>300.6</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="B28" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E28" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F28" s="1">
         <v>239.38</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="B29" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E29" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F29" s="1">
         <v>373.08</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="B30" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E30" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F30" s="1">
         <v>458.26</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="B31" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E31" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F31" s="1">
         <v>397.65</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="B32" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E32" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F32" s="1">
         <v>353.1</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="B33" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E33" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F33" s="1">
         <v>416.15</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="B34" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E34" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F34" s="1">
         <v>388.99</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="B35" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E35" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F35" s="1">
         <v>396.86</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="B36" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E36" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F36" s="1">
         <v>392.7</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="B37" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E37" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F37" s="1">
         <v>381.02</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="B38" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E38" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F38" s="1">
         <v>379.45</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="B39" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E39" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F39" s="1">
         <v>402</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="B40" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E40" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F40" s="1">
         <v>401</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="B41" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E41" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F41" s="1">
         <v>468.2</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
+        <v>476</v>
+      </c>
+      <c r="B42" t="s">
         <v>473</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E42" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F42" s="1">
         <v>401</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="B43" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E43" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F43" s="1">
         <v>415.75</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="B44" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E44" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F44" s="1">
         <v>437.77</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="B45" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E45" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F45" s="1">
         <v>395.4</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B46" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E46" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F46" s="1">
         <v>351</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="B47" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E47" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F47" s="1">
         <v>423</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="B48" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E48" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F48" s="1">
         <v>379.58</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="B49" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E49" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F49" s="1">
         <v>676</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="B50" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E50" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F50" s="1">
         <v>496</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="B51" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E51" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F51" s="1">
         <v>385.61</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="B52" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E52" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F52" s="1">
         <v>391.6</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="B53" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E53" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F53" s="1">
         <v>383.39</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="B54" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E54" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F54" s="1">
         <v>367.8</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="B55" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E55" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F55" s="1">
         <v>407.32</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="B56" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E56" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F56" s="1">
         <v>408.56</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B57" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E57" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F57" s="1">
         <v>369.39</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="B58" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E58" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F58" s="1">
         <v>409.53</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="B59" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E59" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F59" s="1">
         <v>383.77</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="B60" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E60" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F60" s="1">
         <v>399.44</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="B61" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E61" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F61" s="1">
         <v>408.79</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="B62" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E62" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F62" s="1">
         <v>369.3</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="B63" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E63" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F63" s="1">
         <v>379.97</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="B64" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E64" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F64" s="1">
         <v>366.44</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="B65" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E65" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F65" s="1">
         <v>378.432</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="B66" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E66" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F66" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="B67" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E67" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F67" s="1">
         <v>373.3</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="B68" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E68" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F68" s="1">
         <v>363.4</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="B69" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E69" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F69" s="1">
         <v>379.8</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="B70" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E70" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F70" s="1">
         <v>364.6</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="B71" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E71" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F71" s="1">
         <v>393.595</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="B72" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E72" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F72" s="1">
         <v>400.306</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="B73" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E73" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F73" s="1">
         <v>365.072</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="B74" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C74" t="s">
         <v>10</v>
       </c>
       <c r="D74" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E74" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F74" s="1">
         <v>368.418</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="B75" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C75" t="s">
         <v>10</v>
       </c>
       <c r="D75" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E75" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F75" s="1">
         <v>379.684</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G74"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F74"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="E1" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="B2" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E2" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F2" s="1">
         <v>1790</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="B3" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E3" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F3" s="1">
         <v>3480</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="B4" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E4" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F4" s="1">
         <v>3960</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="B5" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E5" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F5" s="1">
         <v>3880</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="B6" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E6" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F6" s="1">
         <v>3580</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="B7" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E7" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F7" s="1">
         <v>3492</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="B8" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E8" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F8" s="1">
         <v>3776</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="B9" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E9" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F9" s="1">
         <v>3500</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="B10" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E10" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F10" s="1">
         <v>2680</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="B11" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E11" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F11" s="1">
         <v>2920</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="B12" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E12" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F12" s="1">
         <v>3500</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="B13" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E13" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F13" s="1">
         <v>3602</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="B14" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E14" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F14" s="1">
         <v>3520</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="B15" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E15" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F15" s="1">
         <v>2973</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="B16" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E16" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F16" s="1">
         <v>3914</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="B17" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E17" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F17" s="1">
         <v>3736</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="B18" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E18" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F18" s="1">
         <v>3924</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="B19" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E19" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F19" s="1">
         <v>3314</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="B20" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E20" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F20" s="1">
         <v>3250</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="B21" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E21" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F21" s="1">
         <v>3654</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="B22" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E22" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F22" s="1">
         <v>3620</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="B23" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E23" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F23" s="1">
         <v>3674</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="B24" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E24" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F24" s="1">
         <v>3936</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="B25" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E25" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F25" s="1">
         <v>3432</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="B26" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E26" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F26" s="1">
         <v>3786</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="B27" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E27" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F27" s="1">
         <v>3534</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="B28" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E28" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F28" s="1">
         <v>3624</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="B29" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E29" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F29" s="1">
         <v>3500</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="B30" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E30" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F30" s="1">
         <v>3660</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="B31" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E31" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F31" s="1">
         <v>1798</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="B32" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E32" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F32" s="1">
         <v>3696</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="B33" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E33" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F33" s="1">
         <v>3948</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="B34" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E34" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F34" s="1">
         <v>3530</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="B35" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E35" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F35" s="1">
         <v>3542</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="B36" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E36" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F36" s="1">
         <v>3656</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="B37" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E37" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F37" s="1">
         <v>3452</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="B38" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E38" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F38" s="1">
         <v>3464</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="B39" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E39" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F39" s="1">
         <v>3550</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="B40" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E40" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F40" s="1">
         <v>3450</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="B41" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E41" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F41" s="1">
         <v>3648</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
+        <v>476</v>
+      </c>
+      <c r="B42" t="s">
         <v>473</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E42" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F42" s="1">
         <v>2649</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="B43" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E43" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F43" s="1">
         <v>3662</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="B44" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E44" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F44" s="1">
         <v>3726</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="B45" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E45" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F45" s="1">
         <v>3414</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B46" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E46" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F46" s="1">
         <v>3410</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="B47" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E47" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F47" s="1">
         <v>3660</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="B48" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E48" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F48" s="1">
         <v>3555</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="B49" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E49" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F49" s="1">
         <v>3830</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="B50" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E50" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F50" s="1">
         <v>3710</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="B51" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E51" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F51" s="1">
         <v>3468</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="B52" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E52" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F52" s="1">
         <v>3956</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="B53" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E53" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F53" s="1">
         <v>3500</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="B54" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E54" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F54" s="1">
         <v>3478</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="B55" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E55" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F55" s="1">
         <v>2864</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="B56" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E56" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F56" s="1">
         <v>2588</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B57" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E57" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F57" s="1">
         <v>3116</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="B58" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E58" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F58" s="1">
         <v>2792</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="B59" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E59" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F59" s="1">
         <v>3376</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="B60" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E60" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F60" s="1">
         <v>2456</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="B61" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E61" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F61" s="1">
         <v>2368</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="B62" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E62" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F62" s="1">
         <v>3272</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="B63" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E63" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F63" s="1">
         <v>3312</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="B64" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E64" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F64" s="1">
         <v>2220</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="B65" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E65" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F65" s="1">
         <v>3064</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="B66" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E66" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F66" s="1">
         <v>2924</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="B67" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E67" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F67" s="1">
         <v>3460</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="B68" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E68" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F68" s="1">
         <v>3125</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="B69" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E69" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F69" s="1">
         <v>2852</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="B70" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E70" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F70" s="1">
         <v>3448</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="B71" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E71" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F71" s="1">
         <v>2640</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="B72" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E72" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F72" s="1">
         <v>2910</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="B73" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E73" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F73" s="1">
         <v>3310</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="B74" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C74" t="s">
         <v>10</v>
       </c>
       <c r="D74" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E74" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="F74" s="1">
         <v>3440</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet24.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G9"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="E1" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="B2" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E2" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
       <c r="F2" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="B3" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E3" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
       <c r="F3" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="B4" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E4" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
       <c r="F4" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="B5" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E5" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
       <c r="F5" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="B6" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E6" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
       <c r="F6" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="B7" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E7" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
       <c r="F7" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="B8" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E8" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
       <c r="F8" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="B9" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E9" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
       <c r="F9" s="1">
         <v>7</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet25.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G11"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="E1" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="B2" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E2" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="F2" s="1">
         <v>3064</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="B3" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E3" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="F3" s="1">
         <v>3472</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="B4" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E4" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="F4" s="1">
         <v>1776</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="B5" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E5" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="F5" s="1">
         <v>3162</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="B6" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E6" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="F6" s="1">
         <v>3161</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="B7" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E7" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="F7" s="1">
         <v>3640</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="B8" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E8" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="F8" s="1">
         <v>3190</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="B9" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E9" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="F9" s="1">
         <v>3240</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="B10" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E10" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="F10" s="1">
         <v>3420</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="B11" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E11" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="F11" s="1">
         <v>3730</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet26.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G73"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F73"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="E1" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="B2" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E2" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F2" s="1">
         <v>1570</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="B3" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E3" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F3" s="1">
         <v>1690</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="B4" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E4" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F4" s="1">
         <v>1780</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="B5" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E5" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F5" s="1">
         <v>1770</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="B6" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E6" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F6" s="1">
         <v>1725</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="B7" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E7" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F7" s="1">
         <v>1801</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="B8" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E8" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F8" s="1">
         <v>1778</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="B9" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E9" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F9" s="1">
         <v>1400</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="B10" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E10" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F10" s="1">
         <v>1477</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="B11" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E11" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F11" s="1">
         <v>1486</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="B12" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E12" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F12" s="1">
         <v>1800</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="B13" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E13" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F13" s="1">
         <v>1582</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="B14" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E14" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F14" s="1">
         <v>1760</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="B15" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E15" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F15" s="1">
         <v>1693</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="B16" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E16" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F16" s="1">
         <v>1775</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="B17" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E17" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F17" s="1">
         <v>1735</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="B18" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E18" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F18" s="1">
         <v>1817</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="B19" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E19" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F19" s="1">
         <v>1689</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="B20" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E20" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F20" s="1">
         <v>1777</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="B21" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E21" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F21" s="1">
         <v>1904</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="B22" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E22" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F22" s="1">
         <v>1708</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="B23" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E23" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F23" s="1">
         <v>1612</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="B24" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E24" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F24" s="1">
         <v>1654</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="B25" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E25" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F25" s="1">
         <v>1728</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="B26" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E26" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F26" s="1">
         <v>1739</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="B27" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E27" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F27" s="1">
         <v>1572</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="B28" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E28" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F28" s="1">
         <v>1735</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="B29" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E29" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F29" s="1">
         <v>1722</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="B30" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E30" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F30" s="1">
         <v>1748</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="B31" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E31" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F31" s="1">
         <v>1865</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="B32" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E32" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F32" s="1">
         <v>1702</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="B33" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E33" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F33" s="1">
         <v>1882</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="B34" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E34" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F34" s="1">
         <v>1586</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="B35" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E35" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F35" s="1">
         <v>1567</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="B36" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E36" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F36" s="1">
         <v>1826</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="B37" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E37" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F37" s="1">
         <v>1811</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="B38" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E38" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F38" s="1">
         <v>1670</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="B39" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E39" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F39" s="1">
         <v>1490</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="B40" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E40" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F40" s="1">
         <v>1645</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
+        <v>476</v>
+      </c>
+      <c r="B41" t="s">
         <v>473</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E41" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F41" s="1">
         <v>1422</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="B42" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E42" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F42" s="1">
         <v>1750</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="B43" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E43" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F43" s="1">
         <v>1735</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="B44" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E44" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F44" s="1">
         <v>1730</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B45" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E45" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F45" s="1">
         <v>1700</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="B46" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E46" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F46" s="1">
         <v>1833</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="B47" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E47" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F47" s="1">
         <v>1617.72</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="B48" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E48" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F48" s="1">
         <v>1805.73</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="B49" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E49" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F49" s="1">
         <v>1857.47</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="B50" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E50" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F50" s="1">
         <v>1759.23</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="B51" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E51" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F51" s="1">
         <v>1794.54</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="B52" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E52" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F52" s="1">
         <v>2023.08</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="B53" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E53" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F53" s="1">
         <v>1764.5</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="B54" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E54" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F54" s="1">
         <v>1582.33</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="B55" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E55" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F55" s="1">
         <v>1755.19</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B56" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E56" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F56" s="1">
         <v>1565.05</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="B57" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E57" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F57" s="1">
         <v>1693.51</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="B58" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E58" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F58" s="1">
         <v>1352</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="B59" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E59" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F59" s="1">
         <v>2061</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="B60" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E60" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F60" s="1">
         <v>1820</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="B61" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E61" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F61" s="1">
         <v>1622</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="B62" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E62" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F62" s="1">
         <v>1748</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="B63" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E63" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F63" s="1">
         <v>1856</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="B64" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E64" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F64" s="1">
         <v>1548</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="B65" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E65" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F65" s="1">
         <v>1831</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="B66" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E66" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F66" s="1">
         <v>1761</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="B67" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E67" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F67" s="1">
         <v>1839</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="B68" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E68" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F68" s="1">
         <v>1795</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="B69" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E69" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F69" s="1">
         <v>1809</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="B70" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E70" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F70" s="1">
         <v>1794</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="B71" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E71" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F71" s="1">
         <v>1822</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="B72" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E72" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F72" s="1">
         <v>1739</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="B73" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E73" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F73" s="1">
         <v>1765</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet27.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G7"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="E1" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="B2" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="E2" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="F2" s="1">
         <v>2.3</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="B3" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="E3" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="F3" s="1">
         <v>4.4</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="B4" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="E4" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="F4" s="1">
         <v>4.1</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="B5" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="E5" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="F5" s="1">
         <v>5.2</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="B6" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="E6" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="F6" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="B7" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="E7" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="F7" s="1">
         <v>4</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet28.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G74"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F74"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="E1" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="B2" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E2" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F2" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="B3" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E3" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F3" s="1">
         <v>0.12</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="B4" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E4" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F4" s="1">
         <v>6.96</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="B5" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E5" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F5" s="1">
         <v>4.4</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="B6" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E6" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F6" s="1">
         <v>11.3</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="B7" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E7" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F7" s="1">
         <v>0.022</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="B8" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E8" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F8" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="B9" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E9" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F9" s="1">
         <v>0.034</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="B10" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E10" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F10" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="B11" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E11" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F11" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="B12" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E12" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F12" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="B13" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E13" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F13" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="B14" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E14" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F14" s="1">
         <v>0.012</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="B15" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E15" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F15" s="1">
         <v>0.016</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="B16" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E16" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F16" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="B17" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E17" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F17" s="1">
         <v>0.019</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="B18" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E18" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F18" s="1">
         <v>0.009</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="B19" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E19" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F19" s="1">
         <v>0.008</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="B20" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E20" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F20" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="B21" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E21" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F21" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="B22" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E22" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F22" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="B23" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E23" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F23" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="B24" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E24" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F24" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="B25" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E25" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F25" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="B26" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E26" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F26" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="B27" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E27" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F27" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="B28" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E28" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F28" s="1">
         <v>0.043</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="B29" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E29" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F29" s="1">
         <v>0.035</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="B30" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E30" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F30" s="1">
         <v>0.04</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="B31" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E31" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F31" s="1">
         <v>0.074</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="B32" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E32" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F32" s="1">
         <v>0.08</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="B33" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E33" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F33" s="1">
         <v>0.062</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="B34" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E34" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F34" s="1">
         <v>0.035</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="B35" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E35" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F35" s="1">
         <v>0.039</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="B36" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E36" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F36" s="1">
         <v>0.003</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="B37" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E37" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F37" s="1">
         <v>0.003</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="B38" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E38" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F38" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="B39" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E39" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F39" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="B40" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E40" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F40" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="B41" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E41" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F41" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
+        <v>476</v>
+      </c>
+      <c r="B42" t="s">
         <v>473</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E42" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F42" s="1">
         <v>0.006</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="B43" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E43" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F43" s="1">
         <v>0.001</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="B44" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E44" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F44" s="1">
         <v>0.007</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="B45" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E45" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F45" s="1">
         <v>0.007</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B46" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E46" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F46" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="B47" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E47" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F47" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="B48" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E48" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F48" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="B49" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E49" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F49" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="B50" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E50" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F50" s="1">
         <v>0.001</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="B51" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E51" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F51" s="1">
         <v>0.021</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="B52" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E52" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F52" s="1">
         <v>0.008</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="B53" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E53" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F53" s="1">
         <v>0.015</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="B54" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E54" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F54" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="B55" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E55" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F55" s="1">
         <v>0.017</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B56" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E56" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F56" s="1">
         <v>0.021</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="B57" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E57" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F57" s="1">
         <v>0.024</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="B58" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E58" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F58" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="B59" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E59" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F59" s="1">
         <v>0.009</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="B60" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E60" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F60" s="1">
         <v>0.048</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="B61" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E61" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F61" s="1">
         <v>0.067</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="B62" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E62" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F62" s="1">
         <v>0.001</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="B63" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E63" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F63" s="1">
         <v>0.001</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="B64" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E64" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F64" s="1">
         <v>0.001</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="B65" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E65" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F65" s="1">
         <v>0.011</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="B66" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E66" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F66" s="1">
         <v>0.016</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="B67" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E67" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F67" s="1">
         <v>0.009</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="B68" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E68" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F68" s="1">
         <v>0.046</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="B69" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E69" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F69" s="1">
         <v>0.019</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="B70" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E70" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F70" s="1">
         <v>0.013</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="B71" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E71" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F71" s="1">
         <v>0.039</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="B72" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E72" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F72" s="1">
         <v>0.055</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="B73" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E73" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F73" s="1">
         <v>0.049</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="B74" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C74" t="s">
         <v>10</v>
       </c>
       <c r="D74" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E74" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F74" s="1">
         <v>0.014</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G62"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F62"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="E1" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="B2" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E2" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F2" s="1">
         <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="B3" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E3" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F3" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
+        <v>411</v>
+      </c>
+      <c r="B4" t="s">
+        <v>407</v>
+      </c>
+      <c r="C4" t="s">
+        <v>10</v>
+      </c>
+      <c r="D4" t="s">
         <v>408</v>
       </c>
-      <c r="B4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E4" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F4" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="B5" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E5" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F5" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="B6" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E6" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F6" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="B7" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E7" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F7" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="B8" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E8" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F8" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="B9" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E9" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F9" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="B10" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E10" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F10" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="B11" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E11" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F11" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="B12" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E12" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F12" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="B13" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E13" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F13" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="B14" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E14" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F14" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="B15" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E15" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F15" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="B16" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E16" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F16" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="B17" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E17" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F17" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="B18" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E18" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F18" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="B19" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E19" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F19" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="B20" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E20" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F20" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="B21" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E21" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F21" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="B22" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E22" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F22" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="B23" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E23" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F23" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="B24" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E24" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F24" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="B25" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E25" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F25" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="B26" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E26" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F26" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="B27" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E27" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F27" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="B28" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E28" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F28" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="B29" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E29" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F29" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="B30" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E30" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F30" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="B31" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E31" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F31" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="B32" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E32" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F32" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="B33" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E33" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F33" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="B34" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E34" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F34" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="B35" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E35" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F35" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="B36" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E36" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F36" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="B37" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E37" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F37" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="B38" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E38" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F38" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="B39" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E39" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F39" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="B40" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E40" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F40" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="B41" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E41" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F41" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="B42" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E42" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F42" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="B43" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E43" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F43" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B44" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E44" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F44" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="B45" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E45" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F45" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="B46" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E46" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F46" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="B47" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E47" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F47" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="B48" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E48" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F48" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="B49" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E49" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F49" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="B50" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E50" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F50" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="B51" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E51" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F51" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="B52" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E52" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F52" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="B53" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E53" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F53" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="B54" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E54" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F54" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="B55" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E55" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F55" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="B56" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E56" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F56" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="B57" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E57" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F57" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="B58" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E58" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F58" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="B59" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E59" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F59" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="B60" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E60" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F60" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="B61" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E61" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F61" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="B62" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E62" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F62" s="1">
         <v>1</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G74"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F74"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="E1" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="B2" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E2" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F2" s="1">
         <v>103</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="B3" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E3" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F3" s="1">
         <v>84</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
+        <v>411</v>
+      </c>
+      <c r="B4" t="s">
+        <v>407</v>
+      </c>
+      <c r="C4" t="s">
+        <v>10</v>
+      </c>
+      <c r="D4" t="s">
         <v>408</v>
       </c>
-      <c r="B4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E4" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F4" s="1">
         <v>156</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="B5" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E5" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F5" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="B6" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E6" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F6" s="1">
         <v>207</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="B7" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E7" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F7" s="1">
         <v>185</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="B8" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E8" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F8" s="1">
         <v>194</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="B9" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E9" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F9" s="1">
         <v>181</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="B10" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E10" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F10" s="1">
         <v>178</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="B11" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E11" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F11" s="1">
         <v>172</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="B12" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E12" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F12" s="1">
         <v>161</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="B13" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E13" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F13" s="1">
         <v>181</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="B14" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E14" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F14" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="B15" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E15" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F15" s="1">
         <v>162</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="B16" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E16" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F16" s="1">
         <v>174</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="B17" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E17" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F17" s="1">
         <v>172</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="B18" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E18" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F18" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="B19" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E19" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F19" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="B20" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E20" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F20" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="B21" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E21" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F21" s="1">
         <v>176</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="B22" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E22" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F22" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="B23" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E23" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F23" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="B24" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E24" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F24" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="B25" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E25" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F25" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="B26" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E26" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F26" s="1">
         <v>168</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="B27" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E27" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F27" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="B28" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E28" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F28" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="B29" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E29" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F29" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="B30" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E30" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F30" s="1">
         <v>238</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="B31" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E31" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F31" s="1">
         <v>132</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="B32" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E32" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F32" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="B33" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E33" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F33" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="B34" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E34" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F34" s="1">
         <v>176</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="B35" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E35" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F35" s="1">
         <v>173</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="B36" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E36" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F36" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="B37" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E37" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F37" s="1">
         <v>168.3</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="B38" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E38" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F38" s="1">
         <v>183.4</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="B39" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E39" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F39" s="1">
         <v>178</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
+        <v>474</v>
+      </c>
+      <c r="B40" t="s">
+        <v>473</v>
+      </c>
+      <c r="C40" t="s">
+        <v>10</v>
+      </c>
+      <c r="D40" t="s">
+        <v>408</v>
+      </c>
+      <c r="E40" t="s">
         <v>471</v>
-      </c>
-[...10 lines deleted...]
-        <v>468</v>
       </c>
       <c r="F40" s="1">
         <v>174.1</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="B41" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E41" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F41" s="1">
         <v>177.2</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
+        <v>476</v>
+      </c>
+      <c r="B42" t="s">
         <v>473</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E42" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F42" s="1">
         <v>187.4</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="B43" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E43" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F43" s="1">
         <v>166.9</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="B44" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E44" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F44" s="1">
         <v>189.8</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="B45" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E45" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F45" s="1">
         <v>168.8</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B46" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E46" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F46" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="B47" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E47" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F47" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="B48" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E48" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F48" s="1">
         <v>167</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="B49" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E49" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F49" s="1">
         <v>153</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="B50" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E50" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F50" s="1">
         <v>155</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="B51" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E51" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F51" s="1">
         <v>182.8</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="B52" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E52" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F52" s="1">
         <v>182.1</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="B53" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E53" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F53" s="1">
         <v>169.6</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="B54" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E54" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F54" s="1">
         <v>169.6</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="B55" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E55" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F55" s="1">
         <v>163</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="B56" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E56" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F56" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B57" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E57" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F57" s="1">
         <v>169</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="B58" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E58" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F58" s="1">
         <v>173</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="B59" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E59" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F59" s="1">
         <v>174</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="B60" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E60" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F60" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="B61" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E61" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F61" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="B62" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E62" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F62" s="1">
         <v>174</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="B63" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E63" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F63" s="1">
         <v>189</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="B64" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E64" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F64" s="1">
         <v>181</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="B65" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E65" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F65" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="B66" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E66" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F66" s="1">
         <v>175.4</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="B67" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E67" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F67" s="1">
         <v>150.7</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="B68" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E68" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F68" s="1">
         <v>184.7</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="B69" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E69" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F69" s="1">
         <v>172.4</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="B70" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E70" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F70" s="1">
         <v>167.6</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="B71" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E71" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F71" s="1">
         <v>175.8</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="B72" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E72" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F72" s="1">
         <v>181.4</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="B73" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E73" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F73" s="1">
         <v>176.7</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="B74" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C74" t="s">
         <v>10</v>
       </c>
       <c r="D74" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E74" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="F74" s="1">
         <v>169.5</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G74"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F74"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="E1" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="B2" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E2" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F2" s="1">
         <v>0.007</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="B3" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E3" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F3" s="1">
         <v>0.006</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="B4" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E4" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F4" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="B5" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E5" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F5" s="1">
         <v>0.006</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="B6" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E6" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F6" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="B7" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E7" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F7" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="B8" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E8" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F8" s="1">
         <v>0.051</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="B9" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E9" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F9" s="1">
         <v>0.026</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="B10" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E10" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F10" s="1">
         <v>0.036</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="B11" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E11" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F11" s="1">
         <v>0.064</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="B12" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E12" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F12" s="1">
         <v>0.038</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="B13" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E13" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F13" s="1">
         <v>0.067</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="B14" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E14" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F14" s="1">
         <v>0.062</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="B15" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E15" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F15" s="1">
         <v>0.057</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="B16" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E16" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F16" s="1">
         <v>0.065</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="B17" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E17" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F17" s="1">
         <v>0.079</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="B18" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E18" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F18" s="1">
         <v>0.06</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="B19" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E19" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F19" s="1">
         <v>0.06</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="B20" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E20" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F20" s="1">
         <v>0.033</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="B21" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E21" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F21" s="1">
         <v>0.073</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="B22" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E22" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F22" s="1">
         <v>0.067</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="B23" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E23" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F23" s="1">
         <v>0.061</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="B24" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E24" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F24" s="1">
         <v>0.067</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="B25" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E25" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F25" s="1">
         <v>0.06</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="B26" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E26" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F26" s="1">
         <v>0.031</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="B27" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E27" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F27" s="1">
         <v>0.068</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="B28" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E28" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F28" s="1">
         <v>0.083</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="B29" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E29" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F29" s="1">
         <v>0.07</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="B30" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E30" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F30" s="1">
         <v>0.056</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="B31" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E31" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F31" s="1">
         <v>0.037</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="B32" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E32" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F32" s="1">
         <v>0.421</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="B33" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E33" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F33" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="B34" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E34" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F34" s="1">
         <v>0.061</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="B35" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E35" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F35" s="1">
         <v>0.099</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="B36" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E36" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F36" s="1">
         <v>0.062</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="B37" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E37" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F37" s="1">
         <v>0.054</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="B38" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E38" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F38" s="1">
         <v>0.06</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="B39" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E39" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F39" s="1">
         <v>0.052</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="B40" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E40" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F40" s="1">
         <v>0.041</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="B41" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E41" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F41" s="1">
         <v>0.064</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
+        <v>476</v>
+      </c>
+      <c r="B42" t="s">
         <v>473</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E42" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F42" s="1">
         <v>0.059</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="B43" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E43" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F43" s="1">
         <v>0.051</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="B44" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E44" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F44" s="1">
         <v>0.1</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="B45" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E45" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F45" s="1">
         <v>0.052</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B46" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E46" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F46" s="1">
         <v>0.064</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="B47" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E47" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F47" s="1">
         <v>0.077</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="B48" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E48" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F48" s="1">
         <v>0.06</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="B49" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E49" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F49" s="1">
         <v>0.074</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="B50" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E50" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F50" s="1">
         <v>0.096</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="B51" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E51" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F51" s="1">
         <v>0.033</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="B52" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E52" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F52" s="1">
         <v>0.128</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="B53" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E53" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F53" s="1">
         <v>0.06</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="B54" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E54" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F54" s="1">
         <v>0.118</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="B55" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E55" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F55" s="1">
         <v>0.069</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="B56" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E56" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F56" s="1">
         <v>0.077</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B57" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E57" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F57" s="1">
         <v>0.071</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="B58" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E58" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F58" s="1">
         <v>0.097</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="B59" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E59" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F59" s="1">
         <v>0.089</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="B60" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E60" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F60" s="1">
         <v>0.075</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="B61" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E61" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F61" s="1">
         <v>0.103</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="B62" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E62" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F62" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="B63" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E63" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F63" s="1">
         <v>0.059</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="B64" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E64" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F64" s="1">
         <v>0.056</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="B65" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E65" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F65" s="1">
         <v>0.046</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="B66" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E66" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F66" s="1">
         <v>0.002</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="B67" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E67" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F67" s="1">
         <v>0.047</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="B68" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E68" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F68" s="1">
         <v>0.06</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="B69" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E69" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F69" s="1">
         <v>0.059</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="B70" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E70" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F70" s="1">
         <v>0.059</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="B71" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E71" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F71" s="1">
         <v>0.064</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="B72" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E72" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F72" s="1">
         <v>0.058</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="B73" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E73" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F73" s="1">
         <v>0.056</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="B74" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C74" t="s">
         <v>10</v>
       </c>
       <c r="D74" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E74" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="F74" s="1">
         <v>0.056</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G14"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="E1" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="B2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E2" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F2" s="1">
         <v>216.9</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="B3" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E3" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F3" s="1">
         <v>212.2</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="B4" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E4" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F4" s="1">
         <v>216.1</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
+        <v>476</v>
+      </c>
+      <c r="B5" t="s">
         <v>473</v>
       </c>
-      <c r="B5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E5" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F5" s="1">
         <v>228.5</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="B6" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E6" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F6" s="1">
         <v>203.5</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="B7" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E7" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F7" s="1">
         <v>231.3</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="B8" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E8" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F8" s="1">
         <v>205.8</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B9" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E9" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F9" s="1">
         <v>238</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="B10" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E10" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F10" s="1">
         <v>201</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="B11" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E11" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F11" s="1">
         <v>234</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="B12" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E12" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F12" s="1">
         <v>219</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="B13" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E13" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F13" s="1">
         <v>207</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="B14" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E14" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F14" s="1">
         <v>210</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G73"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F73"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="E1" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="B2" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E2" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F2" s="1">
         <v>66</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="B3" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E3" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F3" s="1">
         <v>142</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="B4" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E4" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F4" s="1">
         <v>278</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="B5" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E5" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F5" s="1">
         <v>314</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="B6" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E6" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F6" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="B7" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E7" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F7" s="1">
         <v>254.8</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="B8" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E8" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F8" s="1">
         <v>260.44</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="B9" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E9" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F9" s="1">
         <v>285</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="B10" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E10" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F10" s="1">
         <v>225.2</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="B11" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E11" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F11" s="1">
         <v>281.34</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="B12" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E12" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F12" s="1">
         <v>275.05</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="B13" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E13" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F13" s="1">
         <v>331.12</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="B14" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E14" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F14" s="1">
         <v>330.17</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="B15" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E15" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F15" s="1">
         <v>344.2</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="B16" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E16" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F16" s="1">
         <v>316.85</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="B17" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E17" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F17" s="1">
         <v>325.99</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="B18" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E18" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F18" s="1">
         <v>301.57</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="B19" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E19" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F19" s="1">
         <v>326.76</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="B20" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E20" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F20" s="1">
         <v>287.9</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="B21" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E21" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F21" s="1">
         <v>326.09</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="B22" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E22" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F22" s="1">
         <v>286.4</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="B23" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E23" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F23" s="1">
         <v>294.49</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="B24" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E24" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F24" s="1">
         <v>291.37</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="B25" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E25" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F25" s="1">
         <v>302.67</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="B26" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E26" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F26" s="1">
         <v>286.48</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="B27" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E27" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F27" s="1">
         <v>320.56</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="B28" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E28" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F28" s="1">
         <v>294.4</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="B29" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E29" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F29" s="1">
         <v>296.72</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="B30" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E30" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F30" s="1">
         <v>269.02</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="B31" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E31" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F31" s="1">
         <v>327.45</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="B32" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E32" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F32" s="1">
         <v>290.85</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="B33" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E33" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F33" s="1">
         <v>345.15</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="B34" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E34" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F34" s="1">
         <v>322.84</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="B35" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E35" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F35" s="1">
         <v>317.49</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="B36" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E36" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F36" s="1">
         <v>277.89</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="B37" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E37" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F37" s="1">
         <v>280.07</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="B38" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E38" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F38" s="1">
         <v>233.19</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="B39" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E39" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F39" s="1">
         <v>370</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="B40" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E40" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F40" s="1">
         <v>318</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="B41" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E41" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F41" s="1">
         <v>261.55</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
+        <v>476</v>
+      </c>
+      <c r="B42" t="s">
         <v>473</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E42" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F42" s="1">
         <v>235.6</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="B43" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E43" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F43" s="1">
         <v>285.65</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="B44" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E44" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F44" s="1">
         <v>285.55</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="B45" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E45" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F45" s="1">
         <v>315.8</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B46" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E46" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F46" s="1">
         <v>425</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="B47" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E47" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F47" s="1">
         <v>287</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="B48" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E48" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F48" s="1">
         <v>256.45</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="B49" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E49" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F49" s="1">
         <v>624</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="B50" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E50" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F50" s="1">
         <v>355</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="B51" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E51" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F51" s="1">
         <v>274.9</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="B52" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E52" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F52" s="1">
         <v>267.96</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="B53" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E53" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F53" s="1">
         <v>253.78</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="B54" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E54" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F54" s="1">
         <v>267.91</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="B55" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E55" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F55" s="1">
         <v>282.08</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="B56" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E56" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F56" s="1">
         <v>286.9</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B57" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E57" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F57" s="1">
         <v>264.65</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="B58" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E58" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F58" s="1">
         <v>258.47</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="B59" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E59" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F59" s="1">
         <v>271.25</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="B60" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E60" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F60" s="1">
         <v>269.4</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="B61" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E61" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F61" s="1">
         <v>252.42</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="B62" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E62" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F62" s="1">
         <v>268.02</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="B63" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E63" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F63" s="1">
         <v>253.83</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="B64" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E64" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F64" s="1">
         <v>255.69</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="B65" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E65" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F65" s="1">
         <v>241.16</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="B66" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E66" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F66" s="1">
         <v>246.7</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="B67" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E67" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F67" s="1">
         <v>256.8</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="B68" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E68" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F68" s="1">
         <v>249.7</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="B69" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E69" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F69" s="1">
         <v>262.719</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="B70" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E70" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F70" s="1">
         <v>261.894</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="B71" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E71" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F71" s="1">
         <v>261.555</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="B72" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E72" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F72" s="1">
         <v>262.519</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="B73" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E73" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="F73" s="1">
         <v>241.862</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G12"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="E1" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="B2" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E2" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F2" s="1">
         <v>0.2</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="B3" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E3" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F3" s="1">
         <v>0.2</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="B4" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E4" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F4" s="1">
         <v>0.2</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
+        <v>476</v>
+      </c>
+      <c r="B5" t="s">
         <v>473</v>
       </c>
-      <c r="B5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E5" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F5" s="1">
         <v>0.2</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="B6" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E6" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F6" s="1">
         <v>0.2</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="B7" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E7" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F7" s="1">
         <v>0.2</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="B8" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E8" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F8" s="1">
         <v>0.2</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B9" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E9" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F9" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="B10" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E10" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F10" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="B11" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E11" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F11" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="B12" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E12" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="F12" s="1">
         <v>10</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G74"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F74"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="E1" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="B2" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E2" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F2" s="1">
         <v>328</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="B3" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E3" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F3" s="1">
         <v>356</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="B4" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E4" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F4" s="1">
         <v>308</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="B5" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E5" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F5" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="B6" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E6" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F6" s="1">
         <v>355</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="B7" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E7" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F7" s="1">
         <v>373</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="B8" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E8" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F8" s="1">
         <v>360.8</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="B9" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E9" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F9" s="1">
         <v>355.2</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="B10" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E10" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F10" s="1">
         <v>342.3</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="B11" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E11" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F11" s="1">
         <v>317.5</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="B12" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E12" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F12" s="1">
         <v>402.3</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="B13" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E13" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F13" s="1">
         <v>340.7</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="B14" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E14" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F14" s="1">
         <v>333.9</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="B15" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E15" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F15" s="1">
         <v>305.2</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="B16" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E16" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F16" s="1">
         <v>422.1</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="B17" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E17" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F17" s="1">
         <v>372.7</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="B18" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E18" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F18" s="1">
         <v>461</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="B19" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E19" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F19" s="1">
         <v>404.7</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="B20" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E20" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F20" s="1">
         <v>449</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="B21" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E21" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F21" s="1">
         <v>387.7</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="B22" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E22" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F22" s="1">
         <v>365</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="B23" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E23" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F23" s="1">
         <v>395.1</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="B24" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E24" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F24" s="1">
         <v>507.7</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="B25" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E25" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F25" s="1">
         <v>509</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="B26" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E26" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F26" s="1">
         <v>410</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="B27" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E27" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F27" s="1">
         <v>418.5</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="B28" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E28" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F28" s="1">
         <v>425.6</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="B29" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E29" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F29" s="1">
         <v>388</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="B30" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E30" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F30" s="1">
         <v>427.7</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="B31" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E31" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F31" s="1">
         <v>382.1</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="B32" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E32" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F32" s="1">
         <v>423.6</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="B33" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E33" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F33" s="1">
         <v>541.2</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="B34" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E34" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F34" s="1">
         <v>388</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="B35" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E35" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F35" s="1">
         <v>403.8</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="B36" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E36" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F36" s="1">
         <v>386.8</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="B37" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E37" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F37" s="1">
         <v>335.6</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="B38" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E38" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F38" s="1">
         <v>411.6</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="B39" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E39" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F39" s="1">
         <v>509</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="B40" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E40" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F40" s="1">
         <v>440</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="B41" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E41" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F41" s="1">
         <v>403</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
+        <v>476</v>
+      </c>
+      <c r="B42" t="s">
         <v>473</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E42" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F42" s="1">
         <v>490</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="B43" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E43" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F43" s="1">
         <v>410</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="B44" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E44" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F44" s="1">
         <v>385</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="B45" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E45" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F45" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B46" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E46" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F46" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="B47" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E47" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F47" s="1">
         <v>398</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="B48" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E48" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F48" s="1">
         <v>372.21</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="B49" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E49" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F49" s="1">
         <v>417.71</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="B50" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E50" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F50" s="1">
         <v>418.35</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="B51" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E51" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F51" s="1">
         <v>388.76</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="B52" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E52" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F52" s="1">
         <v>405.36</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="B53" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E53" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F53" s="1">
         <v>396.49</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="B54" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E54" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F54" s="1">
         <v>374.39</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="B55" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E55" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F55" s="1">
         <v>371.62</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="B56" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E56" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F56" s="1">
         <v>377.64</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B57" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E57" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F57" s="1">
         <v>329.54</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="B58" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E58" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F58" s="1">
         <v>334.69</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="B59" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E59" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F59" s="1">
         <v>338.6</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="B60" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E60" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F60" s="1">
         <v>446.7</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="B61" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E61" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F61" s="1">
         <v>433.6</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="B62" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E62" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F62" s="1">
         <v>346.5</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="B63" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E63" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F63" s="1">
         <v>390.4</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="B64" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E64" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F64" s="1">
         <v>403.2</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="B65" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E65" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F65" s="1">
         <v>301.3</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="B66" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E66" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F66" s="1">
         <v>371.2</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="B67" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E67" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F67" s="1">
         <v>435.5</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="B68" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E68" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F68" s="1">
         <v>411.6</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="B69" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E69" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F69" s="1">
         <v>335.8</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="B70" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E70" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F70" s="1">
         <v>383.4</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="B71" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E71" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F71" s="1">
         <v>389.4</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="B72" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E72" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F72" s="1">
         <v>398.4</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="B73" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E73" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F73" s="1">
         <v>336.1</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="B74" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C74" t="s">
         <v>10</v>
       </c>
       <c r="D74" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E74" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="F74" s="1">
         <v>406.5</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
@@ -45395,43 +45527,44 @@
       <vt:lpstr>AFQ - Conductividad</vt:lpstr>
       <vt:lpstr>AFQ - ConductividadTerreno</vt:lpstr>
       <vt:lpstr>AFQ - Densidad</vt:lpstr>
       <vt:lpstr>AFQ - DensidadTerreno</vt:lpstr>
       <vt:lpstr>AFQ - Hierro</vt:lpstr>
       <vt:lpstr>AFQ - Magnesio</vt:lpstr>
       <vt:lpstr>AFQ - Manganeso</vt:lpstr>
       <vt:lpstr>AFQ - NitrogenoNitrato</vt:lpstr>
       <vt:lpstr>AFQ - NitrogenoNitritos</vt:lpstr>
       <vt:lpstr>AFQ - pH</vt:lpstr>
       <vt:lpstr>AFQ - PhTerreno</vt:lpstr>
       <vt:lpstr>AFQ - Potasio</vt:lpstr>
       <vt:lpstr>AFQ - Sodio</vt:lpstr>
       <vt:lpstr>AFQ - SolidosDisueltosTotales</vt:lpstr>
       <vt:lpstr>AFQ - SolidosSuspendidosTotales</vt:lpstr>
       <vt:lpstr>AFQ - SolidosTotales</vt:lpstr>
       <vt:lpstr>AFQ - Sulfato</vt:lpstr>
       <vt:lpstr>AFQ - Temperatura recepción</vt:lpstr>
       <vt:lpstr>AFQ - Zinc</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>