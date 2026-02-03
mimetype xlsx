--- v0 (2025-12-03)
+++ v1 (2026-02-03)
@@ -66,51 +66,51 @@
     <sheet name="AFQ - ConductividadTerreno" sheetId="11" r:id="rId14"/>
     <sheet name="AFQ - Densidad" sheetId="12" r:id="rId15"/>
     <sheet name="AFQ - DensidadTerreno" sheetId="13" r:id="rId16"/>
     <sheet name="AFQ - Hierro" sheetId="14" r:id="rId17"/>
     <sheet name="AFQ - Magnesio" sheetId="15" r:id="rId18"/>
     <sheet name="AFQ - Manganeso" sheetId="16" r:id="rId19"/>
     <sheet name="AFQ - NitrogenoNitrato" sheetId="17" r:id="rId20"/>
     <sheet name="AFQ - NitrogenoNitritos" sheetId="18" r:id="rId21"/>
     <sheet name="AFQ - pH" sheetId="19" r:id="rId22"/>
     <sheet name="AFQ - PhTerreno" sheetId="20" r:id="rId23"/>
     <sheet name="AFQ - Potasio" sheetId="21" r:id="rId24"/>
     <sheet name="AFQ - Sodio" sheetId="22" r:id="rId25"/>
     <sheet name="AFQ - SolidosDisueltosTotales" sheetId="23" r:id="rId26"/>
     <sheet name="AFQ - SolidosSuspendidosTotales" sheetId="24" r:id="rId27"/>
     <sheet name="AFQ - SolidosTotales" sheetId="25" r:id="rId28"/>
     <sheet name="AFQ - Sulfato" sheetId="26" r:id="rId29"/>
     <sheet name="AFQ - Temperatura recepción" sheetId="27" r:id="rId30"/>
     <sheet name="AFQ - Zinc" sheetId="28" r:id="rId31"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="560">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="562">
   <si>
     <t>Fecha</t>
   </si>
   <si>
     <t>Compañia</t>
   </si>
   <si>
     <t>Punto de monitoreo</t>
   </si>
   <si>
     <t>Tipo nivel</t>
   </si>
   <si>
     <t>Nivel (msnm)</t>
   </si>
   <si>
     <t>Cota Punto Referencia (msnm)</t>
   </si>
   <si>
     <t>Nivel bajo referencia (m)</t>
   </si>
   <si>
     <t>Comentarios</t>
   </si>
   <si>
@@ -1389,50 +1389,56 @@
     <t>2025-04-15 13:48:00</t>
   </si>
   <si>
     <t>2025-05-14 14:09:00</t>
   </si>
   <si>
     <t>2025-06-14 10:43:00</t>
   </si>
   <si>
     <t>2025-06-16 12:12:00</t>
   </si>
   <si>
     <t>2025-07-15 15:52:00</t>
   </si>
   <si>
     <t>2025-08-29 11:50:00</t>
   </si>
   <si>
     <t>2025-09-15 12:40:00</t>
   </si>
   <si>
     <t>2025-10-17 11:35:00</t>
   </si>
   <si>
     <t>2025-11-14 14:10:00</t>
+  </si>
+  <si>
+    <t>2025-12-15 12:02:00</t>
+  </si>
+  <si>
+    <t>2026-01-09 10:12:00</t>
   </si>
   <si>
     <t>Unidad</t>
   </si>
   <si>
     <t>Item medido</t>
   </si>
   <si>
     <t>Valor</t>
   </si>
   <si>
     <t>2007-07-24 00:00:00</t>
   </si>
   <si>
     <t>ALS</t>
   </si>
   <si>
     <t>mgCaCO3/L</t>
   </si>
   <si>
     <t>AlcalinidadBicarbonato</t>
   </si>
   <si>
     <t>2007-10-24 00:00:00</t>
   </si>
@@ -1775,62 +1781,64 @@
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#.##0,00"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...4 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
+    <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet22.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet23.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet24.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet25.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet27.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet28.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -2202,54 +2210,54 @@
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H425"/>
+  <dimension ref="A1:H427"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E1" sqref="E1:E425"/>
+      <selection activeCell="E1" sqref="E1:E427"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -11818,34646 +11826,34664 @@
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
         <v>440</v>
       </c>
       <c r="B425" t="s">
         <v>9</v>
       </c>
       <c r="C425" t="s">
         <v>10</v>
       </c>
       <c r="D425" t="s">
         <v>11</v>
       </c>
       <c r="E425" s="1">
         <v>2304.562</v>
       </c>
       <c r="F425" t="s">
         <v>147</v>
       </c>
       <c r="G425">
         <v>57.245</v>
       </c>
     </row>
+    <row r="426" spans="1:8">
+      <c r="A426" t="s">
+        <v>441</v>
+      </c>
+      <c r="B426" t="s">
+        <v>9</v>
+      </c>
+      <c r="C426" t="s">
+        <v>10</v>
+      </c>
+      <c r="D426" t="s">
+        <v>11</v>
+      </c>
+      <c r="E426" s="1">
+        <v>2304.707</v>
+      </c>
+      <c r="F426" t="s">
+        <v>147</v>
+      </c>
+      <c r="G426">
+        <v>57.1</v>
+      </c>
+    </row>
+    <row r="427" spans="1:8">
+      <c r="A427" t="s">
+        <v>442</v>
+      </c>
+      <c r="B427" t="s">
+        <v>9</v>
+      </c>
+      <c r="C427" t="s">
+        <v>10</v>
+      </c>
+      <c r="D427" t="s">
+        <v>11</v>
+      </c>
+      <c r="E427" s="1">
+        <v>2304.532</v>
+      </c>
+      <c r="F427" t="s">
+        <v>147</v>
+      </c>
+      <c r="G427">
+        <v>57.275</v>
+      </c>
+    </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G74"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F74"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="E1" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="B2" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E2" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F2" s="1">
         <v>3510</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="B3" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E3" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F3" s="1">
         <v>3610</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="B4" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E4" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F4" s="1">
         <v>2380</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B5" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E5" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F5" s="1">
         <v>3300</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B6" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E6" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F6" s="1">
         <v>3300</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="B7" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E7" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F7" s="1">
         <v>3300</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B8" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E8" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F8" s="1">
         <v>3200</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B9" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E9" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F9" s="1">
         <v>3340</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B10" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E10" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F10" s="1">
         <v>3010</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B11" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E11" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F11" s="1">
         <v>3180</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B12" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E12" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F12" s="1">
         <v>3580</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B13" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E13" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F13" s="1">
         <v>2800</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B14" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E14" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F14" s="1">
         <v>3150</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B15" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E15" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F15" s="1">
         <v>3140</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B16" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E16" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F16" s="1">
         <v>5780</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B17" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E17" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F17" s="1">
         <v>3080</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B18" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E18" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F18" s="1">
         <v>3050</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="B19" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E19" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F19" s="1">
         <v>3060</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="B20" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E20" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F20" s="1">
         <v>3060</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="B21" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E21" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F21" s="1">
         <v>2980</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B22" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E22" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F22" s="1">
         <v>3040</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B23" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E23" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F23" s="1">
         <v>2970</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="B24" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E24" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F24" s="1">
         <v>2950</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="B25" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E25" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F25" s="1">
         <v>2940</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="B26" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E26" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F26" s="1">
         <v>2960</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="B27" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E27" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F27" s="1">
         <v>2880</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B28" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E28" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F28" s="1">
         <v>2880</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="B29" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E29" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F29" s="1">
         <v>3240</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="B30" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E30" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F30" s="1">
         <v>2910</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="B31" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E31" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F31" s="1">
         <v>2880</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="B32" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E32" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F32" s="1">
         <v>2840</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B33" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E33" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F33" s="1">
         <v>2750</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="B34" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E34" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F34" s="1">
         <v>2970</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="B35" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E35" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F35" s="1">
         <v>2760</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="B36" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E36" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F36" s="1">
         <v>3100</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="B37" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E37" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F37" s="1">
         <v>2774</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="B38" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E38" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F38" s="1">
         <v>2969</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B39" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E39" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F39" s="1">
         <v>2900</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="B40" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E40" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F40" s="1">
         <v>2880</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
+        <v>515</v>
+      </c>
+      <c r="B41" t="s">
         <v>513</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E41" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F41" s="1">
         <v>2930</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B42" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E42" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F42" s="1">
         <v>2820</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="B43" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E43" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F43" s="1">
         <v>2570</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B44" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E44" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F44" s="1">
         <v>2740</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="B45" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E45" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F45" s="1">
         <v>2840</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="B46" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E46" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F46" s="1">
         <v>2780</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B47" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E47" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F47" s="1">
         <v>2880</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B48" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E48" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F48" s="1">
         <v>2900</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="B49" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E49" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F49" s="1">
         <v>3090</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="B50" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E50" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F50" s="1">
-        <v>2806</v>
+        <v>2854</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="B51" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E51" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F51" s="1">
-        <v>2854</v>
+        <v>2806</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="B52" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E52" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F52" s="1">
         <v>2730</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B53" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E53" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F53" s="1">
         <v>2730</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="B54" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E54" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F54" s="1">
         <v>2770</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="B55" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E55" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F55" s="1">
         <v>2570</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="B56" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E56" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F56" s="1">
         <v>2710</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="B57" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E57" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F57" s="1">
         <v>2690</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="B58" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E58" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F58" s="1">
         <v>2710</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B59" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E59" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F59" s="1">
         <v>2690</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B60" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E60" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F60" s="1">
         <v>2750</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="B61" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E61" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F61" s="1">
         <v>2520</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B62" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E62" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F62" s="1">
         <v>2770</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="B63" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E63" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F63" s="1">
         <v>2830</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="B64" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E64" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F64" s="1">
         <v>2780</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B65" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E65" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F65" s="1">
         <v>2710</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B66" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E66" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F66" s="1">
         <v>2720</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="B67" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E67" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F67" s="1">
         <v>2720</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B68" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E68" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F68" s="1">
         <v>2690</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="B69" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E69" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F69" s="1">
         <v>2730</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B70" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E70" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F70" s="1">
         <v>2370</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B71" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E71" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F71" s="1">
         <v>2730</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B72" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E72" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F72" s="1">
         <v>2470</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="B73" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E73" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F73" s="1">
         <v>2660</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B74" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C74" t="s">
         <v>10</v>
       </c>
       <c r="D74" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E74" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F74" s="1">
         <v>2690</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G107"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F107"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="E1" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E2" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F2" s="1">
         <v>3500</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E3" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F3" s="1">
         <v>3600</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E4" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F4" s="1">
         <v>3300</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E5" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F5" s="1">
         <v>3200</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E6" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F6" s="1">
         <v>3600</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E7" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F7" s="1">
         <v>3600</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E8" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F8" s="1">
         <v>3400</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E9" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F9" s="1">
         <v>3000</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E10" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F10" s="1">
         <v>4000</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E11" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F11" s="1">
         <v>3300</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E12" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F12" s="1">
         <v>3170</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E13" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F13" s="1">
         <v>3260</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E14" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F14" s="1">
         <v>3570</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E15" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F15" s="1">
         <v>3130</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E16" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F16" s="1">
         <v>2950</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E17" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F17" s="1">
         <v>3430</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E18" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F18" s="1">
         <v>4000</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E19" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F19" s="1">
         <v>2990</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E20" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F20" s="1">
         <v>2970</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E21" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F21" s="1">
         <v>2910</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E22" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F22" s="1">
         <v>2770</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E23" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F23" s="1">
         <v>3260</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E24" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F24" s="1">
         <v>3070</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E25" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F25" s="1">
         <v>2930</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E26" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F26" s="1">
         <v>2950</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E27" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F27" s="1">
         <v>3370</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E28" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F28" s="1">
         <v>2740</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E29" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F29" s="1">
         <v>2970</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E30" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F30" s="1">
         <v>2860</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E31" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F31" s="1">
         <v>2930</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E32" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F32" s="1">
         <v>2990</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E33" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F33" s="1">
         <v>2850</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E34" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F34" s="1">
         <v>2812</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E35" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F35" s="1">
         <v>2880</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E36" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F36" s="1">
         <v>2830</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E37" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F37" s="1">
         <v>2760</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="B38" t="s">
-        <v>511</v>
+        <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E38" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F38" s="1">
-        <v>2680</v>
+        <v>2830</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="B39" t="s">
-        <v>9</v>
+        <v>513</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E39" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F39" s="1">
-        <v>2830</v>
+        <v>2680</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
+        <v>515</v>
+      </c>
+      <c r="B40" t="s">
         <v>513</v>
       </c>
-      <c r="B40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E40" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F40" s="1">
         <v>2990</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E41" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F41" s="1">
         <v>2810</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E42" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F42" s="1">
         <v>2790</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B43" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E43" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F43" s="1">
         <v>2910</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="B44" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E44" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F44" s="1">
         <v>2736</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E45" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F45" s="1">
         <v>2765</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="B46" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E46" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F46" s="1">
         <v>2940</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E47" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F47" s="1">
         <v>3340</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="B48" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E48" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F48" s="1">
         <v>3109</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B49" t="s">
-        <v>9</v>
+        <v>522</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E49" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F49" s="1">
-        <v>2880</v>
+        <v>2910</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B50" t="s">
-        <v>520</v>
+        <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E50" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F50" s="1">
-        <v>2910</v>
+        <v>2880</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B51" t="s">
-        <v>9</v>
+        <v>522</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E51" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F51" s="1">
-        <v>2780</v>
+        <v>2920</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B52" t="s">
-        <v>520</v>
+        <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E52" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F52" s="1">
-        <v>2920</v>
+        <v>2780</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="B53" t="s">
-        <v>445</v>
+        <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E53" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F53" s="1">
         <v>2890</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="B54" t="s">
-        <v>9</v>
+        <v>447</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E54" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F54" s="1">
         <v>2890</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="B55" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E55" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F55" s="1">
         <v>3100</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E56" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F56" s="1">
         <v>2780</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>10</v>
+      </c>
+      <c r="D57" t="s">
+        <v>533</v>
+      </c>
+      <c r="E57" t="s">
         <v>535</v>
-      </c>
-[...7 lines deleted...]
-        <v>533</v>
       </c>
       <c r="F57" s="1">
         <v>2730</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="B58" t="s">
-        <v>9</v>
+        <v>537</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E58" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F58" s="1">
         <v>2730</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B59" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E59" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F59" s="1">
         <v>3120</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E60" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F60" s="1">
         <v>2830</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="B61" t="s">
-        <v>9</v>
+        <v>537</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E61" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F61" s="1">
-        <v>2840</v>
+        <v>2860</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>10</v>
+      </c>
+      <c r="D62" t="s">
+        <v>533</v>
+      </c>
+      <c r="E62" t="s">
         <v>535</v>
       </c>
-      <c r="C62" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F62" s="1">
-        <v>2860</v>
+        <v>2840</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="B63" t="s">
+        <v>537</v>
+      </c>
+      <c r="C63" t="s">
+        <v>10</v>
+      </c>
+      <c r="D63" t="s">
+        <v>533</v>
+      </c>
+      <c r="E63" t="s">
         <v>535</v>
-      </c>
-[...7 lines deleted...]
-        <v>533</v>
       </c>
       <c r="F63" s="1">
         <v>2880</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E64" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F64" s="1">
         <v>2890</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="B65" t="s">
-        <v>9</v>
+        <v>538</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E65" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F65" s="1">
-        <v>2200</v>
+        <v>2280</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="B66" t="s">
-        <v>536</v>
+        <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E66" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F66" s="1">
-        <v>2280</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="B67" t="s">
-        <v>9</v>
+        <v>538</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E67" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F67" s="1">
-        <v>2860</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="B68" t="s">
-        <v>536</v>
+        <v>9</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E68" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F68" s="1">
-        <v>2900</v>
+        <v>2860</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="B69" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E69" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F69" s="1">
         <v>2760</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E70" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F70" s="1">
         <v>2740</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E71" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F71" s="1">
         <v>2790</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B72" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E72" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F72" s="1">
         <v>2800</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B73" t="s">
-        <v>536</v>
+        <v>9</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E73" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F73" s="1">
-        <v>2700</v>
+        <v>2690</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B74" t="s">
-        <v>9</v>
+        <v>538</v>
       </c>
       <c r="C74" t="s">
         <v>10</v>
       </c>
       <c r="D74" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E74" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F74" s="1">
-        <v>2690</v>
+        <v>2700</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="B75" t="s">
         <v>324</v>
       </c>
       <c r="C75" t="s">
         <v>10</v>
       </c>
       <c r="D75" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E75" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F75" s="1">
         <v>2672</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
         <v>10</v>
       </c>
       <c r="D76" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E76" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F76" s="1">
         <v>2720</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B77" t="s">
         <v>324</v>
       </c>
       <c r="C77" t="s">
         <v>10</v>
       </c>
       <c r="D77" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E77" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F77" s="1">
         <v>2890</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
         <v>10</v>
       </c>
       <c r="D78" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E78" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F78" s="1">
         <v>2740</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
         <v>10</v>
       </c>
       <c r="D79" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E79" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F79" s="1">
         <v>2710</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="B80" t="s">
         <v>324</v>
       </c>
       <c r="C80" t="s">
         <v>10</v>
       </c>
       <c r="D80" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E80" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F80" s="1">
         <v>3027</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="B81" t="s">
-        <v>9</v>
+        <v>324</v>
       </c>
       <c r="C81" t="s">
         <v>10</v>
       </c>
       <c r="D81" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E81" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F81" s="1">
-        <v>2740</v>
+        <v>3129</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="B82" t="s">
-        <v>324</v>
+        <v>9</v>
       </c>
       <c r="C82" t="s">
         <v>10</v>
       </c>
       <c r="D82" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E82" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F82" s="1">
-        <v>3129</v>
+        <v>2740</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B83" t="s">
-        <v>324</v>
+        <v>9</v>
       </c>
       <c r="C83" t="s">
         <v>10</v>
       </c>
       <c r="D83" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E83" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F83" s="1">
-        <v>2876</v>
+        <v>2700</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B84" t="s">
-        <v>9</v>
+        <v>324</v>
       </c>
       <c r="C84" t="s">
         <v>10</v>
       </c>
       <c r="D84" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E84" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F84" s="1">
-        <v>2700</v>
+        <v>2876</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B85" t="s">
-        <v>9</v>
+        <v>324</v>
       </c>
       <c r="C85" t="s">
         <v>10</v>
       </c>
       <c r="D85" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E85" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F85" s="1">
-        <v>2670</v>
+        <v>2730</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B86" t="s">
-        <v>324</v>
+        <v>9</v>
       </c>
       <c r="C86" t="s">
         <v>10</v>
       </c>
       <c r="D86" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E86" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F86" s="1">
-        <v>2730</v>
+        <v>2670</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="B87" t="s">
         <v>324</v>
       </c>
       <c r="C87" t="s">
         <v>10</v>
       </c>
       <c r="D87" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E87" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F87" s="1">
         <v>2690</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
         <v>10</v>
       </c>
       <c r="D88" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E88" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F88" s="1">
         <v>2680</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B89" t="s">
-        <v>324</v>
+        <v>9</v>
       </c>
       <c r="C89" t="s">
         <v>10</v>
       </c>
       <c r="D89" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E89" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F89" s="1">
-        <v>2640</v>
+        <v>2720</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B90" t="s">
-        <v>9</v>
+        <v>324</v>
       </c>
       <c r="C90" t="s">
         <v>10</v>
       </c>
       <c r="D90" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E90" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F90" s="1">
-        <v>2720</v>
+        <v>2640</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
         <v>10</v>
       </c>
       <c r="D91" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E91" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F91" s="1"/>
       <c r="G91" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="B92" t="s">
-        <v>324</v>
+        <v>9</v>
       </c>
       <c r="C92" t="s">
         <v>10</v>
       </c>
       <c r="D92" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E92" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F92" s="1">
-        <v>2840</v>
+        <v>2680</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="B93" t="s">
-        <v>9</v>
+        <v>324</v>
       </c>
       <c r="C93" t="s">
         <v>10</v>
       </c>
       <c r="D93" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E93" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F93" s="1">
-        <v>2680</v>
+        <v>2840</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="B94" t="s">
-        <v>9</v>
+        <v>324</v>
       </c>
       <c r="C94" t="s">
         <v>10</v>
       </c>
       <c r="D94" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E94" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F94" s="1">
-        <v>2670</v>
+        <v>2680</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="B95" t="s">
-        <v>324</v>
+        <v>9</v>
       </c>
       <c r="C95" t="s">
         <v>10</v>
       </c>
       <c r="D95" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E95" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F95" s="1">
-        <v>2680</v>
+        <v>2670</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B96" t="s">
         <v>324</v>
       </c>
       <c r="C96" t="s">
         <v>10</v>
       </c>
       <c r="D96" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E96" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F96" s="1">
         <v>2800</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
         <v>10</v>
       </c>
       <c r="D97" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E97" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F97" s="1">
         <v>2560</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B98" t="s">
-        <v>9</v>
+        <v>324</v>
       </c>
       <c r="C98" t="s">
         <v>10</v>
       </c>
       <c r="D98" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E98" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F98" s="1">
-        <v>2570</v>
+        <v>2790</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B99" t="s">
-        <v>324</v>
+        <v>9</v>
       </c>
       <c r="C99" t="s">
         <v>10</v>
       </c>
       <c r="D99" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E99" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F99" s="1">
-        <v>2790</v>
+        <v>2570</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B100" t="s">
-        <v>9</v>
+        <v>324</v>
       </c>
       <c r="C100" t="s">
         <v>10</v>
       </c>
       <c r="D100" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E100" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F100" s="1">
-        <v>2690</v>
+        <v>2780</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B101" t="s">
-        <v>324</v>
+        <v>9</v>
       </c>
       <c r="C101" t="s">
         <v>10</v>
       </c>
       <c r="D101" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E101" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F101" s="1">
-        <v>2780</v>
+        <v>2690</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
         <v>432</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
         <v>10</v>
       </c>
       <c r="D102" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E102" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F102" s="1">
         <v>2620</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="B103" t="s">
         <v>324</v>
       </c>
       <c r="C103" t="s">
         <v>10</v>
       </c>
       <c r="D103" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E103" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F103" s="1">
         <v>2710</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
         <v>436</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
         <v>10</v>
       </c>
       <c r="D104" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E104" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F104" s="1">
         <v>2650</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B105" t="s">
         <v>324</v>
       </c>
       <c r="C105" t="s">
         <v>10</v>
       </c>
       <c r="D105" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E105" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F105" s="1">
         <v>2690</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
         <v>10</v>
       </c>
       <c r="D106" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E106" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F106" s="1">
         <v>4460</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="B107" t="s">
         <v>324</v>
       </c>
       <c r="C107" t="s">
         <v>10</v>
       </c>
       <c r="D107" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E107" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F107" s="1">
         <v>2700</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G72"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F72"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="E1" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="B2" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E2" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F2" s="1">
         <v>0.999</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="B3" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E3" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F3" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="B4" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E4" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F4" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B5" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E5" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F5" s="1">
         <v>0.99</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B6" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E6" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F6" s="1">
         <v>0.99</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="B7" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E7" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F7" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B8" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E8" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F8" s="1">
         <v>0.9</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B9" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E9" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F9" s="1">
         <v>0.9</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B10" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E10" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F10" s="1">
         <v>1.003</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B11" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E11" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F11" s="1">
         <v>1.002</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B12" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E12" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F12" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B13" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E13" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F13" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B14" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E14" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F14" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B15" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E15" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F15" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B16" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E16" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F16" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B17" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E17" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F17" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B18" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E18" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F18" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="B19" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E19" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F19" s="1">
         <v>1.001</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="B20" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E20" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F20" s="1">
         <v>1.015</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="B21" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E21" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F21" s="1">
         <v>1.002</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B22" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E22" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F22" s="1">
         <v>1.102</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B23" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E23" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F23" s="1">
         <v>1.003</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="B24" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E24" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F24" s="1">
         <v>1.002</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="B25" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E25" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F25" s="1">
         <v>1.003</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="B26" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E26" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F26" s="1">
         <v>1.002</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="B27" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E27" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F27" s="1">
         <v>1.006</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B28" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E28" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F28" s="1">
         <v>1.001</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="B29" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E29" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F29" s="1">
         <v>1.002</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="B30" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E30" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F30" s="1">
         <v>1.003</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="B31" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E31" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F31" s="1">
         <v>0.999</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="B32" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E32" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F32" s="1">
         <v>0.998</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B33" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E33" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F33" s="1">
         <v>1.004</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="B34" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E34" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F34" s="1">
         <v>1.007</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="B35" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E35" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F35" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="B36" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E36" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F36" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="B37" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E37" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F37" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="B38" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E38" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F38" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B39" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E39" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F39" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
+        <v>515</v>
+      </c>
+      <c r="B40" t="s">
         <v>513</v>
       </c>
-      <c r="B40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E40" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F40" s="1">
         <v>1.01</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B41" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E41" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F41" s="1">
         <v>0.99</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
+        <v>544</v>
+      </c>
+      <c r="B42" t="s">
+        <v>513</v>
+      </c>
+      <c r="C42" t="s">
+        <v>10</v>
+      </c>
+      <c r="D42" t="s">
         <v>542</v>
       </c>
-      <c r="B42" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E42" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F42" s="1">
         <v>0.98</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B43" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E43" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F43" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="B44" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E44" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F44" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="B45" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E45" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F45" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B46" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E46" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F46" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B47" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E47" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F47" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="B48" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E48" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F48" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="B49" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E49" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F49" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="B50" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E50" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F50" s="1">
         <v>1.003</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B51" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E51" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F51" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="B52" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E52" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F52" s="1">
         <v>1.003</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="B53" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E53" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F53" s="1">
         <v>1.004</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="B54" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E54" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F54" s="1">
         <v>1.001</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="B55" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E55" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F55" s="1">
         <v>1.005</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="B56" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E56" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F56" s="1">
         <v>1.002</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B57" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E57" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F57" s="1">
         <v>1.004</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B58" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E58" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F58" s="1">
         <v>1.001</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="B59" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E59" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F59" s="1">
         <v>1.002</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B60" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E60" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F60" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="B61" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E61" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F61" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="B62" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E62" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F62" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B63" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E63" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F63" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B64" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E64" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F64" s="1">
         <v>0.992</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="B65" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E65" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F65" s="1">
         <v>0.999</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="B66" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E66" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F66" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B67" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E67" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F67" s="1">
         <v>0.998</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B68" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E68" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F68" s="1">
         <v>0.994</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B69" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E69" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F69" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="B70" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E70" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F70" s="1">
         <v>0.998</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B71" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E71" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F71" s="1">
         <v>0.999</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="B72" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E72" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="F72" s="1">
         <v>0.993</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G73"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F73"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="E1" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E2" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F2" s="1">
         <v>1.002</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E3" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F3" s="1">
         <v>1.001</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E4" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F4" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E5" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F5" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E6" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F6" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E7" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F7" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E8" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F8" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E9" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F9" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E10" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F10" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E11" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F11" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E12" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F12" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E13" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F13" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E14" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F14" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E15" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F15" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E16" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F16" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E17" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F17" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E18" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F18" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E19" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F19" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E20" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F20" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E21" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F21" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E22" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F22" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E23" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F23" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E24" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F24" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E25" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F25" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E26" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F26" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E27" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F27" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E28" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F28" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E29" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F29" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E30" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F30" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E31" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F31" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E32" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F32" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E33" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F33" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E34" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F34" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E35" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F35" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E36" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F36" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E37" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F37" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E38" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F38" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E39" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F39" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E40" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F40" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E41" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F41" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E42" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F42" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E43" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F43" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E44" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F44" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E45" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F45" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E46" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F46" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E47" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F47" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E48" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F48" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E49" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F49" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E50" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F50" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E51" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F51" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E52" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F52" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E53" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F53" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E54" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F54" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E55" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F55" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E56" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F56" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E57" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F57" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E58" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F58" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E59" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F59" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E60" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F60" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E61" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F61" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E62" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F62" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E63" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F63" s="1">
         <v>0.999</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E64" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F64" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E65" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F65" s="1"/>
       <c r="G65" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E66" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F66" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E67" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F67" s="1">
         <v>1.001</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E68" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F68" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E69" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F69" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E70" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F70" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
         <v>432</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E71" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F71" s="1">
         <v>1.001</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
         <v>436</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E72" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F72" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E73" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F73" s="1">
         <v>1</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G74"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F74"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="E1" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="B2" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E2" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F2" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="B3" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E3" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F3" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="B4" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E4" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F4" s="1">
         <v>0.15</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B5" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E5" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F5" s="1">
         <v>0.14</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B6" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E6" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F6" s="1">
         <v>0.14</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="B7" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E7" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F7" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B8" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E8" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F8" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B9" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E9" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F9" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B10" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E10" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F10" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B11" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E11" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F11" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B12" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E12" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F12" s="1">
         <v>0.2</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B13" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E13" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F13" s="1">
         <v>0.07</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B14" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E14" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F14" s="1">
         <v>0.06</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B15" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E15" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F15" s="1">
         <v>0.24</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B16" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E16" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F16" s="1">
         <v>0.34</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B17" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E17" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F17" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B18" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E18" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F18" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="B19" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E19" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F19" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="B20" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E20" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F20" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="B21" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E21" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F21" s="1">
         <v>0.07</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B22" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E22" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F22" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B23" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E23" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F23" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="B24" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E24" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F24" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="B25" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E25" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F25" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="B26" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E26" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F26" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="B27" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E27" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F27" s="1">
         <v>0.13</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B28" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E28" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F28" s="1">
         <v>0.04</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="B29" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E29" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F29" s="1">
         <v>0.14</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="B30" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E30" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F30" s="1">
         <v>0.13</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="B31" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E31" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F31" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="B32" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E32" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F32" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B33" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E33" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F33" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="B34" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E34" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F34" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="B35" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E35" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F35" s="1">
         <v>0.14</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="B36" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E36" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F36" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="B37" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E37" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F37" s="1">
         <v>1.39</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="B38" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E38" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F38" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B39" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E39" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F39" s="1">
         <v>0.08</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="B40" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E40" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F40" s="1">
         <v>0.06</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
+        <v>515</v>
+      </c>
+      <c r="B41" t="s">
         <v>513</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E41" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F41" s="1">
         <v>0.06</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B42" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E42" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F42" s="1">
         <v>0.04</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="B43" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E43" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F43" s="1">
         <v>0.007</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B44" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E44" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F44" s="1">
         <v>0.007</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="B45" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E45" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F45" s="1">
         <v>0.049</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="B46" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E46" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F46" s="1">
         <v>0.028</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B47" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E47" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F47" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B48" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E48" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F48" s="1">
         <v>0.162</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="B49" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E49" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F49" s="1">
         <v>0.129</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="B50" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E50" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F50" s="1">
         <v>0.623</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="B51" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E51" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F51" s="1">
         <v>0.575</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="B52" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E52" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F52" s="1">
         <v>0.006</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B53" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E53" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F53" s="1">
         <v>0.006</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="B54" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E54" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F54" s="1">
         <v>0.006</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="B55" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E55" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F55" s="1">
         <v>0.006</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="B56" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E56" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F56" s="1">
         <v>0.018</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="B57" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E57" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F57" s="1">
         <v>0.038</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="B58" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E58" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F58" s="1">
         <v>0.015</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B59" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E59" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F59" s="1">
         <v>0.011</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B60" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E60" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F60" s="1">
         <v>0.026</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="B61" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E61" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F61" s="1">
         <v>0.006</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B62" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E62" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F62" s="1">
         <v>0.059</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="B63" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E63" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F63" s="1">
         <v>0.062</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="B64" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E64" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F64" s="1">
         <v>0.022</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B65" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E65" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F65" s="1">
         <v>0.013</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="B66" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E66" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F66" s="1">
         <v>0.006</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B67" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E67" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F67" s="1">
         <v>0.006</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="B68" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E68" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F68" s="1">
         <v>0.008</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B69" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E69" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F69" s="1">
         <v>0.021</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B70" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E70" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F70" s="1">
         <v>0.022</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B71" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E71" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F71" s="1">
         <v>0.009</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="B72" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E72" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F72" s="1">
         <v>0.058</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B73" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E73" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F73" s="1">
         <v>0.003</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="B74" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C74" t="s">
         <v>10</v>
       </c>
       <c r="D74" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E74" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F74" s="1">
         <v>0.028</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G75"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F75"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="E1" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="B2" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E2" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F2" s="1">
         <v>50.9</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="B3" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E3" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F3" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="B4" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E4" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F4" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B5" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E5" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F5" s="1">
         <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B6" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E6" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F6" s="1">
         <v>53</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="B7" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E7" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F7" s="1">
         <v>52.4</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B8" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E8" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F8" s="1">
         <v>52.26</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B9" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E9" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F9" s="1">
         <v>60.21</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B10" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E10" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F10" s="1">
         <v>52.75</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B11" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E11" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F11" s="1">
         <v>52.39</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B12" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E12" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F12" s="1">
         <v>64.22</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B13" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E13" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F13" s="1">
         <v>52.68</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B14" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E14" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F14" s="1">
         <v>62.46</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B15" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E15" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F15" s="1">
         <v>50.18</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B16" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E16" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F16" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B17" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E17" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F17" s="1">
         <v>50.41</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B18" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E18" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F18" s="1">
         <v>49.51</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="B19" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E19" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F19" s="1">
         <v>51.31</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="B20" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E20" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F20" s="1">
         <v>48.63</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="B21" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E21" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F21" s="1">
         <v>55.24</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B22" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E22" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F22" s="1">
         <v>51.68</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B23" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E23" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F23" s="1">
         <v>53.92</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="B24" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E24" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F24" s="1">
         <v>48.73</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="B25" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E25" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F25" s="1">
         <v>50.93</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="B26" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E26" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F26" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="B27" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E27" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F27" s="1">
         <v>53.46</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B28" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E28" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F28" s="1">
         <v>54.8</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="B29" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E29" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F29" s="1">
         <v>66.98</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="B30" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E30" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F30" s="1">
         <v>55.02</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="B31" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E31" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F31" s="1">
         <v>53.49</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="B32" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E32" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F32" s="1">
         <v>49.93</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B33" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E33" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F33" s="1">
         <v>42.96</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="B34" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E34" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F34" s="1">
         <v>43.48</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="B35" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E35" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F35" s="1">
         <v>54.98</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="B36" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E36" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F36" s="1">
         <v>48.67</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="B37" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E37" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F37" s="1">
         <v>53.62</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="B38" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E38" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F38" s="1">
         <v>49</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B39" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E39" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F39" s="1">
         <v>52.2</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="B40" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E40" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F40" s="1">
         <v>50.9</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
+        <v>515</v>
+      </c>
+      <c r="B41" t="s">
         <v>513</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E41" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F41" s="1">
         <v>34.3</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B42" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E42" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F42" s="1">
         <v>51.84</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="B43" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E43" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F43" s="1">
         <v>63.38</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B44" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E44" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F44" s="1">
         <v>55.76</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="B45" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E45" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F45" s="1">
         <v>51.14</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="B46" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E46" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F46" s="1">
         <v>56.71</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B47" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E47" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F47" s="1">
         <v>83</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B48" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E48" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F48" s="1">
         <v>41.078</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="B49" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E49" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F49" s="1">
         <v>50.532</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="B50" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E50" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F50" s="1">
         <v>78.2</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="B51" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E51" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F51" s="1">
         <v>79.6</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="B52" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E52" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F52" s="1">
         <v>52.916</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B53" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E53" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F53" s="1">
         <v>55.046</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="B54" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E54" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F54" s="1">
         <v>55.202</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="B55" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E55" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F55" s="1">
         <v>54.544</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="B56" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E56" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F56" s="1">
         <v>55.074</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="B57" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E57" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F57" s="1">
         <v>51.491</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="B58" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E58" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F58" s="1">
         <v>47.224</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B59" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E59" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F59" s="1">
         <v>46.962</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B60" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E60" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F60" s="1">
         <v>48.748</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="B61" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E61" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F61" s="1">
         <v>50.654</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B62" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E62" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F62" s="1">
         <v>48.304</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="B63" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E63" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F63" s="1">
         <v>50.391</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="B64" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E64" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F64" s="1">
         <v>50.072</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B65" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E65" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F65" s="1">
         <v>48.293</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B66" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E66" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F66" s="1">
         <v>44.49</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="B67" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E67" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F67" s="1">
         <v>50.118</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B68" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E68" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F68" s="1">
         <v>45.49</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="B69" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E69" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F69" s="1">
         <v>48</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B70" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E70" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F70" s="1">
         <v>43.91</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B71" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E71" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F71" s="1">
         <v>48.268</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B72" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E72" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F72" s="1">
         <v>48.427</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="B73" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E73" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F73" s="1">
         <v>45.672</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B74" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C74" t="s">
         <v>10</v>
       </c>
       <c r="D74" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E74" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F74" s="1">
         <v>44.812</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="B75" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C75" t="s">
         <v>10</v>
       </c>
       <c r="D75" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E75" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="F75" s="1">
         <v>60.127</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G75"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F75"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="E1" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="B2" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E2" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F2" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="B3" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E3" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F3" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="B4" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E4" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F4" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B5" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E5" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F5" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B6" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E6" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F6" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="B7" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E7" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F7" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B8" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E8" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F8" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B9" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E9" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F9" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B10" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E10" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F10" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B11" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E11" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F11" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B12" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E12" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F12" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B13" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E13" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F13" s="1">
         <v>0.015</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B14" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E14" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F14" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B15" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E15" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F15" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B16" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E16" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F16" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B17" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E17" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F17" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B18" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E18" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F18" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="B19" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E19" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F19" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="B20" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E20" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F20" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="B21" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E21" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F21" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B22" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E22" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F22" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B23" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E23" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F23" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="B24" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E24" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F24" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="B25" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E25" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F25" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="B26" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E26" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F26" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="B27" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E27" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F27" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B28" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E28" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F28" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="B29" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E29" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F29" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="B30" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E30" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F30" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="B31" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E31" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F31" s="1">
         <v>0.023</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="B32" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E32" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F32" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B33" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E33" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F33" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="B34" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E34" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F34" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="B35" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E35" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F35" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="B36" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E36" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F36" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="B37" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E37" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F37" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="B38" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E38" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F38" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B39" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E39" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F39" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="B40" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E40" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F40" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
+        <v>515</v>
+      </c>
+      <c r="B41" t="s">
         <v>513</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E41" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F41" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B42" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E42" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F42" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="B43" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E43" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F43" s="1">
         <v>0.003</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B44" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E44" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F44" s="1">
         <v>0.003</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="B45" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E45" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F45" s="1">
         <v>0.003</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="B46" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E46" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F46" s="1">
         <v>0.003</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B47" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E47" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F47" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B48" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E48" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F48" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="B49" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E49" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F49" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="B50" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E50" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F50" s="1">
         <v>0.016</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="B51" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E51" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F51" s="1">
         <v>0.017</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="B52" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E52" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F52" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B53" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E53" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F53" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="B54" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E54" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F54" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="B55" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E55" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F55" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="B56" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E56" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F56" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="B57" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E57" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F57" s="1">
         <v>0.001</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="B58" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E58" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F58" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B59" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E59" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F59" s="1">
         <v>0.001</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B60" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E60" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F60" s="1">
         <v>0.003</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="B61" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E61" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F61" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B62" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E62" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F62" s="1">
         <v>0.002</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="B63" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E63" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F63" s="1">
         <v>0.003</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="B64" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E64" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F64" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B65" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E65" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F65" s="1">
         <v>0.004</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B66" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E66" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F66" s="1">
         <v>0.001</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="B67" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E67" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F67" s="1">
         <v>0.001</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B68" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E68" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F68" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="B69" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E69" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F69" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B70" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E70" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F70" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B71" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E71" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F71" s="1">
         <v>0.003</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B72" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E72" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F72" s="1">
         <v>0.008</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="B73" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E73" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F73" s="1">
         <v>0.003</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B74" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C74" t="s">
         <v>10</v>
       </c>
       <c r="D74" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E74" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F74" s="1">
         <v>0.006</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="B75" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C75" t="s">
         <v>10</v>
       </c>
       <c r="D75" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E75" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F75" s="1">
         <v>0</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G76"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F76"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="E1" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="B2" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E2" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F2" s="1">
         <v>1.6</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="B3" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E3" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F3" s="1">
         <v>1.6</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="B4" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E4" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F4" s="1">
         <v>0.77</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B5" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E5" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F5" s="1">
         <v>0.38</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B6" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E6" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F6" s="1">
         <v>0.34</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="B7" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E7" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F7" s="1">
         <v>1.6</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B8" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E8" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F8" s="1">
         <v>1.7</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B9" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E9" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F9" s="1">
         <v>1.9</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B10" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E10" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F10" s="1">
         <v>1.8</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B11" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E11" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F11" s="1">
         <v>1.9</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B12" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E12" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F12" s="1">
         <v>1.8</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B13" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E13" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F13" s="1">
         <v>0.37</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B14" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E14" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F14" s="1">
         <v>1.9</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B15" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E15" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F15" s="1">
         <v>1.8</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B16" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E16" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F16" s="1">
         <v>2.4</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B17" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E17" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F17" s="1">
         <v>2.3</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B18" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E18" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F18" s="1">
         <v>2.6</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="B19" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E19" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F19" s="1">
         <v>1.9</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="B20" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E20" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F20" s="1">
         <v>0.5</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="B21" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E21" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F21" s="1">
         <v>0.5</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B22" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E22" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F22" s="1">
         <v>0.5</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B23" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E23" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F23" s="1">
         <v>0.4</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="B24" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E24" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F24" s="1">
         <v>0.4</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="B25" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E25" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F25" s="1">
         <v>0.4</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="B26" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E26" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F26" s="1">
         <v>0.4</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="B27" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E27" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F27" s="1">
         <v>0.4</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B28" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E28" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F28" s="1">
         <v>0.4</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="B29" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E29" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F29" s="1">
         <v>0.4</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="B30" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E30" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F30" s="1">
         <v>0.4</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="B31" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E31" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F31" s="1">
         <v>0.4</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="B32" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E32" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F32" s="1">
         <v>0.4</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B33" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E33" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F33" s="1">
         <v>1.2</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="B34" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E34" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F34" s="1">
         <v>0.4</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="B35" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E35" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F35" s="1">
         <v>0.9</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="B36" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E36" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F36" s="1">
         <v>0.47</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="B37" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E37" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F37" s="1">
         <v>0.41</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="B38" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E38" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F38" s="1">
         <v>0.53</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B39" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E39" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F39" s="1">
         <v>0.38</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="B40" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E40" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F40" s="1">
         <v>0.43</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
+        <v>515</v>
+      </c>
+      <c r="B41" t="s">
         <v>513</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E41" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F41" s="1">
         <v>0.39</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B42" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E42" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F42" s="1">
         <v>0.52</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="B43" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E43" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F43" s="1">
         <v>0.51</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B44" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E44" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F44" s="1">
         <v>0.49</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="B45" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E45" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F45" s="1">
         <v>0.43</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="B46" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E46" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F46" s="1">
         <v>0.52</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B47" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E47" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F47" s="1">
         <v>0.35</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B48" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E48" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F48" s="1">
         <v>0.3</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="B49" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E49" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F49" s="1">
         <v>2.73</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="B50" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E50" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F50" s="1">
         <v>6.83</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="B51" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E51" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F51" s="1">
         <v>1.65</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="B52" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E52" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F52" s="1">
         <v>0.4</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B53" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E53" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F53" s="1">
         <v>0.33</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="B54" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E54" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F54" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="B55" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E55" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F55" s="1">
         <v>0.36</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="B56" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E56" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F56" s="1">
         <v>0.39</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="B57" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E57" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F57" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="B58" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E58" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F58" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B59" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E59" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F59" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B60" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E60" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F60" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="B61" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E61" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F61" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B62" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E62" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F62" s="1">
         <v>1.149</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="B63" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E63" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F63" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="B64" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E64" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F64" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B65" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E65" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F65" s="1">
         <v>1.652</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B66" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E66" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F66" s="1">
         <v>0.91</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="B67" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E67" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F67" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B68" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E68" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F68" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="B69" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E69" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F69" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="B70" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E70" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F70" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B71" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E71" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F71" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B72" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E72" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F72" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B73" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E73" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F73" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="B74" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C74" t="s">
         <v>10</v>
       </c>
       <c r="D74" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E74" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F74" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B75" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C75" t="s">
         <v>10</v>
       </c>
       <c r="D75" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E75" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F75" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="B76" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C76" t="s">
         <v>10</v>
       </c>
       <c r="D76" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E76" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="F76" s="1">
         <v>0.01</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G38"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F38"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="E1" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B2" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E2" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="F2" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="B3" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E3" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="F3" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
+        <v>515</v>
+      </c>
+      <c r="B4" t="s">
         <v>513</v>
       </c>
-      <c r="B4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E4" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="F4" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B5" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E5" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="F5" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="B6" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E6" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="F6" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B7" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E7" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="F7" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="B8" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E8" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="F8" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="B9" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E9" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="F9" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B10" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E10" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="F10" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B11" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E11" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="F11" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="B12" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E12" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="F12" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="B13" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E13" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="F13" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="B14" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E14" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="F14" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B15" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E15" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="F15" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="B16" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E16" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="F16" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="B17" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E17" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="F17" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="B18" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E18" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="F18" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="B19" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E19" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="F19" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="B20" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E20" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="F20" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B21" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E21" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="F21" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B22" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E22" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="F22" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="B23" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E23" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="F23" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B24" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E24" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="F24" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="B25" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E25" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="F25" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="B26" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E26" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="F26" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B27" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E27" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="F27" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B28" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E28" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="F28" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="B29" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E29" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="F29" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B30" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E30" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="F30" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="B31" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E31" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="F31" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="B32" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E32" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="F32" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B33" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E33" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="F33" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B34" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E34" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="F34" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B35" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E35" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="F35" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="B36" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E36" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="F36" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B37" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E37" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="F37" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="B38" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E38" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="F38" s="1">
         <v>0.01</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G67"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F67"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="E1" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="B2" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E2" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F2" s="1">
         <v>6.9</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="B3" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E3" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F3" s="1">
         <v>7.13</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="B4" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E4" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F4" s="1">
         <v>7.81</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B5" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E5" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F5" s="1">
         <v>7.44</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B6" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E6" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F6" s="1">
         <v>6.97</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="B7" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E7" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F7" s="1">
         <v>7.13</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B8" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E8" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F8" s="1">
         <v>7.7</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B9" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E9" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F9" s="1">
         <v>7.21</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B10" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E10" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F10" s="1">
         <v>7.08</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B11" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E11" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F11" s="1">
         <v>7.29</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B12" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E12" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F12" s="1">
         <v>7.19</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B13" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E13" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F13" s="1">
         <v>7.43</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B14" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E14" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F14" s="1">
         <v>8.02</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B15" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E15" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F15" s="1">
         <v>7.04</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B16" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E16" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F16" s="1">
         <v>7.49</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B17" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E17" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F17" s="1">
         <v>7.04</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B18" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E18" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F18" s="1">
         <v>7.2</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="B19" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E19" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F19" s="1">
         <v>7.47</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="B20" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E20" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F20" s="1">
         <v>7.09</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="B21" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E21" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F21" s="1">
         <v>7.41</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B22" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E22" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F22" s="1">
         <v>7.17</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B23" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E23" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F23" s="1">
         <v>7.23</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="B24" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E24" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F24" s="1">
         <v>7.08</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="B25" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E25" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F25" s="1">
         <v>7.27</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="B26" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E26" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F26" s="1">
         <v>7.01</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="B27" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E27" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F27" s="1">
         <v>7.01</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B28" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E28" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F28" s="1">
         <v>7.18</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="B29" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E29" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F29" s="1">
         <v>7.34</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="B30" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E30" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F30" s="1">
         <v>7.11</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="B31" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E31" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F31" s="1">
         <v>7.14</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="B32" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E32" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F32" s="1">
         <v>7.49</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B33" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E33" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F33" s="1">
         <v>7.23</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="B34" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E34" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F34" s="1">
         <v>7.28</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="B35" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E35" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F35" s="1">
         <v>6.99</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="B36" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E36" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F36" s="1">
         <v>7.1</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="B37" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E37" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F37" s="1">
         <v>7.09</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="B38" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E38" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F38" s="1">
         <v>7.04</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B39" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E39" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F39" s="1">
         <v>7.2</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="B40" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E40" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F40" s="1">
         <v>7.3</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
+        <v>515</v>
+      </c>
+      <c r="B41" t="s">
         <v>513</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E41" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F41" s="1">
         <v>7.2</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B42" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E42" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F42" s="1">
         <v>7.2</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="B43" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E43" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F43" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B44" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E44" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F44" s="1">
         <v>7.3</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="B45" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E45" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F45" s="1">
         <v>7.3</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="B46" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E46" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F46" s="1">
         <v>7.7</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B47" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E47" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F47" s="1">
         <v>8.8</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="B48" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E48" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F48" s="1">
         <v>5.79</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="B49" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E49" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F49" s="1">
-        <v>7.7</v>
+        <v>7.21</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="B50" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E50" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F50" s="1">
-        <v>7.21</v>
+        <v>7.7</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="B51" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E51" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F51" s="1">
         <v>7.38</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B52" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E52" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F52" s="1">
         <v>7.42</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="B53" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E53" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F53" s="1">
         <v>7.59</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="B54" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E54" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F54" s="1">
         <v>8.16</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="B55" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E55" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F55" s="1">
         <v>7.31</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="B56" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E56" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F56" s="1">
         <v>8.22</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="B57" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E57" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F57" s="1">
         <v>7.89</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B58" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E58" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F58" s="1">
         <v>7.53</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B59" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E59" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F59" s="1">
         <v>8.15</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="B60" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E60" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F60" s="1">
         <v>8.37</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B61" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E61" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F61" s="1">
         <v>7.81</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="B62" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E62" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F62" s="1">
         <v>8.37</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="B63" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E63" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F63" s="1">
         <v>8.35</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B64" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E64" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F64" s="1">
         <v>7.78</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B65" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E65" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F65" s="1">
         <v>7.3</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="B66" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E66" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F66" s="1">
         <v>7.6</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B67" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E67" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F67" s="1">
         <v>7.6</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G60"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F60"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="E1" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="B2" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E2" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="F2" s="1">
         <v>527</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
+        <v>450</v>
+      </c>
+      <c r="B3" t="s">
+        <v>447</v>
+      </c>
+      <c r="C3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3" t="s">
         <v>448</v>
       </c>
-      <c r="B3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E3" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="F3" s="1">
         <v>495</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
+        <v>451</v>
+      </c>
+      <c r="B4" t="s">
+        <v>447</v>
+      </c>
+      <c r="C4" t="s">
+        <v>10</v>
+      </c>
+      <c r="D4" t="s">
+        <v>448</v>
+      </c>
+      <c r="E4" t="s">
         <v>449</v>
-      </c>
-[...10 lines deleted...]
-        <v>447</v>
       </c>
       <c r="F4" s="1">
         <v>620</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B5" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E5" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="F5" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B6" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E6" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="F6" s="1">
         <v>522</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B7" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E7" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="F7" s="1">
         <v>446</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B8" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E8" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="F8" s="1">
         <v>501</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B9" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E9" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="F9" s="1">
         <v>473</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B10" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E10" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="F10" s="1">
         <v>484</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B11" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E11" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="F11" s="1">
         <v>442</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B12" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E12" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="F12" s="1">
         <v>474</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B13" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E13" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="F13" s="1">
         <v>445</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B14" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E14" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="F14" s="1">
         <v>436</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B15" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E15" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="F15" s="1">
         <v>464</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B16" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E16" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="F16" s="1">
         <v>464</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B17" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E17" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="F17" s="1">
         <v>485</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="B18" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E18" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="F18" s="1">
         <v>465</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="B19" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E19" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="F19" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="B20" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E20" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="F20" s="1">
         <v>472</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B21" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E21" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="F21" s="1">
         <v>460</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B22" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E22" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="F22" s="1">
         <v>435</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="B23" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E23" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="F23" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="B24" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E24" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="F24" s="1">
         <v>420</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="B25" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E25" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="F25" s="1">
         <v>410</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="B26" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E26" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="F26" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B27" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E27" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="F27" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="B28" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E28" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="F28" s="1">
         <v>470</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="B29" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E29" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="F29" s="1">
         <v>417</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="B30" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E30" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="F30" s="1">
         <v>417</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="B31" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E31" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="F31" s="1">
         <v>399</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B32" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E32" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="F32" s="1">
         <v>414</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="B33" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E33" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="F33" s="1">
         <v>494</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="B34" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E34" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="F34" s="1">
         <v>482</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="B35" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E35" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="F35" s="1">
         <v>460</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="B36" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E36" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="F36" s="1">
         <v>476.1</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="B37" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E37" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="F37" s="1">
         <v>399.4</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="B38" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E38" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="F38" s="1">
         <v>68</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="B39" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E39" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="F39" s="1">
         <v>445.2</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="B40" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E40" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="F40" s="1">
         <v>445.2</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="B41" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E41" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="F41" s="1">
         <v>426</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="B42" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E42" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="F42" s="1">
         <v>433</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="B43" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E43" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="F43" s="1">
         <v>432</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B44" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E44" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="F44" s="1">
         <v>428</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B45" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E45" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="F45" s="1">
         <v>441</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="B46" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E46" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="F46" s="1">
         <v>425</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B47" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E47" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="F47" s="1">
         <v>439</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="B48" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E48" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="F48" s="1">
         <v>462</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="B49" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E49" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="F49" s="1">
         <v>482</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B50" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E50" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="F50" s="1">
         <v>368</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B51" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E51" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="F51" s="1">
         <v>441.2</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="B52" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E52" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="F52" s="1">
         <v>298.7</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B53" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E53" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="F53" s="1">
         <v>257</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="B54" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E54" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="F54" s="1">
         <v>452</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B55" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E55" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="F55" s="1">
         <v>429</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B56" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E56" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="F56" s="1">
         <v>439.1</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B57" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E57" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="F57" s="1">
         <v>455</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="B58" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E58" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="F58" s="1">
         <v>465.6</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B59" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E59" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="F59" s="1">
         <v>483.6</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="B60" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E60" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="F60" s="1">
         <v>441.1</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G107"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F107"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="E1" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E2" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F2" s="1">
         <v>7.08</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E3" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F3" s="1">
         <v>6.91</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E4" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F4" s="1">
         <v>6.89</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E5" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F5" s="1">
         <v>7.27</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E6" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F6" s="1">
         <v>7.92</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E7" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F7" s="1">
         <v>7.1</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E8" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F8" s="1">
         <v>6.83</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E9" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F9" s="1">
         <v>6.69</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E10" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F10" s="1">
         <v>7.4</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E11" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F11" s="1">
         <v>6.9</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E12" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F12" s="1">
         <v>7.1</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E13" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F13" s="1">
         <v>6.68</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E14" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F14" s="1">
         <v>6.857</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E15" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F15" s="1">
         <v>6.72</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E16" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F16" s="1">
         <v>6.84</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E17" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F17" s="1">
         <v>6.764</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E18" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F18" s="1">
         <v>6.7</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E19" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F19" s="1">
         <v>7.37</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E20" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F20" s="1">
         <v>7.13</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E21" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F21" s="1">
         <v>7.03</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E22" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F22" s="1">
         <v>6.84</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E23" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F23" s="1">
         <v>6.899</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E24" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F24" s="1">
         <v>7.09</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E25" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F25" s="1">
         <v>7.31</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E26" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F26" s="1">
         <v>7.26</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E27" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F27" s="1">
         <v>7.09</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E28" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F28" s="1">
         <v>6.89</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E29" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F29" s="1">
         <v>7.37</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E30" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F30" s="1">
         <v>7.22</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E31" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F31" s="1">
         <v>6.961</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E32" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F32" s="1">
         <v>6.82</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E33" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F33" s="1">
         <v>7.09</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E34" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F34" s="1">
         <v>7.07</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E35" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F35" s="1">
         <v>7.1</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E36" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F36" s="1">
         <v>6.763</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E37" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F37" s="1">
         <v>7.151</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="B38" t="s">
-        <v>9</v>
+        <v>513</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E38" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F38" s="1">
-        <v>6.981</v>
+        <v>7.33</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="B39" t="s">
-        <v>511</v>
+        <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E39" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F39" s="1">
-        <v>7.33</v>
+        <v>6.981</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E40" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F40" s="1">
         <v>6.87</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
+        <v>515</v>
+      </c>
+      <c r="B41" t="s">
         <v>513</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E41" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F41" s="1">
         <v>6.97</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B42" t="s">
-        <v>9</v>
+        <v>513</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E42" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F42" s="1">
-        <v>6.694</v>
+        <v>7.04</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B43" t="s">
-        <v>511</v>
+        <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E43" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F43" s="1">
-        <v>7.04</v>
+        <v>6.694</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E44" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F44" s="1">
         <v>7.19</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="B45" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E45" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F45" s="1">
         <v>7.67</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E46" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F46" s="1">
         <v>7.3</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="B47" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E47" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F47" s="1">
         <v>7.066</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="B48" t="s">
-        <v>511</v>
+        <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E48" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F48" s="1">
-        <v>7.02</v>
+        <v>6.925</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="B49" t="s">
-        <v>9</v>
+        <v>513</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E49" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F49" s="1">
-        <v>6.925</v>
+        <v>7.02</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E50" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F50" s="1">
         <v>6.914</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B51" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E51" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F51" s="1">
         <v>6.93</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B52" t="s">
-        <v>9</v>
+        <v>522</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E52" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F52" s="1">
-        <v>6.711</v>
+        <v>6.81</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B53" t="s">
-        <v>520</v>
+        <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E53" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F53" s="1">
-        <v>6.81</v>
+        <v>6.711</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E54" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F54" s="1">
         <v>7.116</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="B55" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E55" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F55" s="1">
         <v>7.01</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E56" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F56" s="1">
         <v>6.936</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="B57" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E57" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F57" s="1">
         <v>7.21</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="B58" t="s">
-        <v>535</v>
+        <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E58" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F58" s="1">
-        <v>6.88</v>
+        <v>7.068</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="B59" t="s">
-        <v>9</v>
+        <v>537</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E59" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F59" s="1">
-        <v>7.068</v>
+        <v>6.88</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B60" t="s">
-        <v>9</v>
+        <v>447</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E60" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F60" s="1">
-        <v>7.143</v>
+        <v>7.25</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B61" t="s">
-        <v>445</v>
+        <v>9</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E61" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F61" s="1">
-        <v>7.25</v>
+        <v>7.143</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="B62" t="s">
-        <v>535</v>
+        <v>9</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E62" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F62" s="1">
-        <v>7.28</v>
+        <v>7.356</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="B63" t="s">
-        <v>9</v>
+        <v>537</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E63" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F63" s="1">
-        <v>7.356</v>
+        <v>7.28</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E64" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F64" s="1">
         <v>6.939</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="B65" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E65" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F65" s="1">
         <v>6.94</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E66" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F66" s="1">
         <v>7.314</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="B67" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E67" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F67" s="1">
         <v>7.32</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="B68" t="s">
-        <v>536</v>
+        <v>9</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E68" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F68" s="1">
-        <v>6.85</v>
+        <v>6.864</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="B69" t="s">
-        <v>9</v>
+        <v>538</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E69" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F69" s="1">
-        <v>6.864</v>
+        <v>6.85</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E70" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F70" s="1">
         <v>7.144</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="B71" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E71" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F71" s="1">
         <v>7.22</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E72" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F72" s="1">
         <v>7.09</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B73" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E73" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F73" s="1">
         <v>7.12</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
         <v>10</v>
       </c>
       <c r="D74" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E74" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F74" s="1">
         <v>7.546</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B75" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="C75" t="s">
         <v>10</v>
       </c>
       <c r="D75" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E75" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F75" s="1">
         <v>7.56</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="B76" t="s">
-        <v>9</v>
+        <v>324</v>
       </c>
       <c r="C76" t="s">
         <v>10</v>
       </c>
       <c r="D76" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E76" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F76" s="1">
-        <v>7.428</v>
+        <v>7.26</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="B77" t="s">
-        <v>324</v>
+        <v>9</v>
       </c>
       <c r="C77" t="s">
         <v>10</v>
       </c>
       <c r="D77" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E77" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F77" s="1">
-        <v>7.26</v>
+        <v>7.428</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B78" t="s">
-        <v>9</v>
+        <v>324</v>
       </c>
       <c r="C78" t="s">
         <v>10</v>
       </c>
       <c r="D78" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E78" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F78" s="1">
-        <v>7.343</v>
+        <v>7.19</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B79" t="s">
-        <v>324</v>
+        <v>9</v>
       </c>
       <c r="C79" t="s">
         <v>10</v>
       </c>
       <c r="D79" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E79" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F79" s="1">
-        <v>7.19</v>
+        <v>7.343</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="B80" t="s">
-        <v>324</v>
+        <v>9</v>
       </c>
       <c r="C80" t="s">
         <v>10</v>
       </c>
       <c r="D80" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E80" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F80" s="1">
-        <v>7.19</v>
+        <v>7.147</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="B81" t="s">
-        <v>9</v>
+        <v>324</v>
       </c>
       <c r="C81" t="s">
         <v>10</v>
       </c>
       <c r="D81" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E81" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F81" s="1">
-        <v>7.147</v>
+        <v>7.19</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="B82" t="s">
-        <v>324</v>
+        <v>9</v>
       </c>
       <c r="C82" t="s">
         <v>10</v>
       </c>
       <c r="D82" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E82" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F82" s="1">
-        <v>7.43</v>
+        <v>7.15</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="B83" t="s">
-        <v>9</v>
+        <v>324</v>
       </c>
       <c r="C83" t="s">
         <v>10</v>
       </c>
       <c r="D83" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E83" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F83" s="1">
-        <v>7.15</v>
+        <v>7.43</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
         <v>10</v>
       </c>
       <c r="D84" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E84" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F84" s="1">
         <v>7.054</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B85" t="s">
         <v>324</v>
       </c>
       <c r="C85" t="s">
         <v>10</v>
       </c>
       <c r="D85" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E85" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F85" s="1">
         <v>7.22</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B86" t="s">
         <v>324</v>
       </c>
       <c r="C86" t="s">
         <v>10</v>
       </c>
       <c r="D86" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E86" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F86" s="1">
         <v>7.135</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
         <v>10</v>
       </c>
       <c r="D87" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E87" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F87" s="1">
         <v>7.149</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="B88" t="s">
         <v>324</v>
       </c>
       <c r="C88" t="s">
         <v>10</v>
       </c>
       <c r="D88" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E88" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F88" s="1">
         <v>7.096</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
         <v>10</v>
       </c>
       <c r="D89" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E89" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F89" s="1">
         <v>6.997</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
         <v>10</v>
       </c>
       <c r="D90" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E90" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F90" s="1">
         <v>6.852</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B91" t="s">
         <v>324</v>
       </c>
       <c r="C91" t="s">
         <v>10</v>
       </c>
       <c r="D91" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E91" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F91" s="1">
         <v>7.137</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
         <v>10</v>
       </c>
       <c r="D92" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E92" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F92" s="1"/>
       <c r="G92" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="B93" t="s">
-        <v>324</v>
+        <v>9</v>
       </c>
       <c r="C93" t="s">
         <v>10</v>
       </c>
       <c r="D93" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E93" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F93" s="1">
-        <v>7.171</v>
+        <v>7.045</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="B94" t="s">
-        <v>9</v>
+        <v>324</v>
       </c>
       <c r="C94" t="s">
         <v>10</v>
       </c>
       <c r="D94" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E94" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F94" s="1">
-        <v>7.045</v>
+        <v>7.171</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="B95" t="s">
         <v>324</v>
       </c>
       <c r="C95" t="s">
         <v>10</v>
       </c>
       <c r="D95" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E95" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F95" s="1">
         <v>7.124</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
         <v>10</v>
       </c>
       <c r="D96" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E96" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F96" s="1">
         <v>7.029</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B97" t="s">
-        <v>9</v>
+        <v>324</v>
       </c>
       <c r="C97" t="s">
         <v>10</v>
       </c>
       <c r="D97" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E97" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F97" s="1">
-        <v>7.083</v>
+        <v>7.108</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B98" t="s">
-        <v>324</v>
+        <v>9</v>
       </c>
       <c r="C98" t="s">
         <v>10</v>
       </c>
       <c r="D98" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E98" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F98" s="1">
-        <v>7.108</v>
+        <v>7.083</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B99" t="s">
         <v>324</v>
       </c>
       <c r="C99" t="s">
         <v>10</v>
       </c>
       <c r="D99" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E99" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F99" s="1">
         <v>7.041</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
         <v>10</v>
       </c>
       <c r="D100" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E100" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F100" s="1">
         <v>7.156</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B101" t="s">
         <v>324</v>
       </c>
       <c r="C101" t="s">
         <v>10</v>
       </c>
       <c r="D101" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E101" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F101" s="1">
         <v>7.094</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
         <v>432</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
         <v>10</v>
       </c>
       <c r="D102" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E102" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F102" s="1">
         <v>7.098</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="B103" t="s">
         <v>324</v>
       </c>
       <c r="C103" t="s">
         <v>10</v>
       </c>
       <c r="D103" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E103" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F103" s="1">
         <v>7.1</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
         <v>436</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
         <v>10</v>
       </c>
       <c r="D104" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E104" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F104" s="1">
         <v>7.212</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B105" t="s">
         <v>324</v>
       </c>
       <c r="C105" t="s">
         <v>10</v>
       </c>
       <c r="D105" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E105" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F105" s="1">
         <v>7.224</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
         <v>10</v>
       </c>
       <c r="D106" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E106" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F106" s="1">
         <v>7.018</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="B107" t="s">
         <v>324</v>
       </c>
       <c r="C107" t="s">
         <v>10</v>
       </c>
       <c r="D107" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E107" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="F107" s="1">
         <v>7.009</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G76"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F76"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="E1" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="B2" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E2" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F2" s="1">
         <v>30.6</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="B3" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E3" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F3" s="1">
         <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="B4" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E4" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F4" s="1">
         <v>15.2</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B5" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E5" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F5" s="1">
         <v>37.9</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B6" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E6" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F6" s="1">
         <v>37</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="B7" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E7" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F7" s="1">
         <v>35.25</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B8" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E8" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F8" s="1">
         <v>26.64</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B9" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E9" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F9" s="1">
         <v>44.81</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B10" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E10" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F10" s="1">
         <v>36.82</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B11" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E11" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F11" s="1">
         <v>53.66</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B12" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E12" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F12" s="1">
         <v>56.59</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B13" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E13" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F13" s="1">
         <v>35.36</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B14" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E14" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F14" s="1">
         <v>39.32</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B15" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E15" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F15" s="1">
         <v>36.23</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B16" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E16" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F16" s="1">
         <v>40.34</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B17" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E17" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F17" s="1">
         <v>37.68</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B18" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E18" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F18" s="1">
         <v>36.21</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="B19" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E19" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F19" s="1">
         <v>41.32</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="B20" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E20" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F20" s="1">
         <v>36.11</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="B21" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E21" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F21" s="1">
         <v>36.42</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B22" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E22" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F22" s="1">
         <v>37.94</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B23" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E23" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F23" s="1">
         <v>33.8</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="B24" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E24" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F24" s="1">
         <v>34.38</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="B25" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E25" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F25" s="1">
         <v>31.06</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="B26" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E26" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F26" s="1">
         <v>63</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="B27" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E27" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F27" s="1">
         <v>33.88</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B28" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E28" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F28" s="1">
         <v>36.94</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="B29" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E29" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F29" s="1">
         <v>39.06</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="B30" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E30" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F30" s="1">
         <v>36.31</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="B31" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E31" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F31" s="1">
         <v>37.4</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="B32" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E32" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F32" s="1">
         <v>34.66</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B33" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E33" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F33" s="1">
         <v>34.55</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="B34" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E34" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F34" s="1">
         <v>33.21</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="B35" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E35" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F35" s="1">
         <v>32.23</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="B36" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E36" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F36" s="1">
         <v>35.8</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="B37" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E37" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F37" s="1">
         <v>33.81</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="B38" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E38" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F38" s="1">
         <v>31.34</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B39" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E39" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F39" s="1">
         <v>34.1</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="B40" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E40" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F40" s="1">
         <v>12.2</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
+        <v>515</v>
+      </c>
+      <c r="B41" t="s">
         <v>513</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E41" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F41" s="1">
         <v>32.4</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B42" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E42" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F42" s="1">
         <v>30.97</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="B43" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E43" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F43" s="1">
         <v>35.01</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B44" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E44" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F44" s="1">
         <v>32.63</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="B45" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E45" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F45" s="1">
         <v>34.34</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="B46" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E46" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F46" s="1">
         <v>31.13</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B47" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E47" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F47" s="1">
         <v>49</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B48" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E48" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F48" s="1">
         <v>29.923</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="B49" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E49" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F49" s="1">
         <v>31.328</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="B50" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E50" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F50" s="1">
-        <v>46.5</v>
+        <v>48</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="B51" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E51" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F51" s="1">
-        <v>48</v>
+        <v>46.5</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="B52" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E52" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F52" s="1">
         <v>32.15</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B53" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E53" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F53" s="1">
         <v>32.107</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="B54" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E54" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F54" s="1">
         <v>34.316</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="B55" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E55" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F55" s="1">
         <v>31.026</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="B56" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E56" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F56" s="1">
         <v>33.703</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="B57" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E57" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F57" s="1">
         <v>32.99</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="B58" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E58" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F58" s="1">
         <v>30.278</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B59" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E59" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F59" s="1">
         <v>28.369</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B60" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E60" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F60" s="1">
         <v>31.879</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="B61" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E61" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F61" s="1">
         <v>31.063</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B62" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E62" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F62" s="1">
         <v>29.519</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="B63" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E63" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F63" s="1">
         <v>30.644</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="B64" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E64" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F64" s="1">
         <v>30.47</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B65" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E65" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F65" s="1">
         <v>31.169</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B66" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E66" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F66" s="1">
         <v>27.318</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="B67" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E67" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F67" s="1">
         <v>32.107</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B68" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E68" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F68" s="1">
         <v>27.3</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="B69" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E69" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F69" s="1">
         <v>24.99</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="B70" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E70" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F70" s="1">
         <v>28.74</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B71" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E71" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F71" s="1">
         <v>27.44</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B72" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E72" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F72" s="1">
         <v>31.775</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B73" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E73" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F73" s="1">
         <v>29.528</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="B74" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C74" t="s">
         <v>10</v>
       </c>
       <c r="D74" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E74" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F74" s="1">
         <v>28.844</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B75" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C75" t="s">
         <v>10</v>
       </c>
       <c r="D75" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E75" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F75" s="1">
         <v>27.855</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="B76" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C76" t="s">
         <v>10</v>
       </c>
       <c r="D76" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E76" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="F76" s="1">
         <v>37.992</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G74"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F74"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="E1" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="B2" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E2" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F2" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="B3" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E3" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F3" s="1">
         <v>590</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="B4" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E4" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F4" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B5" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E5" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F5" s="1">
         <v>581</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B6" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E6" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F6" s="1">
         <v>585</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B7" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E7" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F7" s="1">
         <v>502</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B8" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E8" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F8" s="1">
         <v>457.04</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B9" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E9" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F9" s="1">
         <v>565.32</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B10" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E10" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F10" s="1">
         <v>517.76</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B11" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E11" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F11" s="1">
         <v>642</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B12" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E12" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F12" s="1">
         <v>409.16</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B13" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E13" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F13" s="1">
         <v>977.16</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B14" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E14" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F14" s="1">
         <v>516.65</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B15" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E15" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F15" s="1">
         <v>570</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B16" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E16" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F16" s="1">
         <v>630</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B17" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E17" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F17" s="1">
         <v>488.48</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="B18" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E18" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F18" s="1">
         <v>524.25</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="B19" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E19" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F19" s="1">
         <v>429</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="B20" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E20" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F20" s="1">
         <v>512.8</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B21" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E21" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F21" s="1">
         <v>443.5</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B22" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E22" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F22" s="1">
         <v>430.1</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="B23" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E23" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F23" s="1">
         <v>494.67</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="B24" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E24" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F24" s="1">
         <v>445.99</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="B25" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E25" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F25" s="1">
         <v>558.1</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="B26" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E26" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F26" s="1">
         <v>513.2</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B27" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E27" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F27" s="1">
         <v>263.72</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="B28" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E28" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F28" s="1">
         <v>457.14</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="B29" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E29" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F29" s="1">
         <v>497.3</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="B30" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E30" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F30" s="1">
         <v>432.9</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="B31" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E31" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F31" s="1">
         <v>420.54</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B32" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E32" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F32" s="1">
         <v>434.77</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="B33" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E33" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F33" s="1">
         <v>461.35</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="B34" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E34" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F34" s="1">
         <v>441.3</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="B35" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E35" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F35" s="1">
         <v>429.3</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="B36" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E36" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F36" s="1">
         <v>412.91</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="B37" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E37" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F37" s="1">
         <v>422.2</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B38" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E38" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F38" s="1">
         <v>443</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="B39" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E39" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F39" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
+        <v>515</v>
+      </c>
+      <c r="B40" t="s">
         <v>513</v>
       </c>
-      <c r="B40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E40" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F40" s="1">
         <v>318</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B41" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E41" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F41" s="1">
         <v>437.75</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="B42" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E42" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F42" s="1">
         <v>432.62</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B43" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E43" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F43" s="1">
         <v>447.24</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="B44" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E44" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F44" s="1">
         <v>442.69</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="B45" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E45" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F45" s="1">
         <v>405.43</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B46" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E46" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F46" s="1">
         <v>391</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B47" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E47" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F47" s="1">
         <v>358.236</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="B48" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E48" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F48" s="1">
         <v>392.02</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="B49" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E49" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F49" s="1">
         <v>688</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="B50" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E50" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F50" s="1">
         <v>539</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="B51" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E51" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F51" s="1">
         <v>372.89</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B52" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E52" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F52" s="1">
         <v>390.58</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="B53" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E53" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F53" s="1">
         <v>378.22</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="B54" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E54" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F54" s="1">
         <v>366.31</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="B55" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E55" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F55" s="1">
         <v>441.42</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="B56" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E56" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F56" s="1">
         <v>421.58</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="B57" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E57" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F57" s="1">
         <v>368.18</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B58" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E58" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F58" s="1">
         <v>377.03</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B59" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E59" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F59" s="1">
         <v>391.77</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="B60" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E60" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F60" s="1">
         <v>403.53</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B61" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E61" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F61" s="1">
         <v>392.06</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="B62" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E62" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F62" s="1">
         <v>371.15</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="B63" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E63" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F63" s="1">
         <v>404.32</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B64" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E64" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F64" s="1">
         <v>383.78</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B65" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E65" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F65" s="1">
         <v>352.068</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="B66" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E66" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F66" s="1">
         <v>418.963</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B67" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E67" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F67" s="1">
         <v>362.5</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="B68" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E68" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F68" s="1">
         <v>376.3</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B69" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E69" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F69" s="1">
         <v>361.1</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B70" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E70" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F70" s="1">
         <v>388.526</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B71" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E71" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F71" s="1">
         <v>397.215</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="B72" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E72" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F72" s="1">
         <v>363.022</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B73" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E73" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F73" s="1">
         <v>346.95</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="B74" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C74" t="s">
         <v>10</v>
       </c>
       <c r="D74" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E74" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F74" s="1">
         <v>478.538</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G75"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F75"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="E1" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="B2" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E2" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F2" s="1">
         <v>2580</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="B3" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E3" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F3" s="1">
         <v>2360</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="B4" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E4" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F4" s="1">
         <v>2180</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B5" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E5" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F5" s="1">
         <v>2980</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B6" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E6" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F6" s="1">
         <v>2140</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="B7" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E7" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F7" s="1">
         <v>2172</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B8" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E8" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F8" s="1">
         <v>2080</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B9" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E9" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F9" s="1">
         <v>2100</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B10" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E10" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F10" s="1">
         <v>1990</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B11" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E11" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F11" s="1">
         <v>1882</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B12" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E12" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F12" s="1">
         <v>2275</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B13" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E13" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F13" s="1">
         <v>2094</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B14" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E14" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F14" s="1">
         <v>2100</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B15" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E15" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F15" s="1">
         <v>2020</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B16" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E16" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F16" s="1">
         <v>3960</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B17" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E17" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F17" s="1">
         <v>1992</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B18" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E18" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F18" s="1">
         <v>2048</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="B19" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E19" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F19" s="1">
         <v>2038</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="B20" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E20" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F20" s="1">
         <v>2322</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="B21" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E21" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F21" s="1">
         <v>2034</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B22" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E22" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F22" s="1">
         <v>1944</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B23" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E23" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F23" s="1">
         <v>1978</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="B24" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E24" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F24" s="1">
         <v>1990</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="B25" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E25" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F25" s="1">
         <v>1874</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="B26" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E26" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F26" s="1">
         <v>1992</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="B27" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E27" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F27" s="1">
         <v>1934</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B28" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E28" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F28" s="1">
         <v>1950</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="B29" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E29" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F29" s="1">
         <v>2082</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="B30" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E30" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F30" s="1">
         <v>1850</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="B31" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E31" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F31" s="1">
         <v>3490</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="B32" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E32" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F32" s="1">
         <v>1824</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B33" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E33" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F33" s="1">
         <v>2008</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="B34" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E34" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F34" s="1">
         <v>2032</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="B35" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E35" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F35" s="1">
         <v>1874</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="B36" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E36" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F36" s="1">
         <v>1776</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="B37" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E37" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F37" s="1">
         <v>1832</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="B38" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E38" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F38" s="1">
         <v>1846</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B39" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E39" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F39" s="1">
         <v>1870</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="B40" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E40" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F40" s="1">
         <v>1830</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
+        <v>515</v>
+      </c>
+      <c r="B41" t="s">
         <v>513</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E41" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F41" s="1">
         <v>1900</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B42" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E42" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F42" s="1">
         <v>1928</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="B43" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E43" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F43" s="1">
         <v>1798</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B44" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E44" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F44" s="1">
         <v>2004</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="B45" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E45" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F45" s="1">
         <v>1881</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="B46" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E46" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F46" s="1">
         <v>1798</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B47" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E47" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F47" s="1">
         <v>1815</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B48" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E48" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F48" s="1">
         <v>1240</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="B49" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E49" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F49" s="1">
         <v>1813</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="B50" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E50" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F50" s="1">
         <v>1717</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="B51" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E51" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F51" s="1">
         <v>1883</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="B52" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E52" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F52" s="1">
         <v>1802</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B53" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E53" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F53" s="1">
         <v>1914</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="B54" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E54" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F54" s="1">
         <v>1788</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="B55" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E55" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F55" s="1">
         <v>1742</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="B56" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E56" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F56" s="1">
         <v>1730</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="B57" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E57" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F57" s="1">
         <v>1732</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="B58" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E58" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F58" s="1">
         <v>1684</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B59" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E59" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F59" s="1">
         <v>1816</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B60" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E60" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F60" s="1">
         <v>1772</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="B61" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E61" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F61" s="1">
         <v>1738</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B62" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E62" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F62" s="1">
         <v>1624</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="B63" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E63" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F63" s="1">
         <v>1798</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="B64" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E64" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F64" s="1">
         <v>1760</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B65" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E65" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F65" s="1">
         <v>1446</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B66" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E66" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F66" s="1">
         <v>1772</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="B67" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E67" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F67" s="1">
         <v>1710</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B68" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E68" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F68" s="1">
         <v>1530</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="B69" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E69" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F69" s="1">
         <v>1270</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B70" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E70" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F70" s="1">
         <v>1602</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B71" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E71" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F71" s="1">
         <v>1674</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B72" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E72" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F72" s="1">
         <v>1652</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="B73" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E73" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F73" s="1">
         <v>1584</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B74" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C74" t="s">
         <v>10</v>
       </c>
       <c r="D74" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E74" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F74" s="1">
         <v>1762</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="B75" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C75" t="s">
         <v>10</v>
       </c>
       <c r="D75" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E75" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F75" s="1">
         <v>1990</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet24.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G10"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="E1" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B2" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E2" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="F2" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="B3" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E3" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="F3" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="B4" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E4" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="F4" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B5" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E5" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="F5" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B6" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E6" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="F6" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B7" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E7" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="F7" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="B8" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E8" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="F8" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B9" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E9" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="F9" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="B10" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E10" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="F10" s="1">
         <v>16</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet25.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G11"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="E1" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="B2" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E2" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="F2" s="1">
         <v>590</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B3" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E3" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="F3" s="1">
         <v>1584</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="B4" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E4" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="F4" s="1">
         <v>3368</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="B5" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E5" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="F5" s="1">
         <v>1340</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B6" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E6" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="F6" s="1">
         <v>1782</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B7" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E7" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="F7" s="1">
         <v>1820</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B8" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E8" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="F8" s="1">
         <v>1922</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="B9" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E9" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="F9" s="1">
         <v>1690</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B10" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E10" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="F10" s="1">
         <v>1872</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="B11" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E11" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="F11" s="1">
         <v>2070</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet26.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G74"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F74"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="E1" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="B2" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E2" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F2" s="1">
         <v>858</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="B3" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E3" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F3" s="1">
         <v>738</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="B4" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E4" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F4" s="1">
         <v>598</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B5" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E5" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F5" s="1">
         <v>485</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B6" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E6" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F6" s="1">
         <v>690</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B7" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E7" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F7" s="1">
         <v>702</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B8" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E8" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F8" s="1">
         <v>453</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B9" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E9" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F9" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B10" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E10" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F10" s="1">
         <v>408</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B11" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E11" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F11" s="1">
         <v>459</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B12" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E12" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F12" s="1">
         <v>454</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B13" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E13" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F13" s="1">
         <v>409</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B14" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E14" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F14" s="1">
         <v>473</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B15" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E15" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F15" s="1">
         <v>502</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B16" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E16" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F16" s="1">
         <v>497</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B17" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E17" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F17" s="1">
         <v>602</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="B18" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E18" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F18" s="1">
         <v>620</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="B19" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E19" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F19" s="1">
         <v>422</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="B20" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E20" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F20" s="1">
         <v>504</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B21" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E21" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F21" s="1">
         <v>425</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B22" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E22" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F22" s="1">
         <v>415</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="B23" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E23" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F23" s="1">
         <v>374</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="B24" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E24" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F24" s="1">
         <v>412</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="B25" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E25" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F25" s="1">
         <v>335</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="B26" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E26" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F26" s="1">
         <v>384</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B27" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E27" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F27" s="1">
         <v>384</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="B28" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E28" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F28" s="1">
         <v>441</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="B29" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E29" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F29" s="1">
         <v>442</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="B30" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E30" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F30" s="1">
         <v>414</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="B31" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E31" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F31" s="1">
         <v>409</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B32" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E32" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F32" s="1">
         <v>387</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="B33" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E33" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F33" s="1">
         <v>405</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="B34" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E34" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F34" s="1">
         <v>385</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="B35" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E35" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F35" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="B36" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E36" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F36" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="B37" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E37" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F37" s="1">
         <v>409</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B38" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E38" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F38" s="1">
         <v>388</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="B39" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E39" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F39" s="1">
         <v>412</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
+        <v>515</v>
+      </c>
+      <c r="B40" t="s">
         <v>513</v>
       </c>
-      <c r="B40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E40" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F40" s="1">
         <v>379</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B41" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E41" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F41" s="1">
         <v>378</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="B42" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E42" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F42" s="1">
         <v>385</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B43" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E43" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F43" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="B44" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E44" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F44" s="1">
         <v>385</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="B45" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E45" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F45" s="1">
         <v>389</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B46" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E46" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F46" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B47" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E47" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F47" s="1">
         <v>326</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="B48" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E48" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F48" s="1">
         <v>323.37</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="B49" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E49" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F49" s="1">
         <v>416.37</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="B50" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E50" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F50" s="1">
         <v>416.2</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="B51" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E51" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F51" s="1">
         <v>356.44</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B52" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E52" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F52" s="1">
         <v>340.38</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="B53" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E53" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F53" s="1">
         <v>377.98</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="B54" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E54" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F54" s="1">
         <v>344.41</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="B55" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E55" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F55" s="1">
         <v>341.41</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="B56" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E56" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F56" s="1">
         <v>338.1</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="B57" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E57" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F57" s="1">
         <v>335</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B58" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E58" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F58" s="1">
         <v>373.16</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B59" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E59" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F59" s="1">
         <v>255.663</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="B60" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E60" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F60" s="1">
         <v>368.5</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B61" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E61" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F61" s="1">
         <v>380.9</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="B62" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E62" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F62" s="1">
         <v>320.4</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="B63" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E63" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F63" s="1">
         <v>334.9</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B64" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E64" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F64" s="1">
         <v>328.1</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B65" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E65" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F65" s="1">
         <v>442</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="B66" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E66" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F66" s="1">
         <v>372</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B67" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E67" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F67" s="1">
         <v>366</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="B68" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E68" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F68" s="1">
         <v>365</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B69" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E69" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F69" s="1">
         <v>365</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B70" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E70" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F70" s="1">
         <v>377</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B71" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E71" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F71" s="1">
         <v>373</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="B72" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E72" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F72" s="1">
         <v>356</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B73" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E73" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F73" s="1">
         <v>363</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="B74" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C74" t="s">
         <v>10</v>
       </c>
       <c r="D74" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E74" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F74" s="1">
         <v>355</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet27.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G6"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="E1" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="B2" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="E2" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="F2" s="1">
         <v>2.3</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B3" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="E3" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="F3" s="1">
         <v>4.4</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B4" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="E4" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="F4" s="1">
         <v>4.1</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B5" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="E5" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="F5" s="1">
         <v>5.2</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="B6" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="E6" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="F6" s="1">
         <v>1</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet28.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G74"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F74"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="E1" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="B2" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E2" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F2" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="B3" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E3" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F3" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="B4" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E4" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F4" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B5" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E5" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F5" s="1">
         <v>0.1</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B6" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E6" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F6" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="B7" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E7" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F7" s="1">
         <v>0.012</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B8" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E8" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F8" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B9" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E9" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F9" s="1">
         <v>0.072</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B10" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E10" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F10" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B11" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E11" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F11" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B12" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E12" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F12" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B13" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E13" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F13" s="1">
         <v>0.009</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B14" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E14" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F14" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B15" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E15" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F15" s="1">
         <v>0.012</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B16" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E16" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F16" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B17" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E17" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F17" s="1">
         <v>0.008</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B18" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E18" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F18" s="1">
         <v>0.039</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="B19" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E19" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F19" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="B20" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E20" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F20" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="B21" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E21" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F21" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B22" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E22" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F22" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B23" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E23" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F23" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="B24" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E24" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F24" s="1">
         <v>0.018</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="B25" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E25" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F25" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="B26" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E26" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F26" s="1">
         <v>0.055</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="B27" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E27" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F27" s="1">
         <v>0.088</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B28" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E28" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F28" s="1">
         <v>0.024</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="B29" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E29" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F29" s="1">
         <v>0.038</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="B30" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E30" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F30" s="1">
         <v>0.068</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="B31" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E31" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F31" s="1">
         <v>0.036</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="B32" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E32" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F32" s="1">
         <v>0.138</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B33" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E33" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F33" s="1">
         <v>0.037</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="B34" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E34" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F34" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="B35" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E35" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F35" s="1">
         <v>0.029</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="B36" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E36" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F36" s="1">
         <v>0.036</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="B37" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E37" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F37" s="1">
         <v>0.042</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="B38" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E38" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F38" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B39" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E39" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F39" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="B40" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E40" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F40" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
+        <v>515</v>
+      </c>
+      <c r="B41" t="s">
         <v>513</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E41" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F41" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B42" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E42" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F42" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="B43" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E43" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F43" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B44" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E44" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F44" s="1">
         <v>0.004</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="B45" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E45" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F45" s="1">
         <v>0.011</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="B46" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E46" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F46" s="1">
         <v>0.006</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B47" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E47" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F47" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B48" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E48" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F48" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="B49" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E49" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F49" s="1">
         <v>0.033</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="B50" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E50" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F50" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="B51" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E51" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F51" s="1">
         <v>0.001</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B52" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E52" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F52" s="1">
         <v>0.034</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="B53" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E53" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F53" s="1">
         <v>0.013</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="B54" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E54" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F54" s="1">
         <v>0.019</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="B55" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E55" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F55" s="1">
         <v>0.047</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="B56" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E56" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F56" s="1">
         <v>0.026</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="B57" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E57" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F57" s="1">
         <v>0.013</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B58" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E58" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F58" s="1">
         <v>0.003</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B59" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E59" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F59" s="1">
         <v>0.007</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="B60" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E60" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F60" s="1">
         <v>0.001</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B61" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E61" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F61" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="B62" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E62" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F62" s="1">
         <v>0.042</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="B63" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E63" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F63" s="1">
         <v>0.001</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B64" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E64" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F64" s="1">
         <v>0.001</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B65" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E65" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F65" s="1">
         <v>0.001</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="B66" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E66" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F66" s="1">
         <v>0.027</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B67" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E67" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F67" s="1">
         <v>0.004</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="B68" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E68" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F68" s="1">
         <v>0.053</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B69" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E69" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F69" s="1">
         <v>0.016</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B70" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E70" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F70" s="1">
         <v>0.012</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B71" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E71" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F71" s="1">
         <v>0.063</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="B72" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E72" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F72" s="1">
         <v>0.057</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B73" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E73" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F73" s="1">
         <v>0.017</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="B74" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C74" t="s">
         <v>10</v>
       </c>
       <c r="D74" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E74" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F74" s="1">
         <v>0.005</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G61"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F61"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="E1" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="B2" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E2" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F2" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
+        <v>450</v>
+      </c>
+      <c r="B3" t="s">
+        <v>447</v>
+      </c>
+      <c r="C3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3" t="s">
         <v>448</v>
       </c>
-      <c r="B3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E3" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F3" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="B4" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E4" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F4" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B5" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E5" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F5" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B6" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E6" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F6" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="B7" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E7" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F7" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B8" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E8" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F8" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B9" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E9" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F9" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B10" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E10" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F10" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B11" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E11" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F11" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B12" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E12" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F12" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B13" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E13" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F13" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B14" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E14" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F14" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B15" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E15" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F15" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B16" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E16" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F16" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B17" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E17" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F17" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B18" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E18" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F18" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="B19" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E19" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F19" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="B20" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E20" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F20" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="B21" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E21" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F21" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B22" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E22" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F22" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B23" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E23" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F23" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="B24" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E24" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F24" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="B25" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E25" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F25" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="B26" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E26" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F26" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="B27" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E27" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F27" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B28" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E28" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F28" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="B29" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E29" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F29" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="B30" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E30" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F30" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="B31" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E31" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F31" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="B32" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E32" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F32" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B33" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E33" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F33" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="B34" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E34" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F34" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="B35" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E35" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F35" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="B36" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E36" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F36" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="B37" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E37" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F37" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="B38" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E38" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F38" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="B39" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E39" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F39" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="B40" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E40" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F40" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="B41" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E41" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F41" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="B42" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E42" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F42" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="B43" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E43" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F43" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="B44" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E44" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F44" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B45" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E45" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F45" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B46" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E46" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F46" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="B47" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E47" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F47" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B48" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E48" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F48" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="B49" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E49" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F49" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="B50" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E50" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F50" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B51" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E51" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F51" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B52" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E52" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F52" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="B53" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E53" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F53" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
+        <v>510</v>
+      </c>
+      <c r="B54" t="s">
+        <v>447</v>
+      </c>
+      <c r="C54" t="s">
+        <v>10</v>
+      </c>
+      <c r="D54" t="s">
+        <v>448</v>
+      </c>
+      <c r="E54" t="s">
         <v>508</v>
-      </c>
-[...10 lines deleted...]
-        <v>506</v>
       </c>
       <c r="F54" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="B55" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E55" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F55" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B56" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E56" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F56" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B57" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E57" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F57" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B58" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E58" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F58" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="B59" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E59" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F59" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B60" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E60" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F60" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="B61" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E61" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="F61" s="1">
         <v>1</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G73"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F73"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="E1" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="B2" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E2" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F2" s="1">
         <v>527</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
+        <v>450</v>
+      </c>
+      <c r="B3" t="s">
+        <v>447</v>
+      </c>
+      <c r="C3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3" t="s">
         <v>448</v>
       </c>
-      <c r="B3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E3" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F3" s="1">
         <v>495</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="B4" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E4" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F4" s="1">
         <v>620</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B5" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E5" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F5" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B6" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E6" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F6" s="1">
         <v>522</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B7" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E7" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F7" s="1">
         <v>446</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B8" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E8" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F8" s="1">
         <v>501</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B9" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E9" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F9" s="1">
         <v>473</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B10" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E10" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F10" s="1">
         <v>484</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B11" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E11" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F11" s="1">
         <v>442</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B12" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E12" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F12" s="1">
         <v>474</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B13" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E13" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F13" s="1">
         <v>445</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B14" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E14" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F14" s="1">
         <v>436</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B15" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E15" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F15" s="1">
         <v>464</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B16" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E16" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F16" s="1">
         <v>464</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B17" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E17" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F17" s="1">
         <v>485</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="B18" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E18" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F18" s="1">
         <v>465</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="B19" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E19" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F19" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="B20" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E20" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F20" s="1">
         <v>472</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B21" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E21" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F21" s="1">
         <v>460</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B22" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E22" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F22" s="1">
         <v>435</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="B23" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E23" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F23" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="B24" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E24" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F24" s="1">
         <v>420</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="B25" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E25" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F25" s="1">
         <v>410</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="B26" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E26" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F26" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B27" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E27" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F27" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="B28" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E28" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F28" s="1">
         <v>470</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="B29" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E29" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F29" s="1">
         <v>417</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="B30" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E30" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F30" s="1">
         <v>417</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="B31" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E31" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F31" s="1">
         <v>399</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B32" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E32" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F32" s="1">
         <v>414</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="B33" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E33" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F33" s="1">
         <v>494</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="B34" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E34" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F34" s="1">
         <v>482</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="B35" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E35" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F35" s="1">
         <v>460</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="B36" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E36" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F36" s="1">
         <v>455.4</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="B37" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E37" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F37" s="1">
         <v>399.4</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B38" t="s">
+        <v>513</v>
+      </c>
+      <c r="C38" t="s">
+        <v>10</v>
+      </c>
+      <c r="D38" t="s">
+        <v>448</v>
+      </c>
+      <c r="E38" t="s">
         <v>511</v>
-      </c>
-[...7 lines deleted...]
-        <v>509</v>
       </c>
       <c r="F38" s="1">
         <v>453.5</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="B39" t="s">
+        <v>513</v>
+      </c>
+      <c r="C39" t="s">
+        <v>10</v>
+      </c>
+      <c r="D39" t="s">
+        <v>448</v>
+      </c>
+      <c r="E39" t="s">
         <v>511</v>
-      </c>
-[...7 lines deleted...]
-        <v>509</v>
       </c>
       <c r="F39" s="1">
         <v>462.5</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
+        <v>515</v>
+      </c>
+      <c r="B40" t="s">
         <v>513</v>
       </c>
-      <c r="B40" t="s">
+      <c r="C40" t="s">
+        <v>10</v>
+      </c>
+      <c r="D40" t="s">
+        <v>448</v>
+      </c>
+      <c r="E40" t="s">
         <v>511</v>
-      </c>
-[...7 lines deleted...]
-        <v>509</v>
       </c>
       <c r="F40" s="1">
         <v>461.8</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B41" t="s">
+        <v>513</v>
+      </c>
+      <c r="C41" t="s">
+        <v>10</v>
+      </c>
+      <c r="D41" t="s">
+        <v>448</v>
+      </c>
+      <c r="E41" t="s">
         <v>511</v>
-      </c>
-[...7 lines deleted...]
-        <v>509</v>
       </c>
       <c r="F41" s="1">
         <v>464</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="B42" t="s">
+        <v>513</v>
+      </c>
+      <c r="C42" t="s">
+        <v>10</v>
+      </c>
+      <c r="D42" t="s">
+        <v>448</v>
+      </c>
+      <c r="E42" t="s">
         <v>511</v>
-      </c>
-[...7 lines deleted...]
-        <v>509</v>
       </c>
       <c r="F42" s="1">
         <v>484.2</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B43" t="s">
+        <v>513</v>
+      </c>
+      <c r="C43" t="s">
+        <v>10</v>
+      </c>
+      <c r="D43" t="s">
+        <v>448</v>
+      </c>
+      <c r="E43" t="s">
         <v>511</v>
-      </c>
-[...7 lines deleted...]
-        <v>509</v>
       </c>
       <c r="F43" s="1">
         <v>424.3</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="B44" t="s">
+        <v>513</v>
+      </c>
+      <c r="C44" t="s">
+        <v>10</v>
+      </c>
+      <c r="D44" t="s">
+        <v>448</v>
+      </c>
+      <c r="E44" t="s">
         <v>511</v>
-      </c>
-[...7 lines deleted...]
-        <v>509</v>
       </c>
       <c r="F44" s="1">
         <v>485.1</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="B45" t="s">
+        <v>513</v>
+      </c>
+      <c r="C45" t="s">
+        <v>10</v>
+      </c>
+      <c r="D45" t="s">
+        <v>448</v>
+      </c>
+      <c r="E45" t="s">
         <v>511</v>
-      </c>
-[...7 lines deleted...]
-        <v>509</v>
       </c>
       <c r="F45" s="1">
         <v>437.3</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B46" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E46" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F46" s="1">
         <v>467</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B47" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E47" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F47" s="1">
         <v>442</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="B48" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E48" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F48" s="1">
         <v>68</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="B49" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E49" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F49" s="1">
         <v>402</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="B50" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E50" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F50" s="1">
         <v>428.4</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B51" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E51" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F51" s="1">
         <v>449.8</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="B52" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E52" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F52" s="1">
         <v>445.2</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="B53" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E53" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F53" s="1">
         <v>445.2</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="B54" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E54" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F54" s="1">
         <v>426</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="B55" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E55" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F55" s="1">
         <v>433</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="B56" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E56" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F56" s="1">
         <v>432</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B57" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E57" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F57" s="1">
         <v>428</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B58" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E58" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F58" s="1">
         <v>441</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="B59" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E59" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F59" s="1">
         <v>425</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B60" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E60" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F60" s="1">
         <v>439</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="B61" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E61" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F61" s="1">
         <v>462</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="B62" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E62" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F62" s="1">
         <v>482</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B63" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E63" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F63" s="1">
         <v>368</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B64" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E64" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F64" s="1">
         <v>441.2</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="B65" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E65" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F65" s="1">
         <v>298.7</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B66" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E66" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F66" s="1">
         <v>351</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="B67" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E67" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F67" s="1">
         <v>452</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B68" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E68" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F68" s="1">
         <v>429</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B69" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E69" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F69" s="1">
         <v>439.1</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B70" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E70" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F70" s="1">
         <v>455</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="B71" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E71" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F71" s="1">
         <v>465.6</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B72" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E72" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F72" s="1">
         <v>483.6</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="B73" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E73" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F73" s="1">
         <v>441.1</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G75"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F75"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="E1" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="B2" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E2" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F2" s="1">
         <v>3.14</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="B3" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E3" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F3" s="1">
         <v>8.25</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="B4" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E4" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F4" s="1">
         <v>0.045</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B5" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E5" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F5" s="1">
         <v>0.29</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B6" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E6" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F6" s="1">
         <v>1.41</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="B7" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E7" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F7" s="1">
         <v>3.871</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B8" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E8" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F8" s="1">
         <v>3.091</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B9" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E9" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F9" s="1">
         <v>0.842</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B10" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E10" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F10" s="1">
         <v>1.454</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B11" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E11" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F11" s="1">
         <v>2.658</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B12" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E12" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F12" s="1">
         <v>1.73</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B13" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E13" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F13" s="1">
         <v>2.559</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B14" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E14" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F14" s="1">
         <v>2.449</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B15" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E15" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F15" s="1">
         <v>2.319</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B16" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E16" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F16" s="1">
         <v>2.474</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B17" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E17" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F17" s="1">
         <v>3.015</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B18" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E18" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F18" s="1">
         <v>2.329</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="B19" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E19" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F19" s="1">
         <v>3.192</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="B20" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E20" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F20" s="1">
         <v>2.191</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="B21" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E21" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F21" s="1">
         <v>2.505</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B22" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E22" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F22" s="1">
         <v>2.251</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B23" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E23" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F23" s="1">
         <v>1.936</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="B24" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E24" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F24" s="1">
         <v>3.11</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="B25" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E25" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F25" s="1">
         <v>2.436</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="B26" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E26" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F26" s="1">
         <v>2.728</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="B27" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E27" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F27" s="1">
         <v>3.516</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B28" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E28" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F28" s="1">
         <v>2.447</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="B29" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E29" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F29" s="1">
         <v>3.27</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="B30" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E30" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F30" s="1">
         <v>2.646</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="B31" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E31" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F31" s="1">
         <v>2.329</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="B32" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E32" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F32" s="1">
         <v>3.133</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B33" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E33" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F33" s="1">
         <v>4.907</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="B34" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E34" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F34" s="1">
         <v>2.484</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="B35" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E35" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F35" s="1">
         <v>3.646</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="B36" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E36" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F36" s="1">
         <v>2.143</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="B37" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E37" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F37" s="1">
         <v>2.07</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="B38" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E38" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F38" s="1">
         <v>2.022</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B39" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E39" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F39" s="1">
         <v>1.615</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="B40" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E40" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F40" s="1">
         <v>1.859</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
+        <v>515</v>
+      </c>
+      <c r="B41" t="s">
         <v>513</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E41" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F41" s="1">
         <v>4.39</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B42" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E42" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F42" s="1">
         <v>2.82</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="B43" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E43" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F43" s="1">
         <v>1.73</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B44" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E44" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F44" s="1">
         <v>1.94</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="B45" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E45" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F45" s="1">
         <v>1.833</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="B46" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E46" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F46" s="1">
         <v>1.905</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B47" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E47" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F47" s="1">
         <v>0.062</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B48" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E48" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F48" s="1">
         <v>1.585</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="B49" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E49" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F49" s="1">
         <v>2.061</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="B50" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E50" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F50" s="1">
-        <v>2.832</v>
+        <v>2.795</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="B51" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E51" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F51" s="1">
-        <v>2.795</v>
+        <v>2.832</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="B52" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E52" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F52" s="1">
         <v>2.168</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B53" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E53" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F53" s="1">
         <v>2.198</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="B54" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E54" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F54" s="1">
         <v>2.153</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="B55" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E55" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F55" s="1">
         <v>2.221</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="B56" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E56" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F56" s="1">
         <v>2.404</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="B57" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E57" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F57" s="1">
         <v>2.326</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="B58" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E58" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F58" s="1">
         <v>2.025</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B59" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E59" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F59" s="1">
         <v>2.061</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B60" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E60" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F60" s="1">
         <v>2.295</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="B61" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E61" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F61" s="1">
         <v>2.063</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B62" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E62" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F62" s="1">
         <v>2.081</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="B63" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E63" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F63" s="1">
         <v>2.145</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="B64" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E64" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F64" s="1">
         <v>2.048</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B65" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E65" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F65" s="1">
         <v>2.117</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B66" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E66" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F66" s="1">
         <v>1.843</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="B67" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E67" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F67" s="1">
         <v>2.377</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B68" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E68" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F68" s="1">
         <v>2.002</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="B69" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E69" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F69" s="1">
         <v>2.184</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B70" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E70" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F70" s="1">
         <v>1.961</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B71" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E71" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F71" s="1">
         <v>1.881</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B72" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E72" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F72" s="1">
         <v>2.172</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="B73" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E73" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F73" s="1">
         <v>1.882</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B74" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C74" t="s">
         <v>10</v>
       </c>
       <c r="D74" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E74" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F74" s="1">
         <v>1.877</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="B75" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C75" t="s">
         <v>10</v>
       </c>
       <c r="D75" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E75" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="F75" s="1">
         <v>2.659</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G15"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="E1" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B2" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E2" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="F2" s="1">
         <v>552.8</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="B3" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E3" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="F3" s="1">
         <v>563.8</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
+        <v>515</v>
+      </c>
+      <c r="B4" t="s">
         <v>513</v>
       </c>
-      <c r="B4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E4" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="F4" s="1">
         <v>563</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B5" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E5" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="F5" s="1">
         <v>565.6</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="B6" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E6" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="F6" s="1">
         <v>590.3</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B7" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E7" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="F7" s="1">
         <v>517.3</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="B8" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E8" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="F8" s="1">
         <v>591.3</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="B9" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E9" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="F9" s="1">
         <v>533.1</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B10" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E10" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="F10" s="1">
         <v>569</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B11" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E11" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="F11" s="1">
         <v>539</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="B12" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E12" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="F12" s="1">
         <v>585</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="B13" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E13" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="F13" s="1">
         <v>582</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="B14" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E14" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="F14" s="1">
         <v>537</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B15" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E15" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="F15" s="1">
         <v>512</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G75"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F75"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="E1" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="B2" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E2" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F2" s="1">
         <v>38</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="B3" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E3" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F3" s="1">
         <v>85</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="B4" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E4" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F4" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B5" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E5" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F5" s="1">
         <v>104</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B6" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E6" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F6" s="1">
         <v>88</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="B7" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E7" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F7" s="1">
         <v>67.75</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B8" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E8" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F8" s="1">
         <v>117.58</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B9" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E9" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F9" s="1">
         <v>124.78</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B10" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E10" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F10" s="1">
         <v>78.91</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B11" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E11" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F11" s="1">
         <v>81.75</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B12" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E12" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F12" s="1">
         <v>128.08</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B13" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E13" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F13" s="1">
         <v>151.87</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B14" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E14" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F14" s="1">
         <v>156.65</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B15" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E15" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F15" s="1">
         <v>152.01</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B16" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E16" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F16" s="1">
         <v>136.35</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B17" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E17" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F17" s="1">
         <v>76.2</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B18" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E18" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F18" s="1">
         <v>150.55</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="B19" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E19" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F19" s="1">
         <v>144.29</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="B20" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E20" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F20" s="1">
         <v>115.31</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="B21" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E21" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F21" s="1">
         <v>151.27</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B22" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E22" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F22" s="1">
         <v>110.86</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B23" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E23" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F23" s="1">
         <v>121.91</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="B24" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E24" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F24" s="1">
         <v>101.94</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="B25" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E25" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F25" s="1">
         <v>115.9</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="B26" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E26" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F26" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="B27" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E27" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F27" s="1">
         <v>122.94</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B28" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E28" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F28" s="1">
         <v>231.5</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="B29" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E29" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F29" s="1">
         <v>153.15</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="B30" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E30" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F30" s="1">
         <v>106.46</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="B31" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E31" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F31" s="1">
         <v>119.7</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="B32" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E32" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F32" s="1">
         <v>111.59</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B33" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E33" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F33" s="1">
         <v>115.5</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="B34" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E34" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F34" s="1">
         <v>124.71</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="B35" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E35" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F35" s="1">
         <v>126.76</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="B36" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E36" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F36" s="1">
         <v>104.48</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="B37" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E37" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F37" s="1">
         <v>113.95</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="B38" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E38" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F38" s="1">
         <v>82.74</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B39" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E39" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F39" s="1">
         <v>148</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="B40" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E40" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F40" s="1">
         <v>108</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
+        <v>515</v>
+      </c>
+      <c r="B41" t="s">
         <v>513</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E41" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F41" s="1">
         <v>111</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B42" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E42" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F42" s="1">
         <v>120.73</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="B43" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E43" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F43" s="1">
         <v>118.9</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B44" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E44" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F44" s="1">
         <v>110.35</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="B45" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E45" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F45" s="1">
         <v>120.62</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="B46" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E46" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F46" s="1">
         <v>125.78</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B47" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E47" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F47" s="1">
         <v>206</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B48" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E48" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F48" s="1">
         <v>89.744</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="B49" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E49" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F49" s="1">
         <v>99.08</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="B50" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E50" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F50" s="1">
         <v>232</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="B51" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E51" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F51" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="B52" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E52" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F52" s="1">
         <v>102.25</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B53" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E53" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F53" s="1">
         <v>102.35</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="B54" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E54" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F54" s="1">
         <v>96.69</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="B55" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E55" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F55" s="1">
         <v>102.27</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="B56" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E56" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F56" s="1">
         <v>114.97</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="B57" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E57" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F57" s="1">
         <v>111.93</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="B58" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E58" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F58" s="1">
         <v>97.09</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B59" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E59" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F59" s="1">
         <v>98.24</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B60" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E60" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F60" s="1">
         <v>103.92</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="B61" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E61" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F61" s="1">
         <v>101.26</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B62" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E62" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F62" s="1">
         <v>98.65</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="B63" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E63" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F63" s="1">
         <v>102.81</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="B64" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E64" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F64" s="1">
         <v>98.78</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B65" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E65" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F65" s="1">
         <v>100.14</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B66" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E66" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F66" s="1">
         <v>91.85</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="B67" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E67" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F67" s="1">
         <v>67.23</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B68" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E68" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F68" s="1">
         <v>91.87</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="B69" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E69" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F69" s="1">
         <v>98.06</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B70" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E70" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F70" s="1">
         <v>93.73</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B71" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E71" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F71" s="1">
         <v>99.87</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B72" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E72" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F72" s="1">
         <v>101.877</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="B73" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E73" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F73" s="1">
         <v>98.043</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B74" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C74" t="s">
         <v>10</v>
       </c>
       <c r="D74" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E74" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F74" s="1">
         <v>93.923</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="B75" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C75" t="s">
         <v>10</v>
       </c>
       <c r="D75" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E75" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F75" s="1">
         <v>123.113</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G13"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="E1" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B2" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E2" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="F2" s="1">
         <v>0.2</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="B3" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E3" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="F3" s="1">
         <v>0.2</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
+        <v>515</v>
+      </c>
+      <c r="B4" t="s">
         <v>513</v>
       </c>
-      <c r="B4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E4" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="F4" s="1">
         <v>0.2</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B5" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E5" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="F5" s="1">
         <v>0.2</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="B6" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E6" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="F6" s="1">
         <v>0.2</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B7" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E7" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="F7" s="1">
         <v>0.2</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="B8" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E8" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="F8" s="1">
         <v>0.2</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="B9" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E9" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="F9" s="1">
         <v>0.2</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B10" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E10" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="F10" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="B11" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E11" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="F11" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="B12" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E12" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="F12" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B13" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E13" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="F13" s="1">
         <v>14.4</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G75"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F75"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="E1" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="B2" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E2" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F2" s="1">
         <v>523</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="B3" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E3" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F3" s="1">
         <v>485</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="B4" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E4" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F4" s="1">
         <v>208</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B5" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E5" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F5" s="1">
         <v>530</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B6" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E6" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F6" s="1">
         <v>490</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B7" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E7" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F7" s="1">
         <v>497</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B8" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E8" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F8" s="1">
         <v>543.9</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B9" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E9" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F9" s="1">
         <v>524.2</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B10" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E10" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F10" s="1">
         <v>471.8</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B11" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E11" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F11" s="1">
         <v>669.6</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B12" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E12" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F12" s="1">
         <v>434.4</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B13" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E13" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F13" s="1">
         <v>439.9</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B14" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E14" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F14" s="1">
         <v>574.9</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B15" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E15" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F15" s="1">
         <v>1180</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B16" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E16" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F16" s="1">
         <v>506</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B17" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E17" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F17" s="1">
         <v>537.9</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="B18" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E18" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F18" s="1">
         <v>532.7</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="B19" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E19" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F19" s="1">
         <v>520.8</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="B20" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E20" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F20" s="1">
         <v>484.6</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B21" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E21" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F21" s="1">
         <v>472.1</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B22" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E22" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F22" s="1">
         <v>484</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="B23" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E23" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F23" s="1">
         <v>512.6</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="B24" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E24" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F24" s="1">
         <v>604.9</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="B25" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E25" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F25" s="1">
         <v>494.5</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="B26" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E26" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F26" s="1">
         <v>468</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B27" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E27" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F27" s="1">
         <v>468.2</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="B28" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E28" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F28" s="1">
         <v>523.9</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="B29" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E29" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F29" s="1">
         <v>473</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="B30" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E30" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F30" s="1">
         <v>431.1</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="B31" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E31" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F31" s="1">
         <v>473.5</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B32" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E32" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F32" s="1">
         <v>450.8</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="B33" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E33" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F33" s="1">
         <v>515.4</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="B34" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E34" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F34" s="1">
         <v>452.3</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="B35" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E35" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F35" s="1">
         <v>431.3</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="B36" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E36" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F36" s="1">
         <v>486.4</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="B37" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E37" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F37" s="1">
         <v>479.4</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B38" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E38" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F38" s="1">
         <v>562</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="B39" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E39" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F39" s="1">
         <v>464</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
+        <v>515</v>
+      </c>
+      <c r="B40" t="s">
         <v>513</v>
       </c>
-      <c r="B40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E40" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F40" s="1">
         <v>504</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B41" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E41" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F41" s="1">
         <v>405</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="B42" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E42" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F42" s="1">
         <v>513</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B43" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E43" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F43" s="1">
         <v>428</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="B44" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E44" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F44" s="1">
         <v>427</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="B45" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E45" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F45" s="1">
         <v>436</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B46" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E46" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F46" s="1">
         <v>402</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B47" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E47" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F47" s="1">
         <v>399</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="B48" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E48" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F48" s="1">
         <v>545.1</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="B49" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E49" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F49" s="1">
-        <v>453.72</v>
+        <v>450.23</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="B50" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E50" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F50" s="1">
-        <v>450.23</v>
+        <v>453.72</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="B51" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E51" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F51" s="1">
         <v>408.45</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B52" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E52" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F52" s="1">
         <v>419.67</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="B53" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E53" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F53" s="1">
         <v>451.2</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="B54" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E54" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F54" s="1">
         <v>409.66</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="B55" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E55" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F55" s="1">
         <v>484.91</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="B56" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E56" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F56" s="1">
         <v>385.91</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="B57" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E57" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F57" s="1">
         <v>382.01</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B58" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E58" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F58" s="1">
         <v>383.31</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B59" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E59" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F59" s="1">
         <v>417.1</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="B60" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E60" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F60" s="1">
         <v>435.7</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B61" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E61" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F61" s="1">
         <v>433.6</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="B62" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E62" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F62" s="1">
         <v>349.2</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="B63" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E63" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F63" s="1">
         <v>426.2</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B64" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E64" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F64" s="1">
         <v>417.2</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B65" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E65" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F65" s="1">
         <v>409.7</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="B66" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E66" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F66" s="1">
         <v>352.1</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B67" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E67" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F67" s="1">
         <v>323</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="B68" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E68" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F68" s="1">
         <v>368.5</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="B69" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E69" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F69" s="1">
         <v>411.6</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B70" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E70" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F70" s="1">
         <v>358.5</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B71" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E71" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F71" s="1">
         <v>381.2</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B72" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E72" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F72" s="1">
         <v>393.9</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="B73" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E73" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F73" s="1">
         <v>414.2</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B74" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C74" t="s">
         <v>10</v>
       </c>
       <c r="D74" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E74" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F74" s="1">
         <v>354.4</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="B75" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C75" t="s">
         <v>10</v>
       </c>
       <c r="D75" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="E75" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F75" s="1">
         <v>424.3</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
@@ -46480,43 +46506,44 @@
       <vt:lpstr>AFQ - Conductividad</vt:lpstr>
       <vt:lpstr>AFQ - ConductividadTerreno</vt:lpstr>
       <vt:lpstr>AFQ - Densidad</vt:lpstr>
       <vt:lpstr>AFQ - DensidadTerreno</vt:lpstr>
       <vt:lpstr>AFQ - Hierro</vt:lpstr>
       <vt:lpstr>AFQ - Magnesio</vt:lpstr>
       <vt:lpstr>AFQ - Manganeso</vt:lpstr>
       <vt:lpstr>AFQ - NitrogenoNitrato</vt:lpstr>
       <vt:lpstr>AFQ - NitrogenoNitritos</vt:lpstr>
       <vt:lpstr>AFQ - pH</vt:lpstr>
       <vt:lpstr>AFQ - PhTerreno</vt:lpstr>
       <vt:lpstr>AFQ - Potasio</vt:lpstr>
       <vt:lpstr>AFQ - Sodio</vt:lpstr>
       <vt:lpstr>AFQ - SolidosDisueltosTotales</vt:lpstr>
       <vt:lpstr>AFQ - SolidosSuspendidosTotales</vt:lpstr>
       <vt:lpstr>AFQ - SolidosTotales</vt:lpstr>
       <vt:lpstr>AFQ - Sulfato</vt:lpstr>
       <vt:lpstr>AFQ - Temperatura recepción</vt:lpstr>
       <vt:lpstr>AFQ - Zinc</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>