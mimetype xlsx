--- v1 (2026-02-03)
+++ v2 (2026-03-21)
@@ -66,51 +66,51 @@
     <sheet name="AFQ - ConductividadTerreno" sheetId="11" r:id="rId14"/>
     <sheet name="AFQ - Densidad" sheetId="12" r:id="rId15"/>
     <sheet name="AFQ - DensidadTerreno" sheetId="13" r:id="rId16"/>
     <sheet name="AFQ - Hierro" sheetId="14" r:id="rId17"/>
     <sheet name="AFQ - Magnesio" sheetId="15" r:id="rId18"/>
     <sheet name="AFQ - Manganeso" sheetId="16" r:id="rId19"/>
     <sheet name="AFQ - NitrogenoNitrato" sheetId="17" r:id="rId20"/>
     <sheet name="AFQ - NitrogenoNitritos" sheetId="18" r:id="rId21"/>
     <sheet name="AFQ - pH" sheetId="19" r:id="rId22"/>
     <sheet name="AFQ - PhTerreno" sheetId="20" r:id="rId23"/>
     <sheet name="AFQ - Potasio" sheetId="21" r:id="rId24"/>
     <sheet name="AFQ - Sodio" sheetId="22" r:id="rId25"/>
     <sheet name="AFQ - SolidosDisueltosTotales" sheetId="23" r:id="rId26"/>
     <sheet name="AFQ - SolidosSuspendidosTotales" sheetId="24" r:id="rId27"/>
     <sheet name="AFQ - SolidosTotales" sheetId="25" r:id="rId28"/>
     <sheet name="AFQ - Sulfato" sheetId="26" r:id="rId29"/>
     <sheet name="AFQ - Temperatura recepción" sheetId="27" r:id="rId30"/>
     <sheet name="AFQ - Zinc" sheetId="28" r:id="rId31"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="562">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="565">
   <si>
     <t>Fecha</t>
   </si>
   <si>
     <t>Compañia</t>
   </si>
   <si>
     <t>Punto de monitoreo</t>
   </si>
   <si>
     <t>Tipo nivel</t>
   </si>
   <si>
     <t>Nivel (msnm)</t>
   </si>
   <si>
     <t>Cota Punto Referencia (msnm)</t>
   </si>
   <si>
     <t>Nivel bajo referencia (m)</t>
   </si>
   <si>
     <t>Comentarios</t>
   </si>
   <si>
@@ -1397,50 +1397,56 @@
   <si>
     <t>2025-06-16 12:12:00</t>
   </si>
   <si>
     <t>2025-07-15 15:52:00</t>
   </si>
   <si>
     <t>2025-08-29 11:50:00</t>
   </si>
   <si>
     <t>2025-09-15 12:40:00</t>
   </si>
   <si>
     <t>2025-10-17 11:35:00</t>
   </si>
   <si>
     <t>2025-11-14 14:10:00</t>
   </si>
   <si>
     <t>2025-12-15 12:02:00</t>
   </si>
   <si>
     <t>2026-01-09 10:12:00</t>
   </si>
   <si>
+    <t>2026-02-12 12:33:00</t>
+  </si>
+  <si>
+    <t>2026-03-12 13:17:00</t>
+  </si>
+  <si>
     <t>Unidad</t>
   </si>
   <si>
     <t>Item medido</t>
   </si>
   <si>
     <t>Valor</t>
   </si>
   <si>
     <t>2007-07-24 00:00:00</t>
   </si>
   <si>
     <t>ALS</t>
   </si>
   <si>
     <t>mgCaCO3/L</t>
   </si>
   <si>
     <t>AlcalinidadBicarbonato</t>
   </si>
   <si>
     <t>2007-10-24 00:00:00</t>
   </si>
   <si>
     <t>2008-02-11 00:00:00</t>
@@ -1692,50 +1698,53 @@
     <t>uS/cm</t>
   </si>
   <si>
     <t>Conductividad</t>
   </si>
   <si>
     <t>ConductividadTerreno</t>
   </si>
   <si>
     <t>2008-04-29 00:00:00</t>
   </si>
   <si>
     <t>Algoritmos</t>
   </si>
   <si>
     <t>SOPROCERT</t>
   </si>
   <si>
     <t>2024-01-31 12:00:00</t>
   </si>
   <si>
     <t>Reprogramado por corte camino comunidades</t>
   </si>
   <si>
     <t>2025-10-17 10:40:00</t>
+  </si>
+  <si>
+    <t>2026-01-09 10:19:00</t>
   </si>
   <si>
     <t>g/ml</t>
   </si>
   <si>
     <t>Densidad</t>
   </si>
   <si>
     <t>2017-10-25 03:00:00</t>
   </si>
   <si>
     <t>DensidadTerreno</t>
   </si>
   <si>
     <t>Hierro</t>
   </si>
   <si>
     <t>Magnesio</t>
   </si>
   <si>
     <t>Manganeso</t>
   </si>
   <si>
     <t>NitrogenoNitrato</t>
   </si>
@@ -2210,54 +2219,54 @@
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H427"/>
+  <dimension ref="A1:H429"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E1" sqref="E1:E427"/>
+      <selection activeCell="E1" sqref="E1:E429"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -11870,34614 +11879,34800 @@
       <c r="G426">
         <v>57.1</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
         <v>442</v>
       </c>
       <c r="B427" t="s">
         <v>9</v>
       </c>
       <c r="C427" t="s">
         <v>10</v>
       </c>
       <c r="D427" t="s">
         <v>11</v>
       </c>
       <c r="E427" s="1">
         <v>2304.532</v>
       </c>
       <c r="F427" t="s">
         <v>147</v>
       </c>
       <c r="G427">
         <v>57.275</v>
+      </c>
+    </row>
+    <row r="428" spans="1:8">
+      <c r="A428" t="s">
+        <v>443</v>
+      </c>
+      <c r="B428" t="s">
+        <v>9</v>
+      </c>
+      <c r="C428" t="s">
+        <v>10</v>
+      </c>
+      <c r="D428" t="s">
+        <v>11</v>
+      </c>
+      <c r="E428" s="1">
+        <v>2304.577</v>
+      </c>
+      <c r="F428" t="s">
+        <v>147</v>
+      </c>
+      <c r="G428">
+        <v>57.23</v>
+      </c>
+    </row>
+    <row r="429" spans="1:8">
+      <c r="A429" t="s">
+        <v>444</v>
+      </c>
+      <c r="B429" t="s">
+        <v>9</v>
+      </c>
+      <c r="C429" t="s">
+        <v>10</v>
+      </c>
+      <c r="D429" t="s">
+        <v>11</v>
+      </c>
+      <c r="E429" s="1">
+        <v>2304.792</v>
+      </c>
+      <c r="F429" t="s">
+        <v>147</v>
+      </c>
+      <c r="G429">
+        <v>57.015</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G74"/>
+  <dimension ref="A1:G75"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F1" sqref="F1:F74"/>
+      <selection activeCell="F1" sqref="F1:F75"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="E1" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="B2" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E2" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F2" s="1">
         <v>3510</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B3" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E3" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F3" s="1">
         <v>3610</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B4" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E4" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F4" s="1">
         <v>2380</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B5" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E5" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F5" s="1">
         <v>3300</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B6" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E6" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F6" s="1">
         <v>3300</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="B7" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E7" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F7" s="1">
         <v>3300</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B8" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E8" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F8" s="1">
         <v>3200</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B9" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E9" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F9" s="1">
         <v>3340</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B10" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E10" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F10" s="1">
         <v>3010</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B11" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E11" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F11" s="1">
         <v>3180</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B12" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E12" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F12" s="1">
         <v>3580</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B13" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E13" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F13" s="1">
         <v>2800</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B14" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E14" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F14" s="1">
         <v>3150</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B15" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E15" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F15" s="1">
         <v>3140</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B16" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E16" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F16" s="1">
         <v>5780</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="B17" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E17" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F17" s="1">
         <v>3080</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="B18" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E18" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F18" s="1">
         <v>3050</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="B19" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E19" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F19" s="1">
         <v>3060</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B20" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E20" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F20" s="1">
         <v>3060</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B21" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E21" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F21" s="1">
         <v>2980</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="B22" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E22" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F22" s="1">
         <v>3040</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="B23" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E23" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F23" s="1">
         <v>2970</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="B24" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E24" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F24" s="1">
         <v>2950</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="B25" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E25" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F25" s="1">
         <v>2940</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B26" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E26" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F26" s="1">
         <v>2960</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="B27" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E27" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F27" s="1">
         <v>2880</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="B28" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E28" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F28" s="1">
         <v>2880</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="B29" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E29" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F29" s="1">
         <v>3240</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="B30" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E30" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F30" s="1">
         <v>2910</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B31" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E31" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F31" s="1">
         <v>2880</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="B32" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E32" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F32" s="1">
         <v>2840</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="B33" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E33" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F33" s="1">
         <v>2750</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="B34" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E34" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F34" s="1">
         <v>2970</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="B35" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E35" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F35" s="1">
         <v>2760</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="B36" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E36" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F36" s="1">
         <v>3100</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="B37" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E37" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F37" s="1">
         <v>2774</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="B38" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E38" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F38" s="1">
         <v>2969</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="B39" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E39" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F39" s="1">
         <v>2900</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B40" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E40" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F40" s="1">
         <v>2880</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
+        <v>517</v>
+      </c>
+      <c r="B41" t="s">
         <v>515</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E41" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F41" s="1">
         <v>2930</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B42" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E42" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F42" s="1">
         <v>2820</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="B43" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E43" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F43" s="1">
         <v>2570</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="B44" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E44" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F44" s="1">
         <v>2740</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B45" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E45" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F45" s="1">
         <v>2840</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="B46" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E46" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F46" s="1">
         <v>2780</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B47" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E47" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F47" s="1">
         <v>2880</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="B48" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E48" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F48" s="1">
         <v>2900</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="B49" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E49" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F49" s="1">
         <v>3090</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B50" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E50" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F50" s="1">
-        <v>2854</v>
+        <v>2806</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B51" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E51" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F51" s="1">
-        <v>2806</v>
+        <v>2854</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="B52" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E52" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F52" s="1">
         <v>2730</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="B53" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E53" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F53" s="1">
         <v>2730</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="B54" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E54" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F54" s="1">
         <v>2770</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="B55" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E55" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F55" s="1">
         <v>2570</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="B56" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E56" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F56" s="1">
         <v>2710</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B57" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E57" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F57" s="1">
         <v>2690</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B58" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E58" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F58" s="1">
         <v>2710</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="B59" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E59" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F59" s="1">
         <v>2690</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B60" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E60" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F60" s="1">
         <v>2750</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="B61" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E61" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F61" s="1">
         <v>2520</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="B62" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E62" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F62" s="1">
         <v>2770</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B63" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E63" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F63" s="1">
         <v>2830</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B64" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E64" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F64" s="1">
         <v>2780</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="B65" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E65" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F65" s="1">
         <v>2710</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B66" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E66" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F66" s="1">
         <v>2720</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="B67" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E67" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F67" s="1">
         <v>2720</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B68" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E68" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F68" s="1">
         <v>2690</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B69" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E69" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F69" s="1">
         <v>2730</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B70" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E70" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F70" s="1">
         <v>2370</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="B71" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E71" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F71" s="1">
         <v>2730</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B72" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E72" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F72" s="1">
         <v>2470</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="B73" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E73" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F73" s="1">
         <v>2660</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="B74" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C74" t="s">
         <v>10</v>
       </c>
       <c r="D74" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E74" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F74" s="1">
         <v>2690</v>
+      </c>
+    </row>
+    <row r="75" spans="1:7">
+      <c r="A75" t="s">
+        <v>509</v>
+      </c>
+      <c r="B75" t="s">
+        <v>449</v>
+      </c>
+      <c r="C75" t="s">
+        <v>10</v>
+      </c>
+      <c r="D75" t="s">
+        <v>535</v>
+      </c>
+      <c r="E75" t="s">
+        <v>536</v>
+      </c>
+      <c r="F75" s="1">
+        <v>3013</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G107"/>
+  <dimension ref="A1:G109"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F1" sqref="F1:F107"/>
+      <selection activeCell="F1" sqref="F1:F109"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="E1" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E2" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F2" s="1">
         <v>3500</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E3" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F3" s="1">
         <v>3600</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E4" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F4" s="1">
         <v>3300</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E5" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F5" s="1">
         <v>3200</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E6" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F6" s="1">
         <v>3600</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E7" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F7" s="1">
         <v>3600</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E8" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F8" s="1">
         <v>3400</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E9" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F9" s="1">
         <v>3000</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E10" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F10" s="1">
         <v>4000</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E11" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F11" s="1">
         <v>3300</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E12" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F12" s="1">
         <v>3170</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E13" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F13" s="1">
         <v>3260</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E14" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F14" s="1">
         <v>3570</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E15" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F15" s="1">
         <v>3130</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E16" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F16" s="1">
         <v>2950</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E17" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F17" s="1">
         <v>3430</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E18" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F18" s="1">
         <v>4000</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E19" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F19" s="1">
         <v>2990</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E20" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F20" s="1">
         <v>2970</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E21" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F21" s="1">
         <v>2910</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E22" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F22" s="1">
         <v>2770</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E23" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F23" s="1">
         <v>3260</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E24" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F24" s="1">
         <v>3070</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E25" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F25" s="1">
         <v>2930</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E26" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F26" s="1">
         <v>2950</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E27" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F27" s="1">
         <v>3370</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E28" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F28" s="1">
         <v>2740</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E29" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F29" s="1">
         <v>2970</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E30" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F30" s="1">
         <v>2860</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E31" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F31" s="1">
         <v>2930</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E32" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F32" s="1">
         <v>2990</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E33" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F33" s="1">
         <v>2850</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E34" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F34" s="1">
         <v>2812</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E35" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F35" s="1">
         <v>2880</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E36" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F36" s="1">
         <v>2830</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E37" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F37" s="1">
         <v>2760</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E38" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F38" s="1">
         <v>2830</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B39" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E39" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F39" s="1">
         <v>2680</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="B40" t="s">
-        <v>513</v>
+        <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E40" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F40" s="1">
-        <v>2990</v>
+        <v>2810</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
+        <v>517</v>
+      </c>
+      <c r="B41" t="s">
         <v>515</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E41" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F41" s="1">
-        <v>2810</v>
+        <v>2990</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E42" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F42" s="1">
         <v>2790</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B43" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E43" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F43" s="1">
         <v>2910</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="B44" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E44" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F44" s="1">
         <v>2736</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E45" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F45" s="1">
         <v>2765</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B46" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E46" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F46" s="1">
         <v>2940</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E47" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F47" s="1">
         <v>3340</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="B48" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E48" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F48" s="1">
         <v>3109</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B49" t="s">
-        <v>522</v>
+        <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E49" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F49" s="1">
-        <v>2910</v>
+        <v>2880</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B50" t="s">
-        <v>9</v>
+        <v>524</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E50" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F50" s="1">
-        <v>2880</v>
+        <v>2910</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="B51" t="s">
-        <v>522</v>
+        <v>9</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E51" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F51" s="1">
-        <v>2920</v>
+        <v>2780</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="B52" t="s">
-        <v>9</v>
+        <v>524</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E52" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F52" s="1">
-        <v>2780</v>
+        <v>2920</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="B53" t="s">
-        <v>9</v>
+        <v>449</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E53" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F53" s="1">
         <v>2890</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="B54" t="s">
-        <v>447</v>
+        <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E54" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F54" s="1">
         <v>2890</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B55" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E55" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F55" s="1">
         <v>3100</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E56" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F56" s="1">
         <v>2780</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E57" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F57" s="1">
         <v>2730</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="B58" t="s">
+        <v>539</v>
+      </c>
+      <c r="C58" t="s">
+        <v>10</v>
+      </c>
+      <c r="D58" t="s">
+        <v>535</v>
+      </c>
+      <c r="E58" t="s">
         <v>537</v>
-      </c>
-[...7 lines deleted...]
-        <v>535</v>
       </c>
       <c r="F58" s="1">
         <v>2730</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="B59" t="s">
-        <v>447</v>
+        <v>9</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E59" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F59" s="1">
-        <v>3120</v>
+        <v>2830</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="B60" t="s">
-        <v>9</v>
+        <v>449</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E60" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F60" s="1">
-        <v>2830</v>
+        <v>3120</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>10</v>
+      </c>
+      <c r="D61" t="s">
+        <v>535</v>
+      </c>
+      <c r="E61" t="s">
         <v>537</v>
       </c>
-      <c r="C61" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F61" s="1">
-        <v>2860</v>
+        <v>2840</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="B62" t="s">
-        <v>9</v>
+        <v>539</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E62" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F62" s="1">
-        <v>2840</v>
+        <v>2860</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>10</v>
+      </c>
+      <c r="D63" t="s">
+        <v>535</v>
+      </c>
+      <c r="E63" t="s">
         <v>537</v>
       </c>
-      <c r="C63" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F63" s="1">
-        <v>2880</v>
+        <v>2890</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="B64" t="s">
-        <v>9</v>
+        <v>539</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E64" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F64" s="1">
-        <v>2890</v>
+        <v>2880</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="B65" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E65" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F65" s="1">
         <v>2280</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E66" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F66" s="1">
         <v>2200</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B67" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E67" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F67" s="1">
         <v>2900</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E68" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F68" s="1">
         <v>2860</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B69" t="s">
-        <v>538</v>
+        <v>9</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E69" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F69" s="1">
-        <v>2760</v>
+        <v>2740</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B70" t="s">
-        <v>9</v>
+        <v>540</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E70" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F70" s="1">
-        <v>2740</v>
+        <v>2760</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E71" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F71" s="1">
         <v>2790</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="B72" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E72" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F72" s="1">
         <v>2800</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E73" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F73" s="1">
         <v>2690</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B74" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="C74" t="s">
         <v>10</v>
       </c>
       <c r="D74" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E74" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F74" s="1">
         <v>2700</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="B75" t="s">
         <v>324</v>
       </c>
       <c r="C75" t="s">
         <v>10</v>
       </c>
       <c r="D75" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E75" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F75" s="1">
         <v>2672</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
         <v>10</v>
       </c>
       <c r="D76" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E76" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F76" s="1">
         <v>2720</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="B77" t="s">
-        <v>324</v>
+        <v>9</v>
       </c>
       <c r="C77" t="s">
         <v>10</v>
       </c>
       <c r="D77" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E77" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F77" s="1">
-        <v>2890</v>
+        <v>2740</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="B78" t="s">
-        <v>9</v>
+        <v>324</v>
       </c>
       <c r="C78" t="s">
         <v>10</v>
       </c>
       <c r="D78" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E78" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F78" s="1">
-        <v>2740</v>
+        <v>2890</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B79" t="s">
-        <v>9</v>
+        <v>324</v>
       </c>
       <c r="C79" t="s">
         <v>10</v>
       </c>
       <c r="D79" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E79" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F79" s="1">
-        <v>2710</v>
+        <v>3027</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B80" t="s">
-        <v>324</v>
+        <v>9</v>
       </c>
       <c r="C80" t="s">
         <v>10</v>
       </c>
       <c r="D80" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E80" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F80" s="1">
-        <v>3027</v>
+        <v>2710</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B81" t="s">
-        <v>324</v>
+        <v>9</v>
       </c>
       <c r="C81" t="s">
         <v>10</v>
       </c>
       <c r="D81" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E81" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F81" s="1">
-        <v>3129</v>
+        <v>2740</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B82" t="s">
-        <v>9</v>
+        <v>324</v>
       </c>
       <c r="C82" t="s">
         <v>10</v>
       </c>
       <c r="D82" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E82" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F82" s="1">
-        <v>2740</v>
+        <v>3129</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
         <v>10</v>
       </c>
       <c r="D83" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E83" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F83" s="1">
         <v>2700</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="B84" t="s">
         <v>324</v>
       </c>
       <c r="C84" t="s">
         <v>10</v>
       </c>
       <c r="D84" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E84" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F84" s="1">
         <v>2876</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B85" t="s">
         <v>324</v>
       </c>
       <c r="C85" t="s">
         <v>10</v>
       </c>
       <c r="D85" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E85" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F85" s="1">
         <v>2730</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
         <v>10</v>
       </c>
       <c r="D86" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E86" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F86" s="1">
         <v>2670</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="B87" t="s">
-        <v>324</v>
+        <v>9</v>
       </c>
       <c r="C87" t="s">
         <v>10</v>
       </c>
       <c r="D87" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E87" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F87" s="1">
-        <v>2690</v>
+        <v>2680</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="B88" t="s">
-        <v>9</v>
+        <v>324</v>
       </c>
       <c r="C88" t="s">
         <v>10</v>
       </c>
       <c r="D88" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E88" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F88" s="1">
-        <v>2680</v>
+        <v>2690</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B89" t="s">
-        <v>9</v>
+        <v>324</v>
       </c>
       <c r="C89" t="s">
         <v>10</v>
       </c>
       <c r="D89" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E89" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F89" s="1">
-        <v>2720</v>
+        <v>2640</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B90" t="s">
-        <v>324</v>
+        <v>9</v>
       </c>
       <c r="C90" t="s">
         <v>10</v>
       </c>
       <c r="D90" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E90" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F90" s="1">
-        <v>2640</v>
+        <v>2720</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
         <v>10</v>
       </c>
       <c r="D91" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E91" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F91" s="1"/>
       <c r="G91" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
         <v>10</v>
       </c>
       <c r="D92" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E92" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F92" s="1">
         <v>2680</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B93" t="s">
         <v>324</v>
       </c>
       <c r="C93" t="s">
         <v>10</v>
       </c>
       <c r="D93" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E93" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F93" s="1">
         <v>2840</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B94" t="s">
-        <v>324</v>
+        <v>9</v>
       </c>
       <c r="C94" t="s">
         <v>10</v>
       </c>
       <c r="D94" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E94" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F94" s="1">
-        <v>2680</v>
+        <v>2670</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B95" t="s">
-        <v>9</v>
+        <v>324</v>
       </c>
       <c r="C95" t="s">
         <v>10</v>
       </c>
       <c r="D95" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E95" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F95" s="1">
-        <v>2670</v>
+        <v>2680</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B96" t="s">
         <v>324</v>
       </c>
       <c r="C96" t="s">
         <v>10</v>
       </c>
       <c r="D96" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E96" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F96" s="1">
         <v>2800</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
         <v>10</v>
       </c>
       <c r="D97" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E97" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F97" s="1">
         <v>2560</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="B98" t="s">
         <v>324</v>
       </c>
       <c r="C98" t="s">
         <v>10</v>
       </c>
       <c r="D98" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E98" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F98" s="1">
         <v>2790</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
         <v>10</v>
       </c>
       <c r="D99" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E99" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F99" s="1">
         <v>2570</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B100" t="s">
-        <v>324</v>
+        <v>9</v>
       </c>
       <c r="C100" t="s">
         <v>10</v>
       </c>
       <c r="D100" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E100" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F100" s="1">
-        <v>2780</v>
+        <v>2690</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B101" t="s">
-        <v>9</v>
+        <v>324</v>
       </c>
       <c r="C101" t="s">
         <v>10</v>
       </c>
       <c r="D101" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E101" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F101" s="1">
-        <v>2690</v>
+        <v>2780</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
         <v>432</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
         <v>10</v>
       </c>
       <c r="D102" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E102" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F102" s="1">
         <v>2620</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="B103" t="s">
         <v>324</v>
       </c>
       <c r="C103" t="s">
         <v>10</v>
       </c>
       <c r="D103" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E103" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F103" s="1">
         <v>2710</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
         <v>436</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
         <v>10</v>
       </c>
       <c r="D104" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E104" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F104" s="1">
         <v>2650</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="B105" t="s">
         <v>324</v>
       </c>
       <c r="C105" t="s">
         <v>10</v>
       </c>
       <c r="D105" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E105" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F105" s="1">
         <v>2690</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
         <v>10</v>
       </c>
       <c r="D106" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E106" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F106" s="1">
         <v>4460</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="B107" t="s">
         <v>324</v>
       </c>
       <c r="C107" t="s">
         <v>10</v>
       </c>
       <c r="D107" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E107" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F107" s="1">
         <v>2700</v>
+      </c>
+    </row>
+    <row r="108" spans="1:7">
+      <c r="A108" t="s">
+        <v>442</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
+        <v>10</v>
+      </c>
+      <c r="D108" t="s">
+        <v>535</v>
+      </c>
+      <c r="E108" t="s">
+        <v>537</v>
+      </c>
+      <c r="F108" s="1">
+        <v>2710</v>
+      </c>
+    </row>
+    <row r="109" spans="1:7">
+      <c r="A109" t="s">
+        <v>544</v>
+      </c>
+      <c r="B109" t="s">
+        <v>324</v>
+      </c>
+      <c r="C109" t="s">
+        <v>10</v>
+      </c>
+      <c r="D109" t="s">
+        <v>535</v>
+      </c>
+      <c r="E109" t="s">
+        <v>537</v>
+      </c>
+      <c r="F109" s="1">
+        <v>2690</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G72"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F72"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="E1" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="B2" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E2" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F2" s="1">
         <v>0.999</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B3" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E3" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F3" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B4" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E4" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F4" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B5" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E5" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F5" s="1">
         <v>0.99</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B6" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E6" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F6" s="1">
         <v>0.99</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="B7" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E7" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F7" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B8" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E8" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F8" s="1">
         <v>0.9</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B9" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E9" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F9" s="1">
         <v>0.9</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B10" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E10" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F10" s="1">
         <v>1.003</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B11" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E11" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F11" s="1">
         <v>1.002</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B12" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E12" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F12" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B13" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E13" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F13" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B14" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E14" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F14" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B15" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E15" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F15" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B16" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E16" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F16" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="B17" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E17" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F17" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="B18" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E18" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F18" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="B19" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E19" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F19" s="1">
         <v>1.001</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B20" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E20" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F20" s="1">
         <v>1.015</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B21" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E21" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F21" s="1">
         <v>1.002</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="B22" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E22" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F22" s="1">
         <v>1.102</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="B23" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E23" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F23" s="1">
         <v>1.003</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="B24" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E24" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F24" s="1">
         <v>1.002</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="B25" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E25" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F25" s="1">
         <v>1.003</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B26" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E26" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F26" s="1">
         <v>1.002</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="B27" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E27" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F27" s="1">
         <v>1.006</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="B28" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E28" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F28" s="1">
         <v>1.001</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="B29" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E29" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F29" s="1">
         <v>1.002</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="B30" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E30" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F30" s="1">
         <v>1.003</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B31" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E31" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F31" s="1">
         <v>0.999</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="B32" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E32" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F32" s="1">
         <v>0.998</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="B33" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E33" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F33" s="1">
         <v>1.004</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="B34" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E34" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F34" s="1">
         <v>1.007</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="B35" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E35" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F35" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="B36" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E36" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F36" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="B37" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E37" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F37" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="B38" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E38" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F38" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="B39" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E39" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F39" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
+        <v>517</v>
+      </c>
+      <c r="B40" t="s">
         <v>515</v>
       </c>
-      <c r="B40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E40" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F40" s="1">
         <v>1.01</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B41" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E41" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F41" s="1">
         <v>0.99</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>544</v>
+        <v>547</v>
       </c>
       <c r="B42" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E42" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F42" s="1">
         <v>0.98</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="B43" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E43" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F43" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B44" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E44" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F44" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="B45" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E45" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F45" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B46" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E46" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F46" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="B47" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E47" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F47" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="B48" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E48" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F48" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B49" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E49" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F49" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="B50" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E50" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F50" s="1">
         <v>1.003</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="B51" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E51" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F51" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="B52" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E52" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F52" s="1">
         <v>1.003</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="B53" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E53" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F53" s="1">
         <v>1.004</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="B54" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E54" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F54" s="1">
         <v>1.001</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B55" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E55" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F55" s="1">
         <v>1.005</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B56" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E56" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F56" s="1">
         <v>1.002</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="B57" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E57" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F57" s="1">
         <v>1.004</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B58" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E58" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F58" s="1">
         <v>1.001</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="B59" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E59" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F59" s="1">
         <v>1.002</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="B60" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E60" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F60" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B61" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E61" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F61" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B62" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E62" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F62" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="B63" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E63" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F63" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B64" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E64" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F64" s="1">
         <v>0.992</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B65" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E65" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F65" s="1">
         <v>0.999</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B66" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E66" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F66" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B67" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E67" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F67" s="1">
         <v>0.998</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="B68" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E68" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F68" s="1">
         <v>0.994</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B69" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E69" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F69" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="B70" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E70" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F70" s="1">
         <v>0.998</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="B71" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E71" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F71" s="1">
         <v>0.999</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="B72" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E72" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F72" s="1">
         <v>0.993</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G73"/>
+  <dimension ref="A1:G74"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F1" sqref="F1:F73"/>
+      <selection activeCell="F1" sqref="F1:F74"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="E1" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E2" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F2" s="1">
         <v>1.002</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E3" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F3" s="1">
         <v>1.001</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E4" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F4" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E5" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F5" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E6" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F6" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E7" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F7" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E8" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F8" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E9" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F9" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E10" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F10" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E11" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F11" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E12" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F12" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E13" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F13" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E14" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F14" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E15" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F15" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E16" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F16" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E17" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F17" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E18" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F18" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E19" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F19" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E20" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F20" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E21" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F21" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E22" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F22" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E23" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F23" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E24" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F24" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E25" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F25" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E26" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F26" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E27" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F27" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E28" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F28" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E29" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F29" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E30" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F30" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E31" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F31" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E32" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F32" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E33" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F33" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E34" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F34" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E35" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F35" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E36" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F36" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E37" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F37" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E38" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F38" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E39" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F39" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E40" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F40" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E41" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F41" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E42" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F42" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E43" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F43" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E44" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F44" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E45" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F45" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E46" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F46" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E47" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F47" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E48" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F48" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E49" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F49" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E50" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F50" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E51" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F51" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E52" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F52" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E53" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F53" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E54" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F54" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E55" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F55" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E56" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F56" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E57" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F57" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E58" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F58" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E59" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F59" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E60" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F60" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E61" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F61" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E62" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F62" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E63" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F63" s="1">
         <v>0.999</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E64" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F64" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E65" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F65" s="1"/>
       <c r="G65" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E66" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F66" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E67" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F67" s="1">
         <v>1.001</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E68" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F68" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E69" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F69" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E70" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F70" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
         <v>432</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E71" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F71" s="1">
         <v>1.001</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
         <v>436</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E72" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F72" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E73" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="F73" s="1">
         <v>1</v>
+      </c>
+    </row>
+    <row r="74" spans="1:7">
+      <c r="A74" t="s">
+        <v>442</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>10</v>
+      </c>
+      <c r="D74" t="s">
+        <v>545</v>
+      </c>
+      <c r="E74" t="s">
+        <v>548</v>
+      </c>
+      <c r="F74" s="1">
+        <v>0.98</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G74"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F74"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="E1" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="B2" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E2" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F2" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B3" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E3" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F3" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B4" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E4" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F4" s="1">
         <v>0.15</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B5" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E5" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F5" s="1">
         <v>0.14</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B6" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E6" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F6" s="1">
         <v>0.14</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="B7" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E7" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F7" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B8" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E8" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F8" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B9" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E9" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F9" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B10" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E10" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F10" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B11" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E11" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F11" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B12" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E12" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F12" s="1">
         <v>0.2</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B13" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E13" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F13" s="1">
         <v>0.07</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B14" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E14" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F14" s="1">
         <v>0.06</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B15" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E15" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F15" s="1">
         <v>0.24</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B16" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E16" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F16" s="1">
         <v>0.34</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="B17" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E17" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F17" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="B18" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E18" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F18" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="B19" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E19" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F19" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B20" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E20" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F20" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B21" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E21" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F21" s="1">
         <v>0.07</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="B22" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E22" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F22" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="B23" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E23" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F23" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="B24" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E24" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F24" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="B25" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E25" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F25" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B26" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E26" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F26" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="B27" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E27" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F27" s="1">
         <v>0.13</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="B28" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E28" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F28" s="1">
         <v>0.04</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="B29" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E29" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F29" s="1">
         <v>0.14</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="B30" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E30" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F30" s="1">
         <v>0.13</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B31" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E31" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F31" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="B32" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E32" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F32" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="B33" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E33" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F33" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="B34" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E34" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F34" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="B35" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E35" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F35" s="1">
         <v>0.14</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="B36" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E36" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F36" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="B37" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E37" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F37" s="1">
         <v>1.39</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="B38" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E38" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F38" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="B39" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E39" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F39" s="1">
         <v>0.08</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B40" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E40" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F40" s="1">
         <v>0.06</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
+        <v>517</v>
+      </c>
+      <c r="B41" t="s">
         <v>515</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E41" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F41" s="1">
         <v>0.06</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B42" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E42" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F42" s="1">
         <v>0.04</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="B43" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E43" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F43" s="1">
         <v>0.007</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="B44" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E44" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F44" s="1">
         <v>0.007</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B45" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E45" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F45" s="1">
         <v>0.049</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="B46" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E46" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F46" s="1">
         <v>0.028</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B47" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E47" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F47" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="B48" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E48" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F48" s="1">
         <v>0.162</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="B49" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E49" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F49" s="1">
         <v>0.129</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B50" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E50" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F50" s="1">
         <v>0.623</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B51" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E51" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F51" s="1">
         <v>0.575</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="B52" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E52" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F52" s="1">
         <v>0.006</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="B53" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E53" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F53" s="1">
         <v>0.006</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="B54" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E54" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F54" s="1">
         <v>0.006</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="B55" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E55" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F55" s="1">
         <v>0.006</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="B56" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E56" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F56" s="1">
         <v>0.018</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B57" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E57" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F57" s="1">
         <v>0.038</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B58" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E58" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F58" s="1">
         <v>0.015</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="B59" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E59" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F59" s="1">
         <v>0.011</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B60" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E60" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F60" s="1">
         <v>0.026</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="B61" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E61" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F61" s="1">
         <v>0.006</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="B62" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E62" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F62" s="1">
         <v>0.059</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B63" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E63" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F63" s="1">
         <v>0.062</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B64" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E64" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F64" s="1">
         <v>0.022</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B65" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E65" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F65" s="1">
         <v>0.013</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="B66" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E66" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F66" s="1">
         <v>0.006</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B67" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E67" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F67" s="1">
         <v>0.006</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B68" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E68" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F68" s="1">
         <v>0.008</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B69" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E69" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F69" s="1">
         <v>0.021</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="B70" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E70" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F70" s="1">
         <v>0.022</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B71" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E71" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F71" s="1">
         <v>0.009</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="B72" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E72" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F72" s="1">
         <v>0.058</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="B73" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E73" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F73" s="1">
         <v>0.003</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="B74" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C74" t="s">
         <v>10</v>
       </c>
       <c r="D74" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E74" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="F74" s="1">
         <v>0.028</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G75"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F75"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="E1" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="B2" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E2" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F2" s="1">
         <v>50.9</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B3" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E3" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F3" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B4" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E4" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F4" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B5" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E5" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F5" s="1">
         <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B6" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E6" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F6" s="1">
         <v>53</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="B7" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E7" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F7" s="1">
         <v>52.4</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B8" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E8" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F8" s="1">
         <v>52.26</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B9" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E9" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F9" s="1">
         <v>60.21</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B10" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E10" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F10" s="1">
         <v>52.75</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B11" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E11" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F11" s="1">
         <v>52.39</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B12" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E12" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F12" s="1">
         <v>64.22</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B13" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E13" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F13" s="1">
         <v>52.68</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B14" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E14" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F14" s="1">
         <v>62.46</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B15" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E15" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F15" s="1">
         <v>50.18</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B16" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E16" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F16" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="B17" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E17" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F17" s="1">
         <v>50.41</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="B18" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E18" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F18" s="1">
         <v>49.51</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="B19" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E19" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F19" s="1">
         <v>51.31</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B20" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E20" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F20" s="1">
         <v>48.63</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B21" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E21" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F21" s="1">
         <v>55.24</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="B22" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E22" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F22" s="1">
         <v>51.68</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="B23" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E23" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F23" s="1">
         <v>53.92</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="B24" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E24" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F24" s="1">
         <v>48.73</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="B25" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E25" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F25" s="1">
         <v>50.93</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B26" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E26" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F26" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="B27" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E27" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F27" s="1">
         <v>53.46</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="B28" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E28" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F28" s="1">
         <v>54.8</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="B29" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E29" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F29" s="1">
         <v>66.98</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="B30" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E30" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F30" s="1">
         <v>55.02</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B31" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E31" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F31" s="1">
         <v>53.49</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="B32" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E32" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F32" s="1">
         <v>49.93</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="B33" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E33" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F33" s="1">
         <v>42.96</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="B34" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E34" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F34" s="1">
         <v>43.48</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="B35" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E35" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F35" s="1">
         <v>54.98</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="B36" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E36" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F36" s="1">
         <v>48.67</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="B37" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E37" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F37" s="1">
         <v>53.62</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="B38" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E38" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F38" s="1">
         <v>49</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="B39" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E39" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F39" s="1">
         <v>52.2</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B40" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E40" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F40" s="1">
         <v>50.9</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
+        <v>517</v>
+      </c>
+      <c r="B41" t="s">
         <v>515</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E41" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F41" s="1">
         <v>34.3</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B42" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E42" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F42" s="1">
         <v>51.84</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="B43" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E43" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F43" s="1">
         <v>63.38</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="B44" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E44" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F44" s="1">
         <v>55.76</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B45" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E45" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F45" s="1">
         <v>51.14</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="B46" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E46" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F46" s="1">
         <v>56.71</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B47" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E47" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F47" s="1">
         <v>83</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="B48" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E48" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F48" s="1">
         <v>41.078</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="B49" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E49" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F49" s="1">
         <v>50.532</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B50" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E50" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F50" s="1">
         <v>78.2</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B51" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E51" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F51" s="1">
         <v>79.6</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="B52" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E52" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F52" s="1">
         <v>52.916</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="B53" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E53" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F53" s="1">
         <v>55.046</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="B54" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E54" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F54" s="1">
         <v>55.202</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="B55" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E55" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F55" s="1">
         <v>54.544</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="B56" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E56" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F56" s="1">
         <v>55.074</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B57" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E57" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F57" s="1">
         <v>51.491</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B58" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E58" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F58" s="1">
         <v>47.224</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="B59" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E59" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F59" s="1">
         <v>46.962</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B60" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E60" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F60" s="1">
         <v>48.748</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="B61" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E61" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F61" s="1">
         <v>50.654</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="B62" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E62" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F62" s="1">
         <v>48.304</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B63" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E63" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F63" s="1">
         <v>50.391</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B64" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E64" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F64" s="1">
         <v>50.072</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="B65" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E65" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F65" s="1">
         <v>48.293</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B66" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E66" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F66" s="1">
         <v>44.49</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="B67" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E67" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F67" s="1">
         <v>50.118</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B68" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E68" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F68" s="1">
         <v>45.49</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B69" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E69" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F69" s="1">
         <v>48</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B70" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E70" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F70" s="1">
         <v>43.91</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="B71" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E71" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F71" s="1">
         <v>48.268</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B72" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E72" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F72" s="1">
         <v>48.427</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="B73" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E73" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F73" s="1">
         <v>45.672</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="B74" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C74" t="s">
         <v>10</v>
       </c>
       <c r="D74" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E74" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F74" s="1">
         <v>44.812</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="B75" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C75" t="s">
         <v>10</v>
       </c>
       <c r="D75" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E75" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="F75" s="1">
         <v>60.127</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G75"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F75"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="E1" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="B2" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E2" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F2" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B3" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E3" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F3" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B4" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E4" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F4" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B5" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E5" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F5" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B6" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E6" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F6" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="B7" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E7" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F7" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B8" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E8" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F8" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B9" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E9" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F9" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B10" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E10" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F10" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B11" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E11" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F11" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B12" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E12" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F12" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B13" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E13" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F13" s="1">
         <v>0.015</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B14" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E14" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F14" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B15" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E15" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F15" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B16" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E16" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F16" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="B17" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E17" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F17" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="B18" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E18" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F18" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="B19" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E19" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F19" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B20" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E20" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F20" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B21" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E21" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F21" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="B22" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E22" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F22" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="B23" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E23" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F23" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="B24" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E24" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F24" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="B25" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E25" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F25" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B26" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E26" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F26" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="B27" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E27" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F27" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="B28" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E28" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F28" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="B29" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E29" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F29" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="B30" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E30" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F30" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B31" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E31" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F31" s="1">
         <v>0.023</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="B32" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E32" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F32" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="B33" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E33" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F33" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="B34" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E34" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F34" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="B35" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E35" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F35" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="B36" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E36" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F36" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="B37" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E37" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F37" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="B38" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E38" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F38" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="B39" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E39" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F39" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B40" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E40" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F40" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
+        <v>517</v>
+      </c>
+      <c r="B41" t="s">
         <v>515</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E41" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F41" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B42" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E42" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F42" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="B43" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E43" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F43" s="1">
         <v>0.003</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="B44" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E44" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F44" s="1">
         <v>0.003</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B45" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E45" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F45" s="1">
         <v>0.003</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="B46" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E46" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F46" s="1">
         <v>0.003</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B47" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E47" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F47" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="B48" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E48" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F48" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="B49" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E49" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F49" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B50" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E50" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F50" s="1">
         <v>0.016</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B51" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E51" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F51" s="1">
         <v>0.017</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="B52" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E52" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F52" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="B53" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E53" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F53" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="B54" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E54" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F54" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="B55" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E55" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F55" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="B56" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E56" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F56" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B57" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E57" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F57" s="1">
         <v>0.001</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B58" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E58" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F58" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="B59" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E59" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F59" s="1">
         <v>0.001</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B60" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E60" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F60" s="1">
         <v>0.003</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="B61" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E61" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F61" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="B62" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E62" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F62" s="1">
         <v>0.002</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B63" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E63" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F63" s="1">
         <v>0.003</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B64" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E64" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F64" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="B65" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E65" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F65" s="1">
         <v>0.004</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B66" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E66" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F66" s="1">
         <v>0.001</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="B67" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E67" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F67" s="1">
         <v>0.001</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B68" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E68" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F68" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B69" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E69" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F69" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B70" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E70" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F70" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="B71" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E71" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F71" s="1">
         <v>0.003</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B72" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E72" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F72" s="1">
         <v>0.008</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="B73" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E73" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F73" s="1">
         <v>0.003</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="B74" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C74" t="s">
         <v>10</v>
       </c>
       <c r="D74" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E74" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F74" s="1">
         <v>0.006</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="B75" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C75" t="s">
         <v>10</v>
       </c>
       <c r="D75" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E75" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F75" s="1">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G76"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F76"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="E1" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="B2" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E2" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F2" s="1">
         <v>1.6</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B3" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E3" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F3" s="1">
         <v>1.6</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B4" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E4" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F4" s="1">
         <v>0.77</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B5" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E5" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F5" s="1">
         <v>0.38</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B6" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E6" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F6" s="1">
         <v>0.34</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="B7" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E7" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F7" s="1">
         <v>1.6</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B8" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E8" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F8" s="1">
         <v>1.7</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B9" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E9" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F9" s="1">
         <v>1.9</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B10" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E10" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F10" s="1">
         <v>1.8</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B11" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E11" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F11" s="1">
         <v>1.9</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B12" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E12" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F12" s="1">
         <v>1.8</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B13" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E13" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F13" s="1">
         <v>0.37</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B14" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E14" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F14" s="1">
         <v>1.9</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B15" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E15" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F15" s="1">
         <v>1.8</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B16" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E16" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F16" s="1">
         <v>2.4</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="B17" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E17" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F17" s="1">
         <v>2.3</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="B18" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E18" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F18" s="1">
         <v>2.6</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="B19" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E19" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F19" s="1">
         <v>1.9</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B20" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E20" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F20" s="1">
         <v>0.5</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B21" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E21" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F21" s="1">
         <v>0.5</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="B22" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E22" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F22" s="1">
         <v>0.5</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="B23" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E23" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F23" s="1">
         <v>0.4</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="B24" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E24" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F24" s="1">
         <v>0.4</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="B25" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E25" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F25" s="1">
         <v>0.4</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B26" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E26" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F26" s="1">
         <v>0.4</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="B27" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E27" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F27" s="1">
         <v>0.4</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="B28" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E28" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F28" s="1">
         <v>0.4</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="B29" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E29" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F29" s="1">
         <v>0.4</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="B30" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E30" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F30" s="1">
         <v>0.4</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B31" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E31" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F31" s="1">
         <v>0.4</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="B32" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E32" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F32" s="1">
         <v>0.4</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="B33" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E33" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F33" s="1">
         <v>1.2</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="B34" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E34" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F34" s="1">
         <v>0.4</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="B35" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E35" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F35" s="1">
         <v>0.9</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="B36" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E36" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F36" s="1">
         <v>0.47</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="B37" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E37" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F37" s="1">
         <v>0.41</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="B38" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E38" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F38" s="1">
         <v>0.53</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="B39" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E39" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F39" s="1">
         <v>0.38</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B40" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E40" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F40" s="1">
         <v>0.43</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
+        <v>517</v>
+      </c>
+      <c r="B41" t="s">
         <v>515</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E41" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F41" s="1">
         <v>0.39</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B42" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E42" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F42" s="1">
         <v>0.52</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="B43" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E43" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F43" s="1">
         <v>0.51</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="B44" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E44" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F44" s="1">
         <v>0.49</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B45" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E45" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F45" s="1">
         <v>0.43</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="B46" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E46" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F46" s="1">
         <v>0.52</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B47" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E47" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F47" s="1">
         <v>0.35</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="B48" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E48" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F48" s="1">
         <v>0.3</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="B49" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E49" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F49" s="1">
         <v>2.73</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B50" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E50" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F50" s="1">
-        <v>6.83</v>
+        <v>1.65</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B51" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E51" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F51" s="1">
-        <v>1.65</v>
+        <v>6.83</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="B52" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E52" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F52" s="1">
         <v>0.4</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="B53" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E53" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F53" s="1">
         <v>0.33</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="B54" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E54" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F54" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="B55" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E55" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F55" s="1">
         <v>0.36</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="B56" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E56" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F56" s="1">
         <v>0.39</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B57" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E57" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F57" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B58" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E58" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F58" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="B59" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E59" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F59" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B60" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E60" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F60" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="B61" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E61" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F61" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="B62" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E62" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F62" s="1">
         <v>1.149</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B63" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E63" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F63" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B64" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E64" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F64" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="B65" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E65" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F65" s="1">
         <v>1.652</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B66" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E66" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F66" s="1">
         <v>0.91</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="B67" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E67" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F67" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B68" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E68" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F68" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B69" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E69" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F69" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B70" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E70" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F70" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B71" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E71" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F71" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="B72" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E72" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F72" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B73" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E73" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F73" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="B74" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C74" t="s">
         <v>10</v>
       </c>
       <c r="D74" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E74" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F74" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="B75" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C75" t="s">
         <v>10</v>
       </c>
       <c r="D75" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E75" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F75" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="B76" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C76" t="s">
         <v>10</v>
       </c>
       <c r="D76" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E76" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="F76" s="1">
         <v>0.01</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G38"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F38"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="E1" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="B2" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E2" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="F2" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B3" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E3" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="F3" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
+        <v>517</v>
+      </c>
+      <c r="B4" t="s">
         <v>515</v>
       </c>
-      <c r="B4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E4" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="F4" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B5" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E5" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="F5" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="B6" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E6" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="F6" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="B7" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E7" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="F7" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B8" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E8" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="F8" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="B9" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E9" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="F9" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B10" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E10" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="F10" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="B11" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E11" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="F11" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="B12" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E12" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="F12" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B13" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E13" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="F13" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="B14" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E14" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="F14" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="B15" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E15" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="F15" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="B16" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E16" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="F16" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="B17" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E17" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="F17" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="B18" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E18" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="F18" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B19" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E19" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="F19" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B20" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E20" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="F20" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="B21" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E21" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="F21" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B22" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E22" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="F22" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="B23" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E23" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="F23" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="B24" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E24" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="F24" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B25" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E25" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="F25" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B26" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E26" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="F26" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="B27" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E27" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="F27" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B28" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E28" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="F28" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="B29" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E29" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="F29" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B30" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E30" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="F30" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B31" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E31" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="F31" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B32" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E32" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="F32" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B33" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E33" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="F33" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="B34" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E34" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="F34" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B35" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E35" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="F35" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="B36" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E36" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="F36" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="B37" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E37" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="F37" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="B38" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E38" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="F38" s="1">
         <v>0.01</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G67"/>
+  <dimension ref="A1:G68"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F1" sqref="F1:F67"/>
+      <selection activeCell="F1" sqref="F1:F68"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="E1" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="B2" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E2" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F2" s="1">
         <v>6.9</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B3" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E3" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F3" s="1">
         <v>7.13</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B4" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E4" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F4" s="1">
         <v>7.81</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B5" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E5" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F5" s="1">
         <v>7.44</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B6" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E6" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F6" s="1">
         <v>6.97</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="B7" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E7" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F7" s="1">
         <v>7.13</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B8" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E8" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F8" s="1">
         <v>7.7</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B9" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E9" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F9" s="1">
         <v>7.21</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B10" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E10" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F10" s="1">
         <v>7.08</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B11" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E11" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F11" s="1">
         <v>7.29</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B12" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E12" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F12" s="1">
         <v>7.19</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B13" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E13" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F13" s="1">
         <v>7.43</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B14" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E14" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F14" s="1">
         <v>8.02</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B15" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E15" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F15" s="1">
         <v>7.04</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B16" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E16" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F16" s="1">
         <v>7.49</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="B17" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E17" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F17" s="1">
         <v>7.04</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="B18" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E18" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F18" s="1">
         <v>7.2</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="B19" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E19" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F19" s="1">
         <v>7.47</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B20" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E20" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F20" s="1">
         <v>7.09</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B21" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E21" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F21" s="1">
         <v>7.41</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="B22" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E22" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F22" s="1">
         <v>7.17</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="B23" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E23" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F23" s="1">
         <v>7.23</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="B24" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E24" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F24" s="1">
         <v>7.08</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="B25" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E25" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F25" s="1">
         <v>7.27</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B26" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E26" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F26" s="1">
         <v>7.01</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="B27" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E27" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F27" s="1">
         <v>7.01</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="B28" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E28" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F28" s="1">
         <v>7.18</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="B29" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E29" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F29" s="1">
         <v>7.34</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="B30" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E30" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F30" s="1">
         <v>7.11</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B31" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E31" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F31" s="1">
         <v>7.14</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="B32" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E32" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F32" s="1">
         <v>7.49</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="B33" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E33" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F33" s="1">
         <v>7.23</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="B34" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E34" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F34" s="1">
         <v>7.28</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="B35" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E35" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F35" s="1">
         <v>6.99</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="B36" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E36" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F36" s="1">
         <v>7.1</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="B37" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E37" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F37" s="1">
         <v>7.09</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="B38" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E38" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F38" s="1">
         <v>7.04</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="B39" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E39" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F39" s="1">
         <v>7.2</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B40" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E40" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F40" s="1">
         <v>7.3</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
+        <v>517</v>
+      </c>
+      <c r="B41" t="s">
         <v>515</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E41" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F41" s="1">
         <v>7.2</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B42" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E42" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F42" s="1">
         <v>7.2</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="B43" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E43" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F43" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="B44" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E44" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F44" s="1">
         <v>7.3</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B45" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E45" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F45" s="1">
         <v>7.3</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="B46" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E46" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F46" s="1">
         <v>7.7</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="B47" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E47" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F47" s="1">
         <v>8.8</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="B48" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E48" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F48" s="1">
         <v>5.79</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B49" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E49" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F49" s="1">
-        <v>7.21</v>
+        <v>7.7</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B50" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E50" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F50" s="1">
-        <v>7.7</v>
+        <v>7.21</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="B51" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E51" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F51" s="1">
         <v>7.38</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="B52" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E52" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F52" s="1">
         <v>7.42</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="B53" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E53" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F53" s="1">
         <v>7.59</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="B54" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E54" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F54" s="1">
         <v>8.16</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="B55" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E55" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F55" s="1">
         <v>7.31</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B56" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E56" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F56" s="1">
         <v>8.22</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B57" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E57" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F57" s="1">
         <v>7.89</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="B58" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E58" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F58" s="1">
         <v>7.53</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B59" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E59" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F59" s="1">
         <v>8.15</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="B60" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E60" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F60" s="1">
         <v>8.37</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="B61" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E61" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F61" s="1">
         <v>7.81</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B62" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E62" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F62" s="1">
         <v>8.37</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B63" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E63" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F63" s="1">
         <v>8.35</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B64" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E64" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F64" s="1">
         <v>7.78</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B65" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E65" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F65" s="1">
         <v>7.3</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="B66" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E66" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F66" s="1">
         <v>7.6</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="B67" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E67" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F67" s="1">
         <v>7.6</v>
+      </c>
+    </row>
+    <row r="68" spans="1:7">
+      <c r="A68" t="s">
+        <v>509</v>
+      </c>
+      <c r="B68" t="s">
+        <v>449</v>
+      </c>
+      <c r="C68" t="s">
+        <v>10</v>
+      </c>
+      <c r="D68" t="s">
+        <v>554</v>
+      </c>
+      <c r="E68" t="s">
+        <v>554</v>
+      </c>
+      <c r="F68" s="1">
+        <v>7.7</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G60"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F60"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="E1" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="B2" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E2" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F2" s="1">
         <v>527</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
+        <v>452</v>
+      </c>
+      <c r="B3" t="s">
+        <v>449</v>
+      </c>
+      <c r="C3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3" t="s">
         <v>450</v>
       </c>
-      <c r="B3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E3" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F3" s="1">
         <v>495</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
+        <v>453</v>
+      </c>
+      <c r="B4" t="s">
+        <v>449</v>
+      </c>
+      <c r="C4" t="s">
+        <v>10</v>
+      </c>
+      <c r="D4" t="s">
+        <v>450</v>
+      </c>
+      <c r="E4" t="s">
         <v>451</v>
-      </c>
-[...10 lines deleted...]
-        <v>449</v>
       </c>
       <c r="F4" s="1">
         <v>620</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B5" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E5" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F5" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B6" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E6" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F6" s="1">
         <v>522</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B7" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E7" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F7" s="1">
         <v>446</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B8" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E8" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F8" s="1">
         <v>501</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B9" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E9" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F9" s="1">
         <v>473</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B10" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E10" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F10" s="1">
         <v>484</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B11" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E11" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F11" s="1">
         <v>442</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B12" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E12" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F12" s="1">
         <v>474</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B13" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E13" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F13" s="1">
         <v>445</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B14" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E14" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F14" s="1">
         <v>436</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B15" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E15" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F15" s="1">
         <v>464</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="B16" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E16" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F16" s="1">
         <v>464</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="B17" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E17" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F17" s="1">
         <v>485</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="B18" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E18" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F18" s="1">
         <v>465</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B19" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E19" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F19" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B20" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E20" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F20" s="1">
         <v>472</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="B21" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E21" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F21" s="1">
         <v>460</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="B22" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E22" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F22" s="1">
         <v>435</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="B23" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E23" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F23" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="B24" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E24" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F24" s="1">
         <v>420</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B25" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E25" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F25" s="1">
         <v>410</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="B26" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E26" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F26" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="B27" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E27" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F27" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="B28" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E28" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F28" s="1">
         <v>470</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="B29" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E29" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F29" s="1">
         <v>417</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B30" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E30" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F30" s="1">
         <v>417</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="B31" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E31" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F31" s="1">
         <v>399</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="B32" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E32" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F32" s="1">
         <v>414</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="B33" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E33" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F33" s="1">
         <v>494</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="B34" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E34" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F34" s="1">
         <v>482</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="B35" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E35" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F35" s="1">
         <v>460</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="B36" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E36" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F36" s="1">
         <v>476.1</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="B37" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E37" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F37" s="1">
         <v>399.4</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="B38" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E38" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F38" s="1">
         <v>68</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="B39" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E39" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F39" s="1">
         <v>445.2</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="B40" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E40" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F40" s="1">
         <v>445.2</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="B41" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E41" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F41" s="1">
         <v>426</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B42" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E42" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F42" s="1">
         <v>433</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B43" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E43" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F43" s="1">
         <v>432</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="B44" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E44" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F44" s="1">
         <v>428</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B45" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E45" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F45" s="1">
         <v>441</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="B46" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E46" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F46" s="1">
         <v>425</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="B47" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E47" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F47" s="1">
         <v>439</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B48" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E48" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F48" s="1">
         <v>462</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B49" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E49" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F49" s="1">
         <v>482</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="B50" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E50" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F50" s="1">
         <v>368</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B51" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E51" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F51" s="1">
         <v>441.2</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="B52" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E52" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F52" s="1">
         <v>298.7</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B53" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E53" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F53" s="1">
         <v>257</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B54" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E54" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F54" s="1">
         <v>452</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B55" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E55" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F55" s="1">
         <v>429</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="B56" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E56" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F56" s="1">
         <v>439.1</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B57" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E57" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F57" s="1">
         <v>455</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="B58" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E58" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F58" s="1">
         <v>465.6</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="B59" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E59" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F59" s="1">
         <v>483.6</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="B60" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E60" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F60" s="1">
         <v>441.1</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G107"/>
+  <dimension ref="A1:G109"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F1" sqref="F1:F107"/>
+      <selection activeCell="F1" sqref="F1:F109"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="E1" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E2" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F2" s="1">
         <v>7.08</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E3" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F3" s="1">
         <v>6.91</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E4" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F4" s="1">
         <v>6.89</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E5" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F5" s="1">
         <v>7.27</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E6" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F6" s="1">
         <v>7.92</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E7" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F7" s="1">
         <v>7.1</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E8" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F8" s="1">
         <v>6.83</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E9" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F9" s="1">
         <v>6.69</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E10" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F10" s="1">
         <v>7.4</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E11" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F11" s="1">
         <v>6.9</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E12" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F12" s="1">
         <v>7.1</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E13" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F13" s="1">
         <v>6.68</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E14" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F14" s="1">
         <v>6.857</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E15" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F15" s="1">
         <v>6.72</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E16" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F16" s="1">
         <v>6.84</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E17" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F17" s="1">
         <v>6.764</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E18" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F18" s="1">
         <v>6.7</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E19" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F19" s="1">
         <v>7.37</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E20" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F20" s="1">
         <v>7.13</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E21" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F21" s="1">
         <v>7.03</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E22" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F22" s="1">
         <v>6.84</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E23" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F23" s="1">
         <v>6.899</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E24" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F24" s="1">
         <v>7.09</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E25" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F25" s="1">
         <v>7.31</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E26" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F26" s="1">
         <v>7.26</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E27" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F27" s="1">
         <v>7.09</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E28" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F28" s="1">
         <v>6.89</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E29" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F29" s="1">
         <v>7.37</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E30" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F30" s="1">
         <v>7.22</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E31" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F31" s="1">
         <v>6.961</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E32" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F32" s="1">
         <v>6.82</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E33" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F33" s="1">
         <v>7.09</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E34" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F34" s="1">
         <v>7.07</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E35" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F35" s="1">
         <v>7.1</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E36" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F36" s="1">
         <v>6.763</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E37" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F37" s="1">
         <v>7.151</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B38" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E38" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F38" s="1">
         <v>7.33</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E39" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F39" s="1">
         <v>6.981</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E40" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F40" s="1">
         <v>6.87</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
+        <v>517</v>
+      </c>
+      <c r="B41" t="s">
         <v>515</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E41" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F41" s="1">
         <v>6.97</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B42" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E42" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F42" s="1">
         <v>7.04</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E43" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F43" s="1">
         <v>6.694</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="B44" t="s">
-        <v>9</v>
+        <v>515</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E44" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F44" s="1">
-        <v>7.19</v>
+        <v>7.67</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="B45" t="s">
-        <v>513</v>
+        <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E45" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F45" s="1">
-        <v>7.67</v>
+        <v>7.19</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E46" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F46" s="1">
         <v>7.3</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B47" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E47" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F47" s="1">
         <v>7.066</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="B48" t="s">
-        <v>9</v>
+        <v>515</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E48" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F48" s="1">
-        <v>6.925</v>
+        <v>7.02</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="B49" t="s">
-        <v>513</v>
+        <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E49" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F49" s="1">
-        <v>7.02</v>
+        <v>6.925</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E50" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F50" s="1">
         <v>6.914</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B51" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E51" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F51" s="1">
         <v>6.93</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="B52" t="s">
-        <v>522</v>
+        <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E52" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F52" s="1">
-        <v>6.81</v>
+        <v>6.711</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="B53" t="s">
-        <v>9</v>
+        <v>524</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E53" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F53" s="1">
-        <v>6.711</v>
+        <v>6.81</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E54" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F54" s="1">
         <v>7.116</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="B55" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E55" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F55" s="1">
         <v>7.01</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E56" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F56" s="1">
         <v>6.936</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B57" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E57" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F57" s="1">
         <v>7.21</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E58" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F58" s="1">
         <v>7.068</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="B59" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E59" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F59" s="1">
         <v>6.88</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="B60" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E60" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F60" s="1">
         <v>7.25</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E61" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F61" s="1">
         <v>7.143</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="B62" t="s">
-        <v>9</v>
+        <v>539</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E62" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F62" s="1">
-        <v>7.356</v>
+        <v>7.28</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="B63" t="s">
-        <v>537</v>
+        <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E63" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F63" s="1">
-        <v>7.28</v>
+        <v>7.356</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E64" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F64" s="1">
         <v>6.939</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="B65" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E65" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F65" s="1">
         <v>6.94</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E66" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F66" s="1">
         <v>7.314</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="B67" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E67" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F67" s="1">
         <v>7.32</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E68" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F68" s="1">
         <v>6.864</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B69" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E69" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F69" s="1">
         <v>6.85</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B70" t="s">
-        <v>9</v>
+        <v>540</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E70" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F70" s="1">
-        <v>7.144</v>
+        <v>7.22</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B71" t="s">
-        <v>538</v>
+        <v>9</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E71" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F71" s="1">
-        <v>7.22</v>
+        <v>7.144</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E72" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F72" s="1">
         <v>7.09</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="B73" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E73" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F73" s="1">
         <v>7.12</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
         <v>10</v>
       </c>
       <c r="D74" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E74" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F74" s="1">
         <v>7.546</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B75" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="C75" t="s">
         <v>10</v>
       </c>
       <c r="D75" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E75" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F75" s="1">
         <v>7.56</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="B76" t="s">
         <v>324</v>
       </c>
       <c r="C76" t="s">
         <v>10</v>
       </c>
       <c r="D76" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E76" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F76" s="1">
         <v>7.26</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
         <v>10</v>
       </c>
       <c r="D77" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E77" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F77" s="1">
         <v>7.428</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="B78" t="s">
         <v>324</v>
       </c>
       <c r="C78" t="s">
         <v>10</v>
       </c>
       <c r="D78" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E78" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F78" s="1">
         <v>7.19</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
         <v>10</v>
       </c>
       <c r="D79" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E79" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F79" s="1">
         <v>7.343</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B80" t="s">
-        <v>9</v>
+        <v>324</v>
       </c>
       <c r="C80" t="s">
         <v>10</v>
       </c>
       <c r="D80" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E80" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F80" s="1">
-        <v>7.147</v>
+        <v>7.19</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B81" t="s">
-        <v>324</v>
+        <v>9</v>
       </c>
       <c r="C81" t="s">
         <v>10</v>
       </c>
       <c r="D81" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E81" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F81" s="1">
-        <v>7.19</v>
+        <v>7.147</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
         <v>10</v>
       </c>
       <c r="D82" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E82" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F82" s="1">
         <v>7.15</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B83" t="s">
         <v>324</v>
       </c>
       <c r="C83" t="s">
         <v>10</v>
       </c>
       <c r="D83" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E83" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F83" s="1">
         <v>7.43</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
         <v>10</v>
       </c>
       <c r="D84" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E84" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F84" s="1">
         <v>7.054</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="B85" t="s">
         <v>324</v>
       </c>
       <c r="C85" t="s">
         <v>10</v>
       </c>
       <c r="D85" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E85" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F85" s="1">
         <v>7.22</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B86" t="s">
         <v>324</v>
       </c>
       <c r="C86" t="s">
         <v>10</v>
       </c>
       <c r="D86" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E86" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F86" s="1">
         <v>7.135</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
         <v>10</v>
       </c>
       <c r="D87" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E87" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F87" s="1">
         <v>7.149</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="B88" t="s">
         <v>324</v>
       </c>
       <c r="C88" t="s">
         <v>10</v>
       </c>
       <c r="D88" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E88" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F88" s="1">
         <v>7.096</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
         <v>10</v>
       </c>
       <c r="D89" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E89" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F89" s="1">
         <v>6.997</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B90" t="s">
-        <v>9</v>
+        <v>324</v>
       </c>
       <c r="C90" t="s">
         <v>10</v>
       </c>
       <c r="D90" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E90" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F90" s="1">
-        <v>6.852</v>
+        <v>7.137</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B91" t="s">
-        <v>324</v>
+        <v>9</v>
       </c>
       <c r="C91" t="s">
         <v>10</v>
       </c>
       <c r="D91" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E91" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F91" s="1">
-        <v>7.137</v>
+        <v>6.852</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
         <v>10</v>
       </c>
       <c r="D92" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E92" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F92" s="1"/>
       <c r="G92" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
         <v>10</v>
       </c>
       <c r="D93" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E93" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F93" s="1">
         <v>7.045</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B94" t="s">
         <v>324</v>
       </c>
       <c r="C94" t="s">
         <v>10</v>
       </c>
       <c r="D94" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E94" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F94" s="1">
         <v>7.171</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B95" t="s">
         <v>324</v>
       </c>
       <c r="C95" t="s">
         <v>10</v>
       </c>
       <c r="D95" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E95" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F95" s="1">
         <v>7.124</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
         <v>10</v>
       </c>
       <c r="D96" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E96" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F96" s="1">
         <v>7.029</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B97" t="s">
         <v>324</v>
       </c>
       <c r="C97" t="s">
         <v>10</v>
       </c>
       <c r="D97" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E97" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F97" s="1">
         <v>7.108</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
         <v>10</v>
       </c>
       <c r="D98" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E98" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F98" s="1">
         <v>7.083</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="B99" t="s">
         <v>324</v>
       </c>
       <c r="C99" t="s">
         <v>10</v>
       </c>
       <c r="D99" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E99" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F99" s="1">
         <v>7.041</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
         <v>10</v>
       </c>
       <c r="D100" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E100" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F100" s="1">
         <v>7.156</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B101" t="s">
         <v>324</v>
       </c>
       <c r="C101" t="s">
         <v>10</v>
       </c>
       <c r="D101" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E101" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F101" s="1">
         <v>7.094</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
         <v>432</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
         <v>10</v>
       </c>
       <c r="D102" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E102" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F102" s="1">
         <v>7.098</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="B103" t="s">
         <v>324</v>
       </c>
       <c r="C103" t="s">
         <v>10</v>
       </c>
       <c r="D103" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E103" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F103" s="1">
         <v>7.1</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
         <v>436</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
         <v>10</v>
       </c>
       <c r="D104" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E104" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F104" s="1">
         <v>7.212</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="B105" t="s">
         <v>324</v>
       </c>
       <c r="C105" t="s">
         <v>10</v>
       </c>
       <c r="D105" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E105" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F105" s="1">
         <v>7.224</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
         <v>10</v>
       </c>
       <c r="D106" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E106" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F106" s="1">
         <v>7.018</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="B107" t="s">
         <v>324</v>
       </c>
       <c r="C107" t="s">
         <v>10</v>
       </c>
       <c r="D107" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="E107" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="F107" s="1">
         <v>7.009</v>
+      </c>
+    </row>
+    <row r="108" spans="1:7">
+      <c r="A108" t="s">
+        <v>442</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
+        <v>10</v>
+      </c>
+      <c r="D108" t="s">
+        <v>554</v>
+      </c>
+      <c r="E108" t="s">
+        <v>555</v>
+      </c>
+      <c r="F108" s="1">
+        <v>7.197</v>
+      </c>
+    </row>
+    <row r="109" spans="1:7">
+      <c r="A109" t="s">
+        <v>544</v>
+      </c>
+      <c r="B109" t="s">
+        <v>324</v>
+      </c>
+      <c r="C109" t="s">
+        <v>10</v>
+      </c>
+      <c r="D109" t="s">
+        <v>554</v>
+      </c>
+      <c r="E109" t="s">
+        <v>555</v>
+      </c>
+      <c r="F109" s="1">
+        <v>7.203</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G76"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F76"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="E1" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="B2" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E2" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F2" s="1">
         <v>30.6</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B3" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E3" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F3" s="1">
         <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B4" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E4" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F4" s="1">
         <v>15.2</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B5" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E5" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F5" s="1">
         <v>37.9</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B6" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E6" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F6" s="1">
         <v>37</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="B7" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E7" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F7" s="1">
         <v>35.25</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B8" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E8" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F8" s="1">
         <v>26.64</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B9" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E9" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F9" s="1">
         <v>44.81</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B10" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E10" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F10" s="1">
         <v>36.82</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B11" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E11" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F11" s="1">
         <v>53.66</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B12" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E12" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F12" s="1">
         <v>56.59</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B13" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E13" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F13" s="1">
         <v>35.36</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B14" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E14" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F14" s="1">
         <v>39.32</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B15" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E15" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F15" s="1">
         <v>36.23</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B16" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E16" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F16" s="1">
         <v>40.34</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="B17" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E17" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F17" s="1">
         <v>37.68</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="B18" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E18" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F18" s="1">
         <v>36.21</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="B19" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E19" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F19" s="1">
         <v>41.32</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B20" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E20" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F20" s="1">
         <v>36.11</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B21" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E21" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F21" s="1">
         <v>36.42</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="B22" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E22" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F22" s="1">
         <v>37.94</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="B23" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E23" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F23" s="1">
         <v>33.8</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="B24" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E24" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F24" s="1">
         <v>34.38</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="B25" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E25" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F25" s="1">
         <v>31.06</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B26" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E26" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F26" s="1">
         <v>63</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="B27" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E27" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F27" s="1">
         <v>33.88</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="B28" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E28" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F28" s="1">
         <v>36.94</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="B29" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E29" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F29" s="1">
         <v>39.06</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="B30" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E30" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F30" s="1">
         <v>36.31</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B31" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E31" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F31" s="1">
         <v>37.4</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="B32" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E32" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F32" s="1">
         <v>34.66</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="B33" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E33" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F33" s="1">
         <v>34.55</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="B34" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E34" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F34" s="1">
         <v>33.21</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="B35" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E35" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F35" s="1">
         <v>32.23</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="B36" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E36" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F36" s="1">
         <v>35.8</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="B37" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E37" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F37" s="1">
         <v>33.81</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="B38" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E38" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F38" s="1">
         <v>31.34</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="B39" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E39" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F39" s="1">
         <v>34.1</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B40" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E40" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F40" s="1">
         <v>12.2</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
+        <v>517</v>
+      </c>
+      <c r="B41" t="s">
         <v>515</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E41" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F41" s="1">
         <v>32.4</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B42" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E42" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F42" s="1">
         <v>30.97</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="B43" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E43" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F43" s="1">
         <v>35.01</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="B44" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E44" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F44" s="1">
         <v>32.63</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B45" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E45" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F45" s="1">
         <v>34.34</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="B46" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E46" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F46" s="1">
         <v>31.13</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B47" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E47" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F47" s="1">
         <v>49</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="B48" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E48" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F48" s="1">
         <v>29.923</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="B49" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E49" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F49" s="1">
         <v>31.328</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B50" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E50" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F50" s="1">
-        <v>48</v>
+        <v>46.5</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B51" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E51" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F51" s="1">
-        <v>46.5</v>
+        <v>48</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="B52" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E52" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F52" s="1">
         <v>32.15</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="B53" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E53" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F53" s="1">
         <v>32.107</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="B54" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E54" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F54" s="1">
         <v>34.316</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="B55" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E55" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F55" s="1">
         <v>31.026</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="B56" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E56" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F56" s="1">
         <v>33.703</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B57" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E57" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F57" s="1">
         <v>32.99</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B58" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E58" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F58" s="1">
         <v>30.278</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="B59" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E59" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F59" s="1">
         <v>28.369</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B60" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E60" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F60" s="1">
         <v>31.879</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="B61" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E61" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F61" s="1">
         <v>31.063</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="B62" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E62" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F62" s="1">
         <v>29.519</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B63" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E63" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F63" s="1">
         <v>30.644</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B64" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E64" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F64" s="1">
         <v>30.47</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="B65" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E65" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F65" s="1">
         <v>31.169</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B66" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E66" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F66" s="1">
         <v>27.318</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="B67" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E67" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F67" s="1">
         <v>32.107</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B68" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E68" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F68" s="1">
         <v>27.3</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B69" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E69" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F69" s="1">
         <v>24.99</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B70" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E70" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F70" s="1">
         <v>28.74</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B71" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E71" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F71" s="1">
         <v>27.44</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="B72" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E72" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F72" s="1">
         <v>31.775</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B73" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E73" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F73" s="1">
         <v>29.528</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="B74" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C74" t="s">
         <v>10</v>
       </c>
       <c r="D74" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E74" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F74" s="1">
         <v>28.844</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="B75" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C75" t="s">
         <v>10</v>
       </c>
       <c r="D75" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E75" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F75" s="1">
         <v>27.855</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="B76" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C76" t="s">
         <v>10</v>
       </c>
       <c r="D76" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E76" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="F76" s="1">
         <v>37.992</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G74"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F74"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="E1" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="B2" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E2" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F2" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B3" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E3" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F3" s="1">
         <v>590</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B4" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E4" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F4" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B5" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E5" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F5" s="1">
         <v>581</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B6" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E6" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F6" s="1">
         <v>585</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B7" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E7" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F7" s="1">
         <v>502</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B8" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E8" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F8" s="1">
         <v>457.04</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B9" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E9" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F9" s="1">
         <v>565.32</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B10" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E10" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F10" s="1">
         <v>517.76</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B11" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E11" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F11" s="1">
         <v>642</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B12" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E12" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F12" s="1">
         <v>409.16</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B13" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E13" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F13" s="1">
         <v>977.16</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B14" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E14" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F14" s="1">
         <v>516.65</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B15" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E15" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F15" s="1">
         <v>570</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="B16" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E16" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F16" s="1">
         <v>630</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="B17" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E17" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F17" s="1">
         <v>488.48</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="B18" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E18" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F18" s="1">
         <v>524.25</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B19" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E19" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F19" s="1">
         <v>429</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B20" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E20" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F20" s="1">
         <v>512.8</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="B21" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E21" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F21" s="1">
         <v>443.5</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="B22" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E22" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F22" s="1">
         <v>430.1</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="B23" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E23" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F23" s="1">
         <v>494.67</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="B24" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E24" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F24" s="1">
         <v>445.99</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B25" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E25" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F25" s="1">
         <v>558.1</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="B26" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E26" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F26" s="1">
         <v>513.2</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="B27" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E27" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F27" s="1">
         <v>263.72</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="B28" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E28" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F28" s="1">
         <v>457.14</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="B29" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E29" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F29" s="1">
         <v>497.3</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B30" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E30" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F30" s="1">
         <v>432.9</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="B31" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E31" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F31" s="1">
         <v>420.54</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="B32" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E32" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F32" s="1">
         <v>434.77</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="B33" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E33" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F33" s="1">
         <v>461.35</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="B34" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E34" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F34" s="1">
         <v>441.3</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="B35" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E35" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F35" s="1">
         <v>429.3</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="B36" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E36" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F36" s="1">
         <v>412.91</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="B37" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E37" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F37" s="1">
         <v>422.2</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="B38" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E38" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F38" s="1">
         <v>443</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B39" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E39" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F39" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
+        <v>517</v>
+      </c>
+      <c r="B40" t="s">
         <v>515</v>
       </c>
-      <c r="B40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E40" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F40" s="1">
         <v>318</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B41" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E41" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F41" s="1">
         <v>437.75</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="B42" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E42" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F42" s="1">
         <v>432.62</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="B43" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E43" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F43" s="1">
         <v>447.24</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B44" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E44" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F44" s="1">
         <v>442.69</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="B45" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E45" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F45" s="1">
         <v>405.43</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B46" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E46" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F46" s="1">
         <v>391</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="B47" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E47" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F47" s="1">
         <v>358.236</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="B48" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E48" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F48" s="1">
         <v>392.02</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B49" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E49" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F49" s="1">
         <v>688</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B50" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E50" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F50" s="1">
         <v>539</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="B51" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E51" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F51" s="1">
         <v>372.89</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="B52" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E52" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F52" s="1">
         <v>390.58</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="B53" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E53" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F53" s="1">
         <v>378.22</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="B54" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E54" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F54" s="1">
         <v>366.31</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="B55" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E55" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F55" s="1">
         <v>441.42</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B56" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E56" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F56" s="1">
         <v>421.58</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B57" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E57" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F57" s="1">
         <v>368.18</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="B58" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E58" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F58" s="1">
         <v>377.03</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B59" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E59" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F59" s="1">
         <v>391.77</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="B60" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E60" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F60" s="1">
         <v>403.53</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="B61" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E61" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F61" s="1">
         <v>392.06</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B62" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E62" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F62" s="1">
         <v>371.15</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B63" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E63" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F63" s="1">
         <v>404.32</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="B64" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E64" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F64" s="1">
         <v>383.78</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B65" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E65" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F65" s="1">
         <v>352.068</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="B66" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E66" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F66" s="1">
         <v>418.963</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B67" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E67" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F67" s="1">
         <v>362.5</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B68" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E68" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F68" s="1">
         <v>376.3</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B69" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E69" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F69" s="1">
         <v>361.1</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="B70" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E70" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F70" s="1">
         <v>388.526</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B71" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E71" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F71" s="1">
         <v>397.215</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="B72" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E72" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F72" s="1">
         <v>363.022</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="B73" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E73" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F73" s="1">
         <v>346.95</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="B74" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C74" t="s">
         <v>10</v>
       </c>
       <c r="D74" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E74" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="F74" s="1">
         <v>478.538</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G75"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F75"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="E1" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="B2" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E2" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F2" s="1">
         <v>2580</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B3" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E3" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F3" s="1">
         <v>2360</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B4" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E4" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F4" s="1">
         <v>2180</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B5" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E5" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F5" s="1">
         <v>2980</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B6" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E6" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F6" s="1">
         <v>2140</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="B7" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E7" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F7" s="1">
         <v>2172</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B8" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E8" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F8" s="1">
         <v>2080</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B9" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E9" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F9" s="1">
         <v>2100</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B10" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E10" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F10" s="1">
         <v>1990</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B11" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E11" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F11" s="1">
         <v>1882</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B12" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E12" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F12" s="1">
         <v>2275</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B13" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E13" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F13" s="1">
         <v>2094</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B14" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E14" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F14" s="1">
         <v>2100</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B15" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E15" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F15" s="1">
         <v>2020</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B16" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E16" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F16" s="1">
         <v>3960</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="B17" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E17" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F17" s="1">
         <v>1992</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="B18" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E18" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F18" s="1">
         <v>2048</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="B19" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E19" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F19" s="1">
         <v>2038</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B20" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E20" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F20" s="1">
         <v>2322</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B21" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E21" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F21" s="1">
         <v>2034</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="B22" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E22" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F22" s="1">
         <v>1944</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="B23" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E23" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F23" s="1">
         <v>1978</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="B24" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E24" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F24" s="1">
         <v>1990</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="B25" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E25" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F25" s="1">
         <v>1874</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B26" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E26" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F26" s="1">
         <v>1992</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="B27" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E27" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F27" s="1">
         <v>1934</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="B28" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E28" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F28" s="1">
         <v>1950</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="B29" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E29" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F29" s="1">
         <v>2082</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="B30" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E30" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F30" s="1">
         <v>1850</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B31" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E31" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F31" s="1">
         <v>3490</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="B32" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E32" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F32" s="1">
         <v>1824</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="B33" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E33" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F33" s="1">
         <v>2008</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="B34" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E34" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F34" s="1">
         <v>2032</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="B35" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E35" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F35" s="1">
         <v>1874</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="B36" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E36" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F36" s="1">
         <v>1776</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="B37" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E37" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F37" s="1">
         <v>1832</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="B38" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E38" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F38" s="1">
         <v>1846</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="B39" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E39" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F39" s="1">
         <v>1870</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B40" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E40" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F40" s="1">
         <v>1830</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
+        <v>517</v>
+      </c>
+      <c r="B41" t="s">
         <v>515</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E41" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F41" s="1">
         <v>1900</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B42" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E42" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F42" s="1">
         <v>1928</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="B43" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E43" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F43" s="1">
         <v>1798</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="B44" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E44" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F44" s="1">
         <v>2004</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B45" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E45" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F45" s="1">
         <v>1881</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="B46" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E46" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F46" s="1">
         <v>1798</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B47" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E47" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F47" s="1">
         <v>1815</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="B48" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E48" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F48" s="1">
         <v>1240</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="B49" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E49" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F49" s="1">
         <v>1813</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B50" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E50" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F50" s="1">
-        <v>1717</v>
+        <v>1883</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B51" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E51" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F51" s="1">
-        <v>1883</v>
+        <v>1717</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="B52" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E52" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F52" s="1">
         <v>1802</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="B53" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E53" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F53" s="1">
         <v>1914</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="B54" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E54" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F54" s="1">
         <v>1788</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="B55" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E55" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F55" s="1">
         <v>1742</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="B56" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E56" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F56" s="1">
         <v>1730</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B57" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E57" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F57" s="1">
         <v>1732</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B58" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E58" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F58" s="1">
         <v>1684</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="B59" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E59" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F59" s="1">
         <v>1816</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B60" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E60" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F60" s="1">
         <v>1772</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="B61" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E61" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F61" s="1">
         <v>1738</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="B62" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E62" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F62" s="1">
         <v>1624</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B63" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E63" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F63" s="1">
         <v>1798</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B64" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E64" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F64" s="1">
         <v>1760</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="B65" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E65" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F65" s="1">
         <v>1446</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B66" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E66" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F66" s="1">
         <v>1772</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="B67" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E67" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F67" s="1">
         <v>1710</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B68" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E68" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F68" s="1">
         <v>1530</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B69" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E69" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F69" s="1">
         <v>1270</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B70" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E70" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F70" s="1">
         <v>1602</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="B71" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E71" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F71" s="1">
         <v>1674</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B72" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E72" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F72" s="1">
         <v>1652</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="B73" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E73" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F73" s="1">
         <v>1584</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="B74" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C74" t="s">
         <v>10</v>
       </c>
       <c r="D74" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E74" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F74" s="1">
         <v>1762</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="B75" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C75" t="s">
         <v>10</v>
       </c>
       <c r="D75" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E75" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F75" s="1">
         <v>1990</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet24.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G10"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="E1" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B2" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E2" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
       <c r="F2" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B3" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E3" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
       <c r="F3" s="1">
         <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B4" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E4" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
       <c r="F4" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B5" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E5" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
       <c r="F5" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="B6" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E6" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
       <c r="F6" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B7" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E7" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
       <c r="F7" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="B8" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E8" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
       <c r="F8" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="B9" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E9" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
       <c r="F9" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="B10" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E10" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
       <c r="F10" s="1">
         <v>16</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet25.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G11"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="E1" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="B2" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E2" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="F2" s="1">
         <v>590</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B3" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E3" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="F3" s="1">
         <v>1584</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B4" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E4" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="F4" s="1">
         <v>3368</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B5" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E5" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="F5" s="1">
         <v>1340</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B6" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E6" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="F6" s="1">
         <v>1782</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="B7" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E7" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="F7" s="1">
         <v>1820</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B8" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E8" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="F8" s="1">
         <v>1922</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="B9" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E9" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="F9" s="1">
         <v>1690</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="B10" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E10" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="F10" s="1">
         <v>1872</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="B11" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E11" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="F11" s="1">
         <v>2070</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet26.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G74"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F74"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="E1" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="B2" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E2" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F2" s="1">
         <v>858</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B3" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E3" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F3" s="1">
         <v>738</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B4" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E4" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F4" s="1">
         <v>598</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B5" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E5" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F5" s="1">
         <v>485</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B6" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E6" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F6" s="1">
         <v>690</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B7" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E7" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F7" s="1">
         <v>702</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B8" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E8" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F8" s="1">
         <v>453</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B9" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E9" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F9" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B10" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E10" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F10" s="1">
         <v>408</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B11" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E11" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F11" s="1">
         <v>459</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B12" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E12" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F12" s="1">
         <v>454</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B13" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E13" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F13" s="1">
         <v>409</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B14" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E14" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F14" s="1">
         <v>473</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B15" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E15" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F15" s="1">
         <v>502</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="B16" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E16" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F16" s="1">
         <v>497</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="B17" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E17" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F17" s="1">
         <v>602</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="B18" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E18" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F18" s="1">
         <v>620</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B19" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E19" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F19" s="1">
         <v>422</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B20" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E20" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F20" s="1">
         <v>504</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="B21" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E21" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F21" s="1">
         <v>425</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="B22" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E22" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F22" s="1">
         <v>415</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="B23" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E23" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F23" s="1">
         <v>374</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="B24" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E24" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F24" s="1">
         <v>412</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B25" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E25" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F25" s="1">
         <v>335</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="B26" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E26" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F26" s="1">
         <v>384</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="B27" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E27" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F27" s="1">
         <v>384</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="B28" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E28" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F28" s="1">
         <v>441</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="B29" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E29" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F29" s="1">
         <v>442</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B30" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E30" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F30" s="1">
         <v>414</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="B31" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E31" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F31" s="1">
         <v>409</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="B32" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E32" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F32" s="1">
         <v>387</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="B33" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E33" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F33" s="1">
         <v>405</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="B34" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E34" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F34" s="1">
         <v>385</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="B35" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E35" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F35" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="B36" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E36" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F36" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="B37" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E37" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F37" s="1">
         <v>409</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="B38" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E38" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F38" s="1">
         <v>388</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B39" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E39" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F39" s="1">
         <v>412</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
+        <v>517</v>
+      </c>
+      <c r="B40" t="s">
         <v>515</v>
       </c>
-      <c r="B40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E40" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F40" s="1">
         <v>379</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B41" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E41" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F41" s="1">
         <v>378</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="B42" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E42" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F42" s="1">
         <v>385</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="B43" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E43" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F43" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B44" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E44" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F44" s="1">
         <v>385</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="B45" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E45" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F45" s="1">
         <v>389</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B46" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E46" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F46" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="B47" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E47" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F47" s="1">
         <v>326</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="B48" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E48" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F48" s="1">
         <v>323.37</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B49" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E49" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F49" s="1">
         <v>416.37</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B50" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E50" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F50" s="1">
         <v>416.2</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="B51" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E51" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F51" s="1">
         <v>356.44</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="B52" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E52" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F52" s="1">
         <v>340.38</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="B53" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E53" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F53" s="1">
         <v>377.98</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="B54" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E54" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F54" s="1">
         <v>344.41</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="B55" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E55" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F55" s="1">
         <v>341.41</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B56" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E56" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F56" s="1">
         <v>338.1</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B57" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E57" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F57" s="1">
         <v>335</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="B58" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E58" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F58" s="1">
         <v>373.16</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B59" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E59" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F59" s="1">
         <v>255.663</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="B60" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E60" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F60" s="1">
         <v>368.5</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="B61" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E61" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F61" s="1">
         <v>380.9</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B62" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E62" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F62" s="1">
         <v>320.4</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B63" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E63" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F63" s="1">
         <v>334.9</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="B64" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E64" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F64" s="1">
         <v>328.1</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B65" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E65" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F65" s="1">
         <v>442</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="B66" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E66" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F66" s="1">
         <v>372</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B67" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E67" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F67" s="1">
         <v>366</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B68" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E68" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F68" s="1">
         <v>365</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B69" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E69" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F69" s="1">
         <v>365</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="B70" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E70" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F70" s="1">
         <v>377</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B71" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E71" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F71" s="1">
         <v>373</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="B72" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E72" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F72" s="1">
         <v>356</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="B73" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E73" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F73" s="1">
         <v>363</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="B74" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C74" t="s">
         <v>10</v>
       </c>
       <c r="D74" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E74" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="F74" s="1">
         <v>355</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet27.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G6"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="E1" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B2" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="E2" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="F2" s="1">
         <v>2.3</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B3" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="E3" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="F3" s="1">
         <v>4.4</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="B4" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="E4" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="F4" s="1">
         <v>4.1</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B5" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="E5" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="F5" s="1">
         <v>5.2</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="B6" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="E6" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="F6" s="1">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet28.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G74"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F74"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="E1" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="B2" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E2" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F2" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B3" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E3" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F3" s="1">
         <v>0.03</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B4" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E4" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F4" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B5" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E5" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F5" s="1">
         <v>0.1</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B6" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E6" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F6" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="B7" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E7" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F7" s="1">
         <v>0.012</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B8" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E8" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F8" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B9" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E9" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F9" s="1">
         <v>0.072</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B10" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E10" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F10" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B11" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E11" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F11" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B12" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E12" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F12" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B13" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E13" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F13" s="1">
         <v>0.009</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B14" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E14" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F14" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B15" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E15" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F15" s="1">
         <v>0.012</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B16" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E16" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F16" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="B17" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E17" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F17" s="1">
         <v>0.008</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="B18" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E18" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F18" s="1">
         <v>0.039</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="B19" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E19" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F19" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B20" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E20" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F20" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B21" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E21" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F21" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="B22" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E22" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F22" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="B23" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E23" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F23" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="B24" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E24" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F24" s="1">
         <v>0.018</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="B25" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E25" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F25" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B26" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E26" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F26" s="1">
         <v>0.055</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="B27" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E27" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F27" s="1">
         <v>0.088</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="B28" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E28" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F28" s="1">
         <v>0.024</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="B29" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E29" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F29" s="1">
         <v>0.038</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="B30" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E30" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F30" s="1">
         <v>0.068</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B31" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E31" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F31" s="1">
         <v>0.036</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="B32" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E32" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F32" s="1">
         <v>0.138</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="B33" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E33" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F33" s="1">
         <v>0.037</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="B34" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E34" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F34" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="B35" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E35" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F35" s="1">
         <v>0.029</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="B36" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E36" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F36" s="1">
         <v>0.036</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="B37" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E37" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F37" s="1">
         <v>0.042</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="B38" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E38" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F38" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="B39" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E39" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F39" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B40" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E40" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F40" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
+        <v>517</v>
+      </c>
+      <c r="B41" t="s">
         <v>515</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E41" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F41" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B42" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E42" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F42" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="B43" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E43" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F43" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="B44" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E44" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F44" s="1">
         <v>0.004</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B45" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E45" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F45" s="1">
         <v>0.011</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="B46" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E46" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F46" s="1">
         <v>0.006</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B47" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E47" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F47" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="B48" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E48" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F48" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="B49" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E49" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F49" s="1">
         <v>0.033</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B50" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E50" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F50" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="B51" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E51" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F51" s="1">
         <v>0.001</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="B52" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E52" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F52" s="1">
         <v>0.034</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="B53" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E53" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F53" s="1">
         <v>0.013</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="B54" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E54" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F54" s="1">
         <v>0.019</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="B55" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E55" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F55" s="1">
         <v>0.047</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B56" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E56" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F56" s="1">
         <v>0.026</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B57" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E57" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F57" s="1">
         <v>0.013</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="B58" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E58" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F58" s="1">
         <v>0.003</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B59" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E59" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F59" s="1">
         <v>0.007</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="B60" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E60" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F60" s="1">
         <v>0.001</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="B61" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E61" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F61" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B62" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E62" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F62" s="1">
         <v>0.042</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B63" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E63" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F63" s="1">
         <v>0.001</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="B64" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E64" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F64" s="1">
         <v>0.001</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B65" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E65" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F65" s="1">
         <v>0.001</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="B66" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E66" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F66" s="1">
         <v>0.027</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B67" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E67" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F67" s="1">
         <v>0.004</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B68" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E68" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F68" s="1">
         <v>0.053</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B69" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E69" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F69" s="1">
         <v>0.016</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="B70" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E70" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F70" s="1">
         <v>0.012</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B71" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E71" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F71" s="1">
         <v>0.063</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="B72" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E72" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F72" s="1">
         <v>0.057</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="B73" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E73" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F73" s="1">
         <v>0.017</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="B74" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C74" t="s">
         <v>10</v>
       </c>
       <c r="D74" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E74" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="F74" s="1">
         <v>0.005</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G61"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F61"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="E1" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="B2" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E2" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="F2" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
+        <v>452</v>
+      </c>
+      <c r="B3" t="s">
+        <v>449</v>
+      </c>
+      <c r="C3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3" t="s">
         <v>450</v>
       </c>
-      <c r="B3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E3" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="F3" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B4" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E4" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="F4" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B5" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E5" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="F5" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B6" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E6" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="F6" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="B7" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E7" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="F7" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B8" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E8" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="F8" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B9" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E9" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="F9" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B10" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E10" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="F10" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B11" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E11" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="F11" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B12" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E12" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="F12" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B13" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E13" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="F13" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B14" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E14" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="F14" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B15" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E15" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="F15" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B16" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E16" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="F16" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="B17" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E17" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="F17" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="B18" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E18" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="F18" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="B19" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E19" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="F19" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B20" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E20" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="F20" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B21" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E21" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="F21" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="B22" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E22" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="F22" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="B23" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E23" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="F23" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="B24" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E24" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="F24" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="B25" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E25" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="F25" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B26" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E26" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="F26" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="B27" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E27" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="F27" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="B28" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E28" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="F28" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="B29" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E29" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="F29" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="B30" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E30" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="F30" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B31" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E31" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="F31" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="B32" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E32" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="F32" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="B33" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E33" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="F33" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="B34" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E34" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="F34" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="B35" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E35" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="F35" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="B36" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E36" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="F36" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="B37" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E37" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="F37" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="B38" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E38" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="F38" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="B39" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E39" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="F39" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="B40" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E40" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="F40" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="B41" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E41" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="F41" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="B42" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E42" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="F42" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B43" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E43" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="F43" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B44" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E44" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="F44" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="B45" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E45" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="F45" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B46" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E46" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="F46" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="B47" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E47" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="F47" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="B48" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E48" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="F48" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B49" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E49" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="F49" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B50" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E50" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="F50" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="B51" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E51" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="F51" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B52" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E52" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="F52" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="B53" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E53" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="F53" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
+        <v>512</v>
+      </c>
+      <c r="B54" t="s">
+        <v>449</v>
+      </c>
+      <c r="C54" t="s">
+        <v>10</v>
+      </c>
+      <c r="D54" t="s">
+        <v>450</v>
+      </c>
+      <c r="E54" t="s">
         <v>510</v>
-      </c>
-[...10 lines deleted...]
-        <v>508</v>
       </c>
       <c r="F54" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B55" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E55" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="F55" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B56" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E56" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="F56" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="B57" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E57" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="F57" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B58" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E58" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="F58" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="B59" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E59" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="F59" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="B60" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E60" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="F60" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="B61" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E61" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="F61" s="1">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G73"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F73"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="E1" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="B2" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E2" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F2" s="1">
         <v>527</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
+        <v>452</v>
+      </c>
+      <c r="B3" t="s">
+        <v>449</v>
+      </c>
+      <c r="C3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3" t="s">
         <v>450</v>
       </c>
-      <c r="B3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E3" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F3" s="1">
         <v>495</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B4" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E4" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F4" s="1">
         <v>620</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B5" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E5" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F5" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B6" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E6" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F6" s="1">
         <v>522</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B7" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E7" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F7" s="1">
         <v>446</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B8" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E8" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F8" s="1">
         <v>501</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B9" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E9" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F9" s="1">
         <v>473</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B10" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E10" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F10" s="1">
         <v>484</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B11" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E11" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F11" s="1">
         <v>442</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B12" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E12" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F12" s="1">
         <v>474</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B13" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E13" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F13" s="1">
         <v>445</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B14" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E14" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F14" s="1">
         <v>436</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B15" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E15" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F15" s="1">
         <v>464</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="B16" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E16" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F16" s="1">
         <v>464</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="B17" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E17" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F17" s="1">
         <v>485</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="B18" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E18" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F18" s="1">
         <v>465</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B19" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E19" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F19" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B20" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E20" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F20" s="1">
         <v>472</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="B21" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E21" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F21" s="1">
         <v>460</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="B22" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E22" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F22" s="1">
         <v>435</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="B23" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E23" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F23" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="B24" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E24" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F24" s="1">
         <v>420</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B25" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E25" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F25" s="1">
         <v>410</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="B26" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E26" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F26" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="B27" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E27" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F27" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="B28" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E28" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F28" s="1">
         <v>470</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="B29" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E29" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F29" s="1">
         <v>417</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B30" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E30" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F30" s="1">
         <v>417</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="B31" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E31" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F31" s="1">
         <v>399</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="B32" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E32" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F32" s="1">
         <v>414</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="B33" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E33" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F33" s="1">
         <v>494</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="B34" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E34" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F34" s="1">
         <v>482</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="B35" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E35" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F35" s="1">
         <v>460</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="B36" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E36" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F36" s="1">
         <v>455.4</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="B37" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E37" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F37" s="1">
         <v>399.4</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="B38" t="s">
+        <v>515</v>
+      </c>
+      <c r="C38" t="s">
+        <v>10</v>
+      </c>
+      <c r="D38" t="s">
+        <v>450</v>
+      </c>
+      <c r="E38" t="s">
         <v>513</v>
-      </c>
-[...7 lines deleted...]
-        <v>511</v>
       </c>
       <c r="F38" s="1">
         <v>453.5</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B39" t="s">
+        <v>515</v>
+      </c>
+      <c r="C39" t="s">
+        <v>10</v>
+      </c>
+      <c r="D39" t="s">
+        <v>450</v>
+      </c>
+      <c r="E39" t="s">
         <v>513</v>
-      </c>
-[...7 lines deleted...]
-        <v>511</v>
       </c>
       <c r="F39" s="1">
         <v>462.5</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
+        <v>517</v>
+      </c>
+      <c r="B40" t="s">
         <v>515</v>
       </c>
-      <c r="B40" t="s">
+      <c r="C40" t="s">
+        <v>10</v>
+      </c>
+      <c r="D40" t="s">
+        <v>450</v>
+      </c>
+      <c r="E40" t="s">
         <v>513</v>
-      </c>
-[...7 lines deleted...]
-        <v>511</v>
       </c>
       <c r="F40" s="1">
         <v>461.8</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B41" t="s">
+        <v>515</v>
+      </c>
+      <c r="C41" t="s">
+        <v>10</v>
+      </c>
+      <c r="D41" t="s">
+        <v>450</v>
+      </c>
+      <c r="E41" t="s">
         <v>513</v>
-      </c>
-[...7 lines deleted...]
-        <v>511</v>
       </c>
       <c r="F41" s="1">
         <v>464</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="B42" t="s">
+        <v>515</v>
+      </c>
+      <c r="C42" t="s">
+        <v>10</v>
+      </c>
+      <c r="D42" t="s">
+        <v>450</v>
+      </c>
+      <c r="E42" t="s">
         <v>513</v>
-      </c>
-[...7 lines deleted...]
-        <v>511</v>
       </c>
       <c r="F42" s="1">
         <v>484.2</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="B43" t="s">
+        <v>515</v>
+      </c>
+      <c r="C43" t="s">
+        <v>10</v>
+      </c>
+      <c r="D43" t="s">
+        <v>450</v>
+      </c>
+      <c r="E43" t="s">
         <v>513</v>
-      </c>
-[...7 lines deleted...]
-        <v>511</v>
       </c>
       <c r="F43" s="1">
         <v>424.3</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B44" t="s">
+        <v>515</v>
+      </c>
+      <c r="C44" t="s">
+        <v>10</v>
+      </c>
+      <c r="D44" t="s">
+        <v>450</v>
+      </c>
+      <c r="E44" t="s">
         <v>513</v>
-      </c>
-[...7 lines deleted...]
-        <v>511</v>
       </c>
       <c r="F44" s="1">
         <v>485.1</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="B45" t="s">
+        <v>515</v>
+      </c>
+      <c r="C45" t="s">
+        <v>10</v>
+      </c>
+      <c r="D45" t="s">
+        <v>450</v>
+      </c>
+      <c r="E45" t="s">
         <v>513</v>
-      </c>
-[...7 lines deleted...]
-        <v>511</v>
       </c>
       <c r="F45" s="1">
         <v>437.3</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B46" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E46" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F46" s="1">
         <v>467</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="B47" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E47" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F47" s="1">
         <v>442</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="B48" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E48" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F48" s="1">
         <v>68</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B49" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E49" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F49" s="1">
         <v>402</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="B50" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E50" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F50" s="1">
         <v>428.4</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="B51" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E51" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F51" s="1">
         <v>449.8</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="B52" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E52" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F52" s="1">
         <v>445.2</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="B53" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E53" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F53" s="1">
         <v>445.2</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="B54" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E54" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F54" s="1">
         <v>426</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B55" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E55" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F55" s="1">
         <v>433</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B56" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E56" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F56" s="1">
         <v>432</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="B57" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E57" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F57" s="1">
         <v>428</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B58" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E58" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F58" s="1">
         <v>441</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="B59" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E59" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F59" s="1">
         <v>425</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="B60" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E60" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F60" s="1">
         <v>439</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B61" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E61" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F61" s="1">
         <v>462</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B62" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E62" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F62" s="1">
         <v>482</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="B63" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E63" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F63" s="1">
         <v>368</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B64" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E64" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F64" s="1">
         <v>441.2</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="B65" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E65" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F65" s="1">
         <v>298.7</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B66" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E66" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F66" s="1">
         <v>351</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B67" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E67" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F67" s="1">
         <v>452</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B68" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E68" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F68" s="1">
         <v>429</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="B69" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E69" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F69" s="1">
         <v>439.1</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B70" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E70" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F70" s="1">
         <v>455</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="B71" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E71" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F71" s="1">
         <v>465.6</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="B72" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E72" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F72" s="1">
         <v>483.6</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="B73" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E73" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="F73" s="1">
         <v>441.1</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G75"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F75"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="E1" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="B2" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E2" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F2" s="1">
         <v>3.14</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B3" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E3" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F3" s="1">
         <v>8.25</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B4" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E4" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F4" s="1">
         <v>0.045</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B5" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E5" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F5" s="1">
         <v>0.29</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B6" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E6" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F6" s="1">
         <v>1.41</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="B7" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E7" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F7" s="1">
         <v>3.871</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B8" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E8" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F8" s="1">
         <v>3.091</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B9" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E9" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F9" s="1">
         <v>0.842</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B10" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E10" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F10" s="1">
         <v>1.454</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B11" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E11" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F11" s="1">
         <v>2.658</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B12" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E12" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F12" s="1">
         <v>1.73</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B13" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E13" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F13" s="1">
         <v>2.559</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B14" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E14" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F14" s="1">
         <v>2.449</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B15" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E15" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F15" s="1">
         <v>2.319</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B16" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E16" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F16" s="1">
         <v>2.474</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="B17" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E17" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F17" s="1">
         <v>3.015</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="B18" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E18" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F18" s="1">
         <v>2.329</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="B19" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E19" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F19" s="1">
         <v>3.192</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B20" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E20" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F20" s="1">
         <v>2.191</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B21" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E21" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F21" s="1">
         <v>2.505</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="B22" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E22" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F22" s="1">
         <v>2.251</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="B23" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E23" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F23" s="1">
         <v>1.936</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="B24" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E24" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F24" s="1">
         <v>3.11</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="B25" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E25" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F25" s="1">
         <v>2.436</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B26" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E26" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F26" s="1">
         <v>2.728</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="B27" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E27" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F27" s="1">
         <v>3.516</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="B28" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E28" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F28" s="1">
         <v>2.447</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="B29" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E29" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F29" s="1">
         <v>3.27</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="B30" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E30" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F30" s="1">
         <v>2.646</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B31" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E31" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F31" s="1">
         <v>2.329</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="B32" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E32" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F32" s="1">
         <v>3.133</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="B33" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E33" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F33" s="1">
         <v>4.907</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="B34" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E34" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F34" s="1">
         <v>2.484</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="B35" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E35" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F35" s="1">
         <v>3.646</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="B36" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E36" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F36" s="1">
         <v>2.143</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="B37" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E37" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F37" s="1">
         <v>2.07</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="B38" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E38" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F38" s="1">
         <v>2.022</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="B39" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E39" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F39" s="1">
         <v>1.615</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B40" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E40" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F40" s="1">
         <v>1.859</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
+        <v>517</v>
+      </c>
+      <c r="B41" t="s">
         <v>515</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E41" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F41" s="1">
         <v>4.39</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B42" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E42" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F42" s="1">
         <v>2.82</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="B43" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E43" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F43" s="1">
         <v>1.73</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="B44" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E44" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F44" s="1">
         <v>1.94</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B45" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E45" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F45" s="1">
         <v>1.833</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="B46" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E46" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F46" s="1">
         <v>1.905</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B47" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E47" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F47" s="1">
         <v>0.062</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="B48" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E48" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F48" s="1">
         <v>1.585</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="B49" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E49" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F49" s="1">
         <v>2.061</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B50" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E50" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F50" s="1">
-        <v>2.795</v>
+        <v>2.832</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B51" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E51" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F51" s="1">
-        <v>2.832</v>
+        <v>2.795</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="B52" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E52" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F52" s="1">
         <v>2.168</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="B53" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E53" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F53" s="1">
         <v>2.198</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="B54" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E54" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F54" s="1">
         <v>2.153</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="B55" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E55" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F55" s="1">
         <v>2.221</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="B56" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E56" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F56" s="1">
         <v>2.404</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B57" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E57" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F57" s="1">
         <v>2.326</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B58" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E58" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F58" s="1">
         <v>2.025</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="B59" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E59" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F59" s="1">
         <v>2.061</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B60" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E60" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F60" s="1">
         <v>2.295</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="B61" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E61" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F61" s="1">
         <v>2.063</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="B62" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E62" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F62" s="1">
         <v>2.081</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B63" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E63" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F63" s="1">
         <v>2.145</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B64" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E64" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F64" s="1">
         <v>2.048</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="B65" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E65" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F65" s="1">
         <v>2.117</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B66" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E66" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F66" s="1">
         <v>1.843</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="B67" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E67" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F67" s="1">
         <v>2.377</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B68" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E68" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F68" s="1">
         <v>2.002</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B69" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E69" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F69" s="1">
         <v>2.184</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B70" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E70" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F70" s="1">
         <v>1.961</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="B71" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E71" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F71" s="1">
         <v>1.881</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B72" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E72" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F72" s="1">
         <v>2.172</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="B73" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E73" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F73" s="1">
         <v>1.882</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="B74" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C74" t="s">
         <v>10</v>
       </c>
       <c r="D74" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E74" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F74" s="1">
         <v>1.877</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="B75" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C75" t="s">
         <v>10</v>
       </c>
       <c r="D75" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E75" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F75" s="1">
         <v>2.659</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G15"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="E1" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="B2" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E2" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="F2" s="1">
         <v>552.8</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B3" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E3" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="F3" s="1">
         <v>563.8</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
+        <v>517</v>
+      </c>
+      <c r="B4" t="s">
         <v>515</v>
       </c>
-      <c r="B4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E4" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="F4" s="1">
         <v>563</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B5" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E5" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="F5" s="1">
         <v>565.6</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="B6" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E6" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="F6" s="1">
         <v>590.3</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="B7" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E7" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="F7" s="1">
         <v>517.3</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B8" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E8" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="F8" s="1">
         <v>591.3</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="B9" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E9" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="F9" s="1">
         <v>533.1</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B10" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E10" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="F10" s="1">
         <v>569</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="B11" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E11" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="F11" s="1">
         <v>539</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B12" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E12" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="F12" s="1">
         <v>585</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B13" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E13" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="F13" s="1">
         <v>582</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="B14" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E14" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="F14" s="1">
         <v>537</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="B15" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E15" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="F15" s="1">
         <v>512</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G75"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F75"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="E1" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="B2" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E2" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F2" s="1">
         <v>38</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B3" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E3" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F3" s="1">
         <v>85</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B4" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E4" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F4" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B5" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E5" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F5" s="1">
         <v>104</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B6" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E6" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F6" s="1">
         <v>88</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="B7" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E7" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F7" s="1">
         <v>67.75</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B8" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E8" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F8" s="1">
         <v>117.58</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B9" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E9" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F9" s="1">
         <v>124.78</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B10" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E10" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F10" s="1">
         <v>78.91</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B11" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E11" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F11" s="1">
         <v>81.75</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B12" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E12" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F12" s="1">
         <v>128.08</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B13" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E13" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F13" s="1">
         <v>151.87</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B14" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E14" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F14" s="1">
         <v>156.65</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B15" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E15" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F15" s="1">
         <v>152.01</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B16" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E16" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F16" s="1">
         <v>136.35</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="B17" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E17" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F17" s="1">
         <v>76.2</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="B18" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E18" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F18" s="1">
         <v>150.55</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="B19" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E19" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F19" s="1">
         <v>144.29</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B20" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E20" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F20" s="1">
         <v>115.31</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B21" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E21" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F21" s="1">
         <v>151.27</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="B22" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E22" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F22" s="1">
         <v>110.86</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="B23" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E23" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F23" s="1">
         <v>121.91</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="B24" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E24" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F24" s="1">
         <v>101.94</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="B25" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E25" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F25" s="1">
         <v>115.9</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B26" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E26" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F26" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="B27" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E27" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F27" s="1">
         <v>122.94</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="B28" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E28" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F28" s="1">
         <v>231.5</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="B29" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E29" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F29" s="1">
         <v>153.15</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="B30" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E30" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F30" s="1">
         <v>106.46</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B31" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E31" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F31" s="1">
         <v>119.7</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="B32" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E32" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F32" s="1">
         <v>111.59</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="B33" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E33" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F33" s="1">
         <v>115.5</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="B34" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E34" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F34" s="1">
         <v>124.71</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="B35" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E35" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F35" s="1">
         <v>126.76</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="B36" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E36" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F36" s="1">
         <v>104.48</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="B37" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E37" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F37" s="1">
         <v>113.95</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="B38" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E38" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F38" s="1">
         <v>82.74</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="B39" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E39" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F39" s="1">
         <v>148</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B40" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E40" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F40" s="1">
         <v>108</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
+        <v>517</v>
+      </c>
+      <c r="B41" t="s">
         <v>515</v>
       </c>
-      <c r="B41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E41" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F41" s="1">
         <v>111</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B42" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E42" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F42" s="1">
         <v>120.73</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="B43" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E43" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F43" s="1">
         <v>118.9</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="B44" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E44" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F44" s="1">
         <v>110.35</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B45" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E45" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F45" s="1">
         <v>120.62</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="B46" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E46" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F46" s="1">
         <v>125.78</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B47" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E47" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F47" s="1">
         <v>206</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="B48" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E48" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F48" s="1">
         <v>89.744</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="B49" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E49" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F49" s="1">
         <v>99.08</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B50" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E50" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F50" s="1">
         <v>232</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B51" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E51" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F51" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="B52" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E52" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F52" s="1">
         <v>102.25</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="B53" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E53" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F53" s="1">
         <v>102.35</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="B54" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E54" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F54" s="1">
         <v>96.69</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="B55" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E55" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F55" s="1">
         <v>102.27</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="B56" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E56" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F56" s="1">
         <v>114.97</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B57" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E57" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F57" s="1">
         <v>111.93</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B58" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E58" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F58" s="1">
         <v>97.09</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="B59" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E59" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F59" s="1">
         <v>98.24</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B60" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E60" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F60" s="1">
         <v>103.92</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="B61" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E61" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F61" s="1">
         <v>101.26</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="B62" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E62" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F62" s="1">
         <v>98.65</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B63" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E63" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F63" s="1">
         <v>102.81</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B64" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E64" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F64" s="1">
         <v>98.78</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="B65" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E65" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F65" s="1">
         <v>100.14</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B66" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E66" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F66" s="1">
         <v>91.85</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="B67" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E67" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F67" s="1">
         <v>67.23</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B68" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E68" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F68" s="1">
         <v>91.87</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B69" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E69" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F69" s="1">
         <v>98.06</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B70" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E70" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F70" s="1">
         <v>93.73</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="B71" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E71" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F71" s="1">
         <v>99.87</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B72" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E72" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F72" s="1">
         <v>101.877</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="B73" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E73" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F73" s="1">
         <v>98.043</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="B74" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C74" t="s">
         <v>10</v>
       </c>
       <c r="D74" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E74" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F74" s="1">
         <v>93.923</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="B75" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C75" t="s">
         <v>10</v>
       </c>
       <c r="D75" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E75" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="F75" s="1">
         <v>123.113</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G13"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="E1" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="B2" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E2" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="F2" s="1">
         <v>0.2</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B3" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E3" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="F3" s="1">
         <v>0.2</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
+        <v>517</v>
+      </c>
+      <c r="B4" t="s">
         <v>515</v>
       </c>
-      <c r="B4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E4" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="F4" s="1">
         <v>0.2</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B5" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E5" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="F5" s="1">
         <v>0.2</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="B6" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E6" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="F6" s="1">
         <v>0.2</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="B7" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E7" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="F7" s="1">
         <v>0.2</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B8" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E8" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="F8" s="1">
         <v>0.2</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="B9" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E9" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="F9" s="1">
         <v>0.2</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B10" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E10" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="F10" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B11" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E11" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="F11" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="B12" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E12" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="F12" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="B13" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E13" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="F13" s="1">
         <v>14.4</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G75"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F75"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="E1" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="B2" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E2" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F2" s="1">
         <v>523</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B3" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E3" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F3" s="1">
         <v>485</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B4" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E4" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F4" s="1">
         <v>208</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B5" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E5" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F5" s="1">
         <v>530</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B6" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E6" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F6" s="1">
         <v>490</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="B7" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E7" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F7" s="1">
         <v>497</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B8" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E8" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F8" s="1">
         <v>543.9</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B9" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E9" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F9" s="1">
         <v>524.2</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B10" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E10" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F10" s="1">
         <v>471.8</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B11" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E11" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F11" s="1">
         <v>669.6</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B12" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E12" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F12" s="1">
         <v>434.4</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B13" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E13" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F13" s="1">
         <v>439.9</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B14" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E14" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F14" s="1">
         <v>574.9</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B15" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E15" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F15" s="1">
         <v>1180</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="B16" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E16" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F16" s="1">
         <v>506</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="B17" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E17" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F17" s="1">
         <v>537.9</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="B18" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E18" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F18" s="1">
         <v>532.7</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B19" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E19" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F19" s="1">
         <v>520.8</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B20" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E20" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F20" s="1">
         <v>484.6</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="B21" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E21" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F21" s="1">
         <v>472.1</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="B22" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E22" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F22" s="1">
         <v>484</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="B23" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E23" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F23" s="1">
         <v>512.6</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="B24" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E24" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F24" s="1">
         <v>604.9</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B25" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E25" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F25" s="1">
         <v>494.5</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="B26" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E26" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F26" s="1">
         <v>468</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="B27" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E27" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F27" s="1">
         <v>468.2</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="B28" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E28" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F28" s="1">
         <v>523.9</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="B29" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E29" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F29" s="1">
         <v>473</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B30" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E30" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F30" s="1">
         <v>431.1</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="B31" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E31" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F31" s="1">
         <v>473.5</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="B32" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E32" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F32" s="1">
         <v>450.8</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="B33" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E33" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F33" s="1">
         <v>515.4</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="B34" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E34" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F34" s="1">
         <v>452.3</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="B35" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E35" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F35" s="1">
         <v>431.3</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="B36" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E36" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F36" s="1">
         <v>486.4</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="B37" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E37" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F37" s="1">
         <v>479.4</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="B38" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E38" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F38" s="1">
         <v>562</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B39" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E39" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F39" s="1">
         <v>464</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
+        <v>517</v>
+      </c>
+      <c r="B40" t="s">
         <v>515</v>
       </c>
-      <c r="B40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E40" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F40" s="1">
         <v>504</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B41" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E41" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F41" s="1">
         <v>405</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="B42" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E42" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F42" s="1">
         <v>513</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="B43" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E43" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F43" s="1">
         <v>428</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B44" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E44" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F44" s="1">
         <v>427</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="B45" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E45" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F45" s="1">
         <v>436</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B46" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E46" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F46" s="1">
         <v>402</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="B47" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E47" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F47" s="1">
         <v>399</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="B48" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E48" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F48" s="1">
         <v>545.1</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B49" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E49" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F49" s="1">
         <v>450.23</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="B50" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E50" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F50" s="1">
         <v>453.72</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="B51" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E51" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F51" s="1">
         <v>408.45</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="B52" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E52" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F52" s="1">
         <v>419.67</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="B53" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E53" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F53" s="1">
         <v>451.2</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="B54" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E54" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F54" s="1">
         <v>409.66</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="B55" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E55" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F55" s="1">
         <v>484.91</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B56" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E56" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F56" s="1">
         <v>385.91</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B57" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E57" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F57" s="1">
         <v>382.01</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="B58" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E58" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F58" s="1">
         <v>383.31</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B59" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E59" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F59" s="1">
         <v>417.1</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="B60" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E60" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F60" s="1">
         <v>435.7</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="B61" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E61" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F61" s="1">
         <v>433.6</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B62" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E62" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F62" s="1">
         <v>349.2</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B63" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E63" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F63" s="1">
         <v>426.2</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="B64" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E64" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F64" s="1">
         <v>417.2</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B65" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E65" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F65" s="1">
         <v>409.7</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="B66" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C66" t="s">
         <v>10</v>
       </c>
       <c r="D66" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E66" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F66" s="1">
         <v>352.1</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B67" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C67" t="s">
         <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E67" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F67" s="1">
         <v>323</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B68" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C68" t="s">
         <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E68" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F68" s="1">
         <v>368.5</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B69" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C69" t="s">
         <v>10</v>
       </c>
       <c r="D69" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E69" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F69" s="1">
         <v>411.6</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B70" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C70" t="s">
         <v>10</v>
       </c>
       <c r="D70" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E70" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F70" s="1">
         <v>358.5</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="B71" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C71" t="s">
         <v>10</v>
       </c>
       <c r="D71" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E71" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F71" s="1">
         <v>381.2</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B72" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C72" t="s">
         <v>10</v>
       </c>
       <c r="D72" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E72" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F72" s="1">
         <v>393.9</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="B73" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C73" t="s">
         <v>10</v>
       </c>
       <c r="D73" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E73" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F73" s="1">
         <v>414.2</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="B74" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C74" t="s">
         <v>10</v>
       </c>
       <c r="D74" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E74" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F74" s="1">
         <v>354.4</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="B75" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C75" t="s">
         <v>10</v>
       </c>
       <c r="D75" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E75" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F75" s="1">
         <v>424.3</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>