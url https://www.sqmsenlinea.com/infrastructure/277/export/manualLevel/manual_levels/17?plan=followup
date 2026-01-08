--- v0 (2025-11-06)
+++ v1 (2026-01-08)
@@ -66,51 +66,51 @@
     <sheet name="AFQ - ConductividadTerreno" sheetId="11" r:id="rId14"/>
     <sheet name="AFQ - Densidad" sheetId="12" r:id="rId15"/>
     <sheet name="AFQ - DensidadTerreno" sheetId="13" r:id="rId16"/>
     <sheet name="AFQ - Hierro" sheetId="14" r:id="rId17"/>
     <sheet name="AFQ - Magnesio" sheetId="15" r:id="rId18"/>
     <sheet name="AFQ - Manganeso" sheetId="16" r:id="rId19"/>
     <sheet name="AFQ - NitrogenoNitrato" sheetId="17" r:id="rId20"/>
     <sheet name="AFQ - NitrogenoNitritos" sheetId="18" r:id="rId21"/>
     <sheet name="AFQ - pH" sheetId="19" r:id="rId22"/>
     <sheet name="AFQ - PhTerreno" sheetId="20" r:id="rId23"/>
     <sheet name="AFQ - Potasio" sheetId="21" r:id="rId24"/>
     <sheet name="AFQ - Sodio" sheetId="22" r:id="rId25"/>
     <sheet name="AFQ - SolidosDisueltosTotales" sheetId="23" r:id="rId26"/>
     <sheet name="AFQ - SolidosSuspendidosTotales" sheetId="24" r:id="rId27"/>
     <sheet name="AFQ - SolidosTotales" sheetId="25" r:id="rId28"/>
     <sheet name="AFQ - Sulfato" sheetId="26" r:id="rId29"/>
     <sheet name="AFQ - Temperatura recepción" sheetId="27" r:id="rId30"/>
     <sheet name="AFQ - Zinc" sheetId="28" r:id="rId31"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="261">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="263">
   <si>
     <t>Fecha</t>
   </si>
   <si>
     <t>Compañia</t>
   </si>
   <si>
     <t>Punto de monitoreo</t>
   </si>
   <si>
     <t>Tipo nivel</t>
   </si>
   <si>
     <t>Nivel (msnm)</t>
   </si>
   <si>
     <t>Cota Punto Referencia (msnm)</t>
   </si>
   <si>
     <t>Nivel bajo referencia (m)</t>
   </si>
   <si>
     <t>Comentarios</t>
   </si>
   <si>
@@ -609,50 +609,56 @@
     <t>2025-02-17 10:00:00</t>
   </si>
   <si>
     <t>2025-03-24 10:44:00</t>
   </si>
   <si>
     <t>2025-04-29 09:50:00</t>
   </si>
   <si>
     <t>2025-05-26 09:37:00</t>
   </si>
   <si>
     <t>2025-06-19 09:39:00</t>
   </si>
   <si>
     <t>2025-07-21 10:44:00</t>
   </si>
   <si>
     <t>2025-08-18 09:53:00</t>
   </si>
   <si>
     <t>2025-09-23 10:23:00</t>
   </si>
   <si>
     <t>2025-10-26 15:43:00</t>
+  </si>
+  <si>
+    <t>2025-11-27 09:53:00</t>
+  </si>
+  <si>
+    <t>2025-12-14 12:57:00</t>
   </si>
   <si>
     <t>Unidad</t>
   </si>
   <si>
     <t>Item medido</t>
   </si>
   <si>
     <t>Valor</t>
   </si>
   <si>
     <t>2019-04-25 09:36:00</t>
   </si>
   <si>
     <t>ALS</t>
   </si>
   <si>
     <t>mgCaCO3/L</t>
   </si>
   <si>
     <t>AlcalinidadBicarbonato</t>
   </si>
   <si>
     <t>2020-05-27 14:36:00</t>
   </si>
@@ -878,62 +884,64 @@
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#.##0,00"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...4 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
+    <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet19.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet20.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet21.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet22.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet23.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet24.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet25.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet27.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet28.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1305,54 +1313,54 @@
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H167"/>
+  <dimension ref="A1:H169"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E1" sqref="E1:E167"/>
+      <selection activeCell="E1" sqref="E1:E169"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -5157,17708 +5165,17726 @@
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
         <v>180</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
         <v>10</v>
       </c>
       <c r="D167" t="s">
         <v>11</v>
       </c>
       <c r="E167" s="1">
         <v>2303.762</v>
       </c>
       <c r="F167" t="s">
         <v>12</v>
       </c>
       <c r="G167">
         <v>21.508</v>
       </c>
     </row>
+    <row r="168" spans="1:8">
+      <c r="A168" t="s">
+        <v>181</v>
+      </c>
+      <c r="B168" t="s">
+        <v>9</v>
+      </c>
+      <c r="C168" t="s">
+        <v>10</v>
+      </c>
+      <c r="D168" t="s">
+        <v>11</v>
+      </c>
+      <c r="E168" s="1">
+        <v>2303.75</v>
+      </c>
+      <c r="F168" t="s">
+        <v>12</v>
+      </c>
+      <c r="G168">
+        <v>21.52</v>
+      </c>
+    </row>
+    <row r="169" spans="1:8">
+      <c r="A169" t="s">
+        <v>182</v>
+      </c>
+      <c r="B169" t="s">
+        <v>9</v>
+      </c>
+      <c r="C169" t="s">
+        <v>10</v>
+      </c>
+      <c r="D169" t="s">
+        <v>11</v>
+      </c>
+      <c r="E169" s="1">
+        <v>2303.519</v>
+      </c>
+      <c r="F169" t="s">
+        <v>12</v>
+      </c>
+      <c r="G169">
+        <v>21.751</v>
+      </c>
+    </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G35"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F35"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="E1" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B2" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E2" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="F2" s="1">
         <v>18800</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
+        <v>215</v>
+      </c>
+      <c r="B3" t="s">
         <v>213</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E3" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="F3" s="1">
         <v>17840</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="B4" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E4" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="F4" s="1">
         <v>16080</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="B5" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E5" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="F5" s="1">
         <v>16230</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="B6" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E6" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="F6" s="1">
         <v>16130</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B7" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E7" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="F7" s="1">
         <v>15390</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="B8" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E8" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="F8" s="1">
         <v>16720</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B9" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E9" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="F9" s="1">
         <v>18280</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="B10" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E10" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="F10" s="1">
         <v>16880</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B11" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E11" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="F11" s="1">
         <v>16700</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B12" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E12" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="F12" s="1">
         <v>16500</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B13" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E13" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="F13" s="1">
         <v>16230</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B14" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E14" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="F14" s="1">
         <v>15920</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B15" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E15" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="F15" s="1">
         <v>15830</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B16" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E16" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="F16" s="1">
         <v>14790</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B17" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E17" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="F17" s="1">
         <v>15250</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B18" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E18" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="F18" s="1">
         <v>15100</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B19" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E19" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="F19" s="1">
         <v>14910</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B20" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E20" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="F20" s="1">
         <v>14850</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B21" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E21" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="F21" s="1">
         <v>14960</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B22" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E22" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="F22" s="1">
         <v>14020</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B23" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E23" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="F23" s="1">
         <v>14910</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B24" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E24" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="F24" s="1">
         <v>14820</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B25" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E25" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="F25" s="1">
         <v>15610</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B26" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E26" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="F26" s="1">
         <v>15850</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B27" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E27" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="F27" s="1">
         <v>11950</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B28" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E28" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="F28" s="1">
         <v>15410</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B29" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E29" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="F29" s="1">
         <v>15490</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B30" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E30" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="F30" s="1">
         <v>16610</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B31" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E31" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="F31" s="1">
         <v>17260</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B32" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E32" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="F32" s="1">
         <v>19170</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B33" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E33" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="F33" s="1">
         <v>17690</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B34" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E34" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="F34" s="1">
         <v>18160</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B35" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E35" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="F35" s="1">
         <v>17780</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G65"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F65"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="E1" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E2" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F2" s="1">
         <v>17860</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B3" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E3" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F3" s="1">
         <v>19150</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E4" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F4" s="1">
         <v>17540</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="B5" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E5" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F5" s="1">
         <v>18700</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="B6" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E6" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F6" s="1">
         <v>15780</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E7" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F7" s="1">
         <v>17180</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="B8" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E8" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F8" s="1">
         <v>16880</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B9" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E9" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F9" s="1">
         <v>15250</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E10" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F10" s="1">
         <v>16480</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="B11" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E11" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F11" s="1">
         <v>16750</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E12" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F12" s="1">
         <v>17700</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B13" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E13" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F13" s="1">
         <v>16610</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E14" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F14" s="1">
         <v>16460</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E15" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F15" s="1">
         <v>16720</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="B16" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E16" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F16" s="1">
         <v>16720</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E17" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F17" s="1">
         <v>16640</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B18" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E18" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F18" s="1">
         <v>15700</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B19" t="s">
+        <v>237</v>
+      </c>
+      <c r="C19" t="s">
+        <v>10</v>
+      </c>
+      <c r="D19" t="s">
+        <v>233</v>
+      </c>
+      <c r="E19" t="s">
         <v>235</v>
-      </c>
-[...7 lines deleted...]
-        <v>233</v>
       </c>
       <c r="F19" s="1">
         <v>16300</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E20" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F20" s="1">
         <v>16300</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E21" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F21" s="1">
         <v>16070</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B22" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E22" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F22" s="1">
         <v>16190</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E23" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F23" s="1">
         <v>15650</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B24" t="s">
+        <v>237</v>
+      </c>
+      <c r="C24" t="s">
+        <v>10</v>
+      </c>
+      <c r="D24" t="s">
+        <v>233</v>
+      </c>
+      <c r="E24" t="s">
         <v>235</v>
-      </c>
-[...7 lines deleted...]
-        <v>233</v>
       </c>
       <c r="F24" s="1">
         <v>15580</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B25" t="s">
+        <v>237</v>
+      </c>
+      <c r="C25" t="s">
+        <v>10</v>
+      </c>
+      <c r="D25" t="s">
+        <v>233</v>
+      </c>
+      <c r="E25" t="s">
         <v>235</v>
-      </c>
-[...7 lines deleted...]
-        <v>233</v>
       </c>
       <c r="F25" s="1">
         <v>15480</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E26" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F26" s="1">
         <v>15490</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E27" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F27" s="1">
         <v>12080</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B28" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E28" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F28" s="1">
         <v>12081</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B29" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E29" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F29" s="1">
         <v>15860</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E30" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F30" s="1">
         <v>15800</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B31" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E31" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F31" s="1">
         <v>15090</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E32" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F32" s="1">
         <v>15050</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B33" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E33" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F33" s="1">
         <v>15660</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E34" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F34" s="1">
         <v>15300</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B35" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E35" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F35" s="1">
         <v>14760</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E36" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F36" s="1">
         <v>14760</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E37" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F37" s="1">
         <v>14670</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B38" t="s">
         <v>56</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E38" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F38" s="1">
         <v>14540</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E39" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F39" s="1">
         <v>14870</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B40" t="s">
         <v>56</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E40" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F40" s="1">
         <v>14900</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B41" t="s">
         <v>56</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E41" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F41" s="1">
         <v>15370</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E42" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F42" s="1">
         <v>14630</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B43" t="s">
         <v>56</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E43" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F43" s="1">
         <v>15780</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E44" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F44" s="1">
         <v>15630</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E45" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F45" s="1">
         <v>16030</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B46" t="s">
         <v>56</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E46" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F46" s="1">
         <v>16450</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B47" t="s">
         <v>56</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E47" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F47" s="1"/>
       <c r="G47" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E48" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F48" s="1">
         <v>14740</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E49" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F49" s="1">
         <v>15370</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B50" t="s">
         <v>56</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E50" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F50" s="1">
         <v>15310</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B51" t="s">
         <v>56</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E51" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F51" s="1">
         <v>14840</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E52" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F52" s="1">
         <v>14930</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E53" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F53" s="1"/>
       <c r="G53" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E54" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F54" s="1">
         <v>16140</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B55" t="s">
         <v>56</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E55" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F55" s="1">
         <v>15960</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B56" t="s">
         <v>56</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E56" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F56" s="1">
         <v>16110</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E57" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F57" s="1">
         <v>15770</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E58" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F58" s="1">
         <v>18540</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B59" t="s">
         <v>56</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E59" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F59" s="1">
         <v>18530</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E60" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F60" s="1">
         <v>17570</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B61" t="s">
         <v>56</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E61" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F61" s="1">
         <v>17570</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B62" t="s">
         <v>56</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E62" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F62" s="1">
         <v>17490</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E63" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F63" s="1">
         <v>17370</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
         <v>174</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E64" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F64" s="1">
         <v>17550</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B65" t="s">
         <v>56</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E65" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F65" s="1">
         <v>17700</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G35"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F35"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="E1" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B2" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E2" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="F2" s="1">
         <v>1.09</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
+        <v>215</v>
+      </c>
+      <c r="B3" t="s">
         <v>213</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E3" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="F3" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
+        <v>245</v>
+      </c>
+      <c r="B4" t="s">
+        <v>213</v>
+      </c>
+      <c r="C4" t="s">
+        <v>10</v>
+      </c>
+      <c r="D4" t="s">
         <v>243</v>
       </c>
-      <c r="B4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E4" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="F4" s="1">
         <v>1.08</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="B5" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E5" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="F5" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="B6" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E6" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="F6" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B7" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E7" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="F7" s="1">
         <v>1.01</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="B8" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E8" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="F8" s="1">
         <v>1.01</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B9" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E9" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="F9" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="B10" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E10" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="F10" s="1">
         <v>1.005</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B11" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E11" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="F11" s="1">
         <v>1.005</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B12" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E12" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="F12" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B13" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E13" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="F13" s="1">
         <v>1.004</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B14" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E14" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="F14" s="1">
         <v>1.005</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B15" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E15" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="F15" s="1">
         <v>1.004</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B16" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E16" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="F16" s="1">
         <v>1.005</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B17" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E17" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="F17" s="1">
         <v>1.004</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B18" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E18" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="F18" s="1">
         <v>1.004</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B19" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E19" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="F19" s="1">
         <v>1.002</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B20" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E20" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="F20" s="1">
         <v>1.004</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B21" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E21" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="F21" s="1">
         <v>1.003</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B22" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E22" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="F22" s="1">
         <v>1.004</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B23" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E23" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="F23" s="1">
         <v>1.006</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B24" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E24" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="F24" s="1">
         <v>1.004</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B25" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E25" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="F25" s="1">
         <v>1.003</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B26" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E26" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="F26" s="1">
         <v>1.003</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B27" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E27" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="F27" s="1">
         <v>0.995</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B28" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E28" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="F28" s="1">
         <v>0.997</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B29" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E29" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="F29" s="1">
         <v>1.003</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B30" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E30" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="F30" s="1">
         <v>1.004</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B31" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E31" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="F31" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B32" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E32" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="F32" s="1">
         <v>1.007</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B33" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E33" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="F33" s="1">
         <v>1.005</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B34" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E34" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="F34" s="1">
         <v>1.003</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B35" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E35" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="F35" s="1">
         <v>1.004</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G33"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F33"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="E1" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E2" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="F2" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E3" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="F3" s="1">
         <v>1.006</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E4" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="F4" s="1">
         <v>1.005</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E5" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="F5" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E6" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="F6" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E7" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="F7" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E8" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="F8" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E9" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="F9" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E10" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="F10" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E11" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="F11" s="1">
         <v>1.002</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E12" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="F12" s="1">
         <v>1.005</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E13" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="F13" s="1">
         <v>1.006</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E14" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="F14" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E15" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="F15" s="1">
         <v>1.005</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E16" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="F16" s="1">
         <v>1.004</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E17" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="F17" s="1">
         <v>1.003</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E18" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="F18" s="1">
         <v>1.009</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E19" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="F19" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E20" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="F20" s="1">
         <v>1.005</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E21" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="F21" s="1">
         <v>1.002</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E22" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="F22" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E23" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="F23" s="1">
         <v>1.004</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E24" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="F24" s="1">
         <v>1.006</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E25" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="F25" s="1">
         <v>1.006</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E26" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="F26" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E27" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="F27" s="1">
         <v>1.006</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E28" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="F28" s="1">
         <v>1.006</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E29" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="F29" s="1"/>
       <c r="G29" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E30" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="F30" s="1">
         <v>1.005</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E31" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="F31" s="1">
         <v>1.005</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E32" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="F32" s="1">
         <v>1.008</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
         <v>174</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E33" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="F33" s="1">
         <v>1.004</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G34"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F34"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="E1" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B2" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E2" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="F2" s="1">
         <v>0.15</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
+        <v>215</v>
+      </c>
+      <c r="B3" t="s">
         <v>213</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E3" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="F3" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="B4" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E4" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="F4" s="1">
         <v>0.014</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="B5" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E5" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="F5" s="1">
         <v>0.471</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="B6" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E6" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="F6" s="1">
         <v>0.345</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B7" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E7" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="F7" s="1">
         <v>0.392</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="B8" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E8" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="F8" s="1">
         <v>0.97</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B9" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E9" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="F9" s="1">
         <v>0.943</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="B10" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E10" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="F10" s="1">
         <v>0.049</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B11" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E11" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="F11" s="1">
         <v>0.821</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B12" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E12" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="F12" s="1">
         <v>0.089</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B13" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E13" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="F13" s="1">
         <v>0.006</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B14" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E14" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="F14" s="1">
         <v>0.006</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B15" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E15" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="F15" s="1">
         <v>0.07</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B16" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E16" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="F16" s="1">
         <v>0.19</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B17" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E17" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="F17" s="1">
         <v>0.042</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B18" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E18" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="F18" s="1">
         <v>2.323</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B19" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E19" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="F19" s="1">
         <v>0.476</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B20" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E20" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="F20" s="1">
         <v>0.656</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B21" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E21" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="F21" s="1">
         <v>0.536</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B22" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E22" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="F22" s="1">
         <v>0.355</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B23" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E23" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="F23" s="1">
         <v>0.721</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B24" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E24" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="F24" s="1">
         <v>0.242</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B25" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E25" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="F25" s="1">
         <v>0.392</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B26" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E26" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="F26" s="1">
         <v>0.295</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B27" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E27" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="F27" s="1">
         <v>0.296</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B28" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E28" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="F28" s="1">
         <v>0.088</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B29" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E29" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="F29" s="1">
         <v>0.185</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B30" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E30" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="F30" s="1">
         <v>0.354</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B31" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E31" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="F31" s="1">
         <v>0.292</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B32" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E32" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="F32" s="1">
         <v>0.744</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B33" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E33" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="F33" s="1">
         <v>1.138</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B34" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E34" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="F34" s="1">
         <v>0.734</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G35"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F35"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="E1" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B2" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E2" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="F2" s="1">
         <v>283</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
+        <v>215</v>
+      </c>
+      <c r="B3" t="s">
         <v>213</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E3" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="F3" s="1">
         <v>271.48</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="B4" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E4" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="F4" s="1">
         <v>335.05</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="B5" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E5" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="F5" s="1">
         <v>277.29</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="B6" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E6" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="F6" s="1">
         <v>195.07</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B7" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E7" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="F7" s="1">
         <v>257.57</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="B8" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E8" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="F8" s="1">
         <v>222</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B9" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E9" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="F9" s="1">
         <v>226.005</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="B10" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E10" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="F10" s="1">
         <v>226.5</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B11" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E11" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="F11" s="1">
         <v>228</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B12" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E12" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="F12" s="1">
         <v>312</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B13" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E13" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="F13" s="1">
         <v>238.63</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B14" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E14" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="F14" s="1">
         <v>226.207</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B15" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E15" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="F15" s="1">
         <v>249.876</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B16" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E16" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="F16" s="1">
         <v>233.87</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B17" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E17" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="F17" s="1">
         <v>202.372</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B18" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E18" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="F18" s="1">
         <v>225.79</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B19" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E19" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="F19" s="1">
         <v>204.783</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B20" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E20" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="F20" s="1">
         <v>196.881</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B21" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E21" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="F21" s="1">
         <v>198.738</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B22" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E22" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="F22" s="1">
         <v>210.967</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B23" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E23" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="F23" s="1">
         <v>197.152</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B24" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E24" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="F24" s="1">
         <v>205.143</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B25" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E25" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="F25" s="1">
         <v>211.182</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B26" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E26" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="F26" s="1">
         <v>214.686</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B27" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E27" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="F27" s="1">
         <v>170.734</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B28" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E28" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="F28" s="1">
         <v>205.054</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B29" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E29" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="F29" s="1">
         <v>200.1</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B30" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E30" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="F30" s="1">
         <v>216.6</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B31" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E31" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="F31" s="1">
         <v>209.9</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B32" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E32" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="F32" s="1">
         <v>252.7</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B33" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E33" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="F33" s="1">
         <v>237.394</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B34" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E34" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="F34" s="1">
         <v>236.452</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B35" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E35" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="F35" s="1">
         <v>261.469</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G35"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F35"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="E1" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B2" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E2" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="F2" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
+        <v>215</v>
+      </c>
+      <c r="B3" t="s">
         <v>213</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E3" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="F3" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="B4" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E4" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="F4" s="1">
         <v>0.003</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="B5" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E5" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="F5" s="1">
         <v>0.003</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="B6" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E6" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="F6" s="1">
         <v>0.003</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B7" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E7" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="F7" s="1">
         <v>0.003</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="B8" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E8" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="F8" s="1">
         <v>0.044</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B9" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E9" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="F9" s="1">
         <v>0.028</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="B10" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E10" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="F10" s="1">
         <v>0.039</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B11" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E11" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="F11" s="1">
         <v>0.026</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B12" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E12" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="F12" s="1">
         <v>0.043</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B13" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E13" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="F13" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B14" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E14" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="F14" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B15" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E15" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="F15" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B16" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E16" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="F16" s="1">
         <v>0.013</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B17" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E17" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="F17" s="1">
         <v>0.021</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B18" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E18" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="F18" s="1">
         <v>0.326</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B19" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E19" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="F19" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B20" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E20" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="F20" s="1">
         <v>0.036</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B21" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E21" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="F21" s="1">
         <v>0.037</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B22" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E22" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="F22" s="1">
         <v>0.021</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B23" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E23" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="F23" s="1">
         <v>0.039</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B24" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E24" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="F24" s="1">
         <v>0.037</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B25" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E25" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="F25" s="1">
         <v>0.024</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B26" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E26" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="F26" s="1">
         <v>0.027</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B27" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E27" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="F27" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B28" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E28" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="F28" s="1">
         <v>0.023</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B29" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E29" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="F29" s="1">
         <v>0.014</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B30" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E30" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="F30" s="1">
         <v>0.026</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B31" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E31" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="F31" s="1">
         <v>0.024</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B32" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E32" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="F32" s="1">
         <v>0.034</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B33" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E33" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="F33" s="1">
         <v>0.034</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B34" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E34" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="F34" s="1">
         <v>0.037</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B35" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E35" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="F35" s="1">
         <v>0.039</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G34"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F34"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="E1" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B2" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E2" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="F2" s="1">
         <v>0.81</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
+        <v>215</v>
+      </c>
+      <c r="B3" t="s">
         <v>213</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E3" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="F3" s="1">
         <v>0.86</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="B4" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E4" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="F4" s="1">
         <v>0.88</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="B5" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E5" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="F5" s="1">
         <v>0.92</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="B6" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E6" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="F6" s="1">
         <v>0.81</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B7" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E7" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="F7" s="1">
         <v>0.91</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="B8" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E8" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="F8" s="1">
         <v>0.64</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B9" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E9" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="F9" s="1">
         <v>0.6</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="B10" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E10" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="F10" s="1">
         <v>12.18</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B11" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E11" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="F11" s="1">
         <v>4.44</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B12" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E12" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="F12" s="1">
         <v>14.53</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B13" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E13" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="F13" s="1">
         <v>3.55</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B14" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E14" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="F14" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B15" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E15" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="F15" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B16" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E16" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="F16" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B17" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E17" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="F17" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B18" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E18" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="F18" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B19" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E19" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="F19" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B20" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E20" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="F20" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B21" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E21" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="F21" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B22" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E22" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="F22" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B23" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E23" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="F23" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B24" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E24" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="F24" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B25" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E25" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="F25" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B26" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E26" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="F26" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B27" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E27" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="F27" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B28" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E28" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="F28" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B29" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E29" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="F29" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B30" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E30" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="F30" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B31" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E31" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="F31" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B32" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E32" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="F32" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B33" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E33" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="F33" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B34" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E34" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="F34" s="1">
         <v>0.01</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G34"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F34"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="E1" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B2" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E2" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="F2" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
+        <v>215</v>
+      </c>
+      <c r="B3" t="s">
         <v>213</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E3" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="F3" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="B4" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E4" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="F4" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="B5" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E5" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="F5" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="B6" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E6" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="F6" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B7" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E7" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="F7" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="B8" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E8" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="F8" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B9" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E9" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="F9" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="B10" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E10" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="F10" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B11" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E11" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="F11" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B12" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E12" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="F12" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B13" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E13" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="F13" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B14" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E14" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="F14" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B15" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E15" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="F15" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B16" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E16" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="F16" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B17" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E17" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="F17" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B18" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E18" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="F18" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B19" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E19" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="F19" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B20" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E20" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="F20" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B21" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E21" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="F21" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B22" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E22" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="F22" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B23" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E23" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="F23" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B24" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E24" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="F24" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B25" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E25" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="F25" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B26" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E26" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="F26" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B27" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E27" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="F27" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B28" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E28" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="F28" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B29" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E29" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="F29" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B30" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E30" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="F30" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B31" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E31" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="F31" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B32" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E32" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="F32" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B33" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E33" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="F33" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B34" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E34" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="F34" s="1">
         <v>0.01</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G28"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="E1" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B2" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E2" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="F2" s="1">
         <v>7.6</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
+        <v>215</v>
+      </c>
+      <c r="B3" t="s">
         <v>213</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E3" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="F3" s="1">
         <v>7.7</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="B4" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E4" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="F4" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="B5" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E5" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="F5" s="1">
         <v>7.6</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="B6" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E6" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="F6" s="1">
         <v>7.6</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B7" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E7" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="F7" s="1">
         <v>7.8</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B8" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E8" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="F8" s="1">
         <v>8.5</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="B9" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E9" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="F9" s="1">
         <v>6.56</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B10" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E10" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="F10" s="1">
         <v>7.45</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B11" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E11" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="F11" s="1">
         <v>7.66</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B12" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E12" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="F12" s="1">
         <v>7.63</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B13" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E13" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="F13" s="1">
         <v>7.51</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B14" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E14" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="F14" s="1">
         <v>7.65</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B15" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E15" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="F15" s="1">
         <v>7.41</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B16" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E16" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="F16" s="1">
         <v>7.57</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B17" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E17" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="F17" s="1">
         <v>6.86</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B18" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E18" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="F18" s="1">
         <v>7.3</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B19" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E19" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="F19" s="1">
         <v>8.18</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B20" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E20" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="F20" s="1">
         <v>7.91</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B21" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E21" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="F21" s="1">
         <v>7.83</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B22" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E22" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="F22" s="1">
         <v>7.94</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B23" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E23" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="F23" s="1">
         <v>7.91</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B24" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E24" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="F24" s="1">
         <v>8.22</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B25" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E25" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="F25" s="1">
         <v>7.91</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B26" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E26" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="F26" s="1">
         <v>7.6</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B27" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E27" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="F27" s="1">
         <v>7.6</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B28" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E28" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="F28" s="1">
         <v>8.1</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G23"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="E1" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="B2" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E2" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="F2" s="1">
         <v>136</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
+        <v>190</v>
+      </c>
+      <c r="B3" t="s">
+        <v>187</v>
+      </c>
+      <c r="C3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3" t="s">
         <v>188</v>
       </c>
-      <c r="B3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E3" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="F3" s="1">
         <v>137.8</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
+        <v>191</v>
+      </c>
+      <c r="B4" t="s">
+        <v>187</v>
+      </c>
+      <c r="C4" t="s">
+        <v>10</v>
+      </c>
+      <c r="D4" t="s">
+        <v>188</v>
+      </c>
+      <c r="E4" t="s">
         <v>189</v>
-      </c>
-[...10 lines deleted...]
-        <v>187</v>
       </c>
       <c r="F4" s="1">
         <v>148.4</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B5" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E5" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="F5" s="1">
         <v>146</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B6" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E6" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="F6" s="1">
         <v>146</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B7" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E7" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="F7" s="1">
         <v>151</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B8" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E8" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="F8" s="1">
         <v>148</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B9" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E9" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="F9" s="1">
         <v>154</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B10" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E10" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="F10" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B11" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E11" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="F11" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B12" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E12" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="F12" s="1">
         <v>153</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B13" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E13" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="F13" s="1">
         <v>157</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B14" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E14" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="F14" s="1">
         <v>159</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B15" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E15" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="F15" s="1">
         <v>157.8</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B16" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E16" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="F16" s="1">
         <v>157.3</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B17" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E17" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="F17" s="1">
         <v>109.7</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B18" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E18" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="F18" s="1">
         <v>158</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B19" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E19" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="F19" s="1">
         <v>160.4</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B20" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E20" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="F20" s="1">
         <v>161</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B21" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E21" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="F21" s="1">
         <v>155.8</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B22" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E22" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="F22" s="1">
         <v>151</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B23" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E23" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="F23" s="1">
         <v>168.8</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G65"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F65"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="E1" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B2" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E2" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F2" s="1">
         <v>7.33</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E3" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F3" s="1">
         <v>7.318</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="B4" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E4" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F4" s="1">
         <v>7.85</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E5" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F5" s="1">
         <v>7.149</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E6" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F6" s="1">
         <v>7.465</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="B7" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E7" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F7" s="1">
         <v>8.02</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E8" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F8" s="1">
         <v>7.62</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="B9" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E9" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F9" s="1">
         <v>7.506</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E10" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F10" s="1">
         <v>7.428</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B11" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E11" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F11" s="1">
         <v>7.2</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E12" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F12" s="1">
         <v>7.444</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="B13" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E13" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F13" s="1">
         <v>7.56</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E14" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F14" s="1">
         <v>7.119</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B15" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E15" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F15" s="1">
         <v>7.16</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E16" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F16" s="1">
         <v>7.442</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="B17" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E17" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F17" s="1">
         <v>7.1</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B18" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E18" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F18" s="1">
         <v>7.48</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E19" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F19" s="1">
         <v>7.337</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E20" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F20" s="1">
         <v>7.15</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B21" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E21" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F21" s="1">
         <v>7.28</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B22" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E22" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F22" s="1">
         <v>7.56</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E23" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F23" s="1">
         <v>7.405</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B24" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E24" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F24" s="1">
         <v>7.6</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E25" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F25" s="1">
         <v>7.598</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B26" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E26" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F26" s="1">
         <v>7.43</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E27" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F27" s="1">
         <v>7.443</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B28" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E28" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F28" s="1">
         <v>7.93</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E29" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F29" s="1">
         <v>7.564</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E30" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F30" s="1">
         <v>7.234</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B31" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E31" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F31" s="1">
         <v>7.26</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E32" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F32" s="1">
         <v>7.263</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B33" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E33" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F33" s="1">
         <v>7.28</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E34" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F34" s="1">
         <v>7.406</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B35" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E35" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F35" s="1">
         <v>7.48</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E36" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F36" s="1">
         <v>7.63</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B37" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E37" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F37" s="1">
         <v>7.62</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B38" t="s">
         <v>56</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E38" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F38" s="1">
         <v>7.45</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E39" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F39" s="1">
         <v>7.753</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E40" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F40" s="1">
         <v>7.341</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B41" t="s">
         <v>56</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E41" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F41" s="1">
         <v>7.26</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B42" t="s">
         <v>56</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E42" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F42" s="1">
         <v>7.34</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E43" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F43" s="1">
         <v>7.289</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E44" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F44" s="1">
         <v>7.35</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B45" t="s">
         <v>56</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E45" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F45" s="1">
         <v>7.02</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E46" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F46" s="1">
         <v>7.143</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B47" t="s">
         <v>56</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E47" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F47" s="1">
         <v>7.11</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B48" t="s">
         <v>56</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E48" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F48" s="1"/>
       <c r="G48" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E49" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F49" s="1">
         <v>7.668</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E50" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F50" s="1">
         <v>7.219</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B51" t="s">
         <v>56</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E51" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F51" s="1">
         <v>7.332</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B52" t="s">
         <v>56</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E52" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F52" s="1">
         <v>7.338</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E53" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F53" s="1">
         <v>7.24</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E54" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F54" s="1"/>
       <c r="G54" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B55" t="s">
         <v>56</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E55" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F55" s="1">
         <v>7.219</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E56" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F56" s="1">
         <v>6.972</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B57" t="s">
         <v>56</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E57" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F57" s="1">
         <v>7.337</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E58" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F58" s="1">
         <v>7.038</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E59" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F59" s="1">
         <v>7.11</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B60" t="s">
         <v>56</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E60" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F60" s="1">
         <v>7.197</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B61" t="s">
         <v>56</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E61" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F61" s="1">
         <v>7.145</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B62" t="s">
         <v>56</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E62" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F62" s="1">
         <v>7.004</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E63" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F63" s="1">
         <v>7.129</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
         <v>174</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E64" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F64" s="1">
         <v>7.432</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B65" t="s">
         <v>56</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E65" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F65" s="1">
         <v>7.476</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G35"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F35"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="E1" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B2" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E2" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="F2" s="1">
         <v>389</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
+        <v>215</v>
+      </c>
+      <c r="B3" t="s">
         <v>213</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E3" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="F3" s="1">
         <v>332.65</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="B4" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E4" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="F4" s="1">
         <v>338.93</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="B5" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E5" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="F5" s="1">
         <v>257.31</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="B6" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E6" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="F6" s="1">
         <v>257.83</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B7" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E7" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="F7" s="1">
         <v>282.44</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="B8" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E8" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="F8" s="1">
         <v>279</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B9" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E9" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="F9" s="1">
         <v>237.799</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="B10" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E10" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="F10" s="1">
         <v>281.512</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B11" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E11" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="F11" s="1">
         <v>410</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B12" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E12" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="F12" s="1">
         <v>338</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B13" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E13" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="F13" s="1">
         <v>331.107</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B14" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E14" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="F14" s="1">
         <v>299.965</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B15" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E15" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="F15" s="1">
         <v>313.802</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B16" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E16" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="F16" s="1">
         <v>311.576</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B17" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E17" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="F17" s="1">
         <v>262.935</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B18" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E18" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="F18" s="1">
         <v>311.008</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B19" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E19" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="F19" s="1">
         <v>252.524</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B20" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E20" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="F20" s="1">
         <v>254.505</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B21" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E21" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="F21" s="1">
         <v>279.886</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B22" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E22" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="F22" s="1">
         <v>266.435</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B23" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E23" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="F23" s="1">
         <v>251.456</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B24" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E24" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="F24" s="1">
         <v>260.931</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B25" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E25" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="F25" s="1">
         <v>279.557</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B26" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E26" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="F26" s="1">
         <v>284.884</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B27" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E27" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="F27" s="1">
         <v>233.438</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B28" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E28" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="F28" s="1">
         <v>266.787</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B29" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E29" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="F29" s="1">
         <v>254.1</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B30" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E30" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="F30" s="1">
         <v>304.6</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B31" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E31" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="F31" s="1">
         <v>279.6</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B32" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E32" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="F32" s="1">
         <v>352.2</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B33" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E33" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="F33" s="1">
         <v>322.306</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B34" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E34" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="F34" s="1">
         <v>321.483</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B35" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E35" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="F35" s="1">
         <v>364.132</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G35"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F35"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="E1" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B2" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E2" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="F2" s="1">
         <v>2980</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
+        <v>215</v>
+      </c>
+      <c r="B3" t="s">
         <v>213</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E3" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="F3" s="1">
         <v>3226.68</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="B4" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E4" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="F4" s="1">
         <v>3005.37</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="B5" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E5" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="F5" s="1">
         <v>2906.57</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="B6" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E6" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="F6" s="1">
         <v>2353.93</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B7" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E7" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="F7" s="1">
         <v>2422.1</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="B8" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E8" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="F8" s="1">
         <v>1132</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B9" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E9" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="F9" s="1">
         <v>2793.91</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="B10" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E10" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="F10" s="1">
         <v>2592.51</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B11" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E11" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="F11" s="1">
         <v>3489</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B12" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E12" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="F12" s="1">
         <v>2674</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B13" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E13" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="F13" s="1">
         <v>2632.65</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B14" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E14" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="F14" s="1">
         <v>2502.79</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B15" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E15" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="F15" s="1">
         <v>2485.46</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B16" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E16" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="F16" s="1">
         <v>2132.26</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B17" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E17" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="F17" s="1">
         <v>2338.23</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B18" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E18" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="F18" s="1">
         <v>2654.83</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B19" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E19" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="F19" s="1">
         <v>2280.67</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B20" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E20" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="F20" s="1">
         <v>2268.53</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B21" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E21" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="F21" s="1">
         <v>2289.25</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B22" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E22" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="F22" s="1">
         <v>2408.15</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B23" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E23" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="F23" s="1">
         <v>2267.24</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B24" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E24" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="F24" s="1">
         <v>2184.09</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B25" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E25" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="F25" s="1">
         <v>2474.8</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B26" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E26" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="F26" s="1">
         <v>2466.65</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B27" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E27" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="F27" s="1">
         <v>1891.86</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B28" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E28" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="F28" s="1">
         <v>2453.899</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B29" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E29" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="F29" s="1">
         <v>2310</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B30" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E30" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="F30" s="1">
         <v>2507</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B31" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E31" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="F31" s="1">
         <v>2445</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B32" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E32" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="F32" s="1">
         <v>3044</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B33" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E33" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="F33" s="1">
         <v>2794.826</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B34" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E34" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="F34" s="1">
         <v>2774.236</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B35" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E35" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="F35" s="1">
         <v>3046.975</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G35"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F35"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="E1" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B2" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E2" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="F2" s="1">
         <v>11500</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
+        <v>215</v>
+      </c>
+      <c r="B3" t="s">
         <v>213</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E3" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="F3" s="1">
         <v>12730</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="B4" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E4" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="F4" s="1">
         <v>11760</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="B5" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E5" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="F5" s="1">
         <v>12794</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="B6" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E6" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="F6" s="1">
         <v>11270</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B7" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E7" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="F7" s="1">
         <v>9835</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="B8" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E8" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="F8" s="1">
         <v>10750</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B9" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E9" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="F9" s="1">
         <v>11400</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="B10" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E10" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="F10" s="1">
         <v>8500</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B11" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E11" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="F11" s="1">
         <v>11420</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B12" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E12" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="F12" s="1">
         <v>8800</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B13" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E13" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="F13" s="1">
         <v>11300</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B14" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E14" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="F14" s="1">
         <v>10860</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B15" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E15" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="F15" s="1">
         <v>9640</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B16" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E16" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="F16" s="1">
         <v>10888</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B17" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E17" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="F17" s="1">
         <v>9275</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B18" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E18" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="F18" s="1">
         <v>10640</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B19" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E19" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="F19" s="1">
         <v>7310</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B20" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E20" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="F20" s="1">
         <v>9940</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B21" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E21" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="F21" s="1">
         <v>10400</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B22" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E22" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="F22" s="1">
         <v>9340</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B23" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E23" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="F23" s="1">
         <v>8900</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B24" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E24" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="F24" s="1">
         <v>9100</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B25" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E25" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="F25" s="1">
         <v>9990</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B26" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E26" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="F26" s="1">
         <v>9310</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B27" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E27" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="F27" s="1">
         <v>10700</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B28" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E28" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="F28" s="1">
         <v>9630</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B29" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E29" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="F29" s="1">
         <v>8570</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B30" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E30" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="F30" s="1">
         <v>10550</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B31" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E31" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="F31" s="1">
         <v>12020</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B32" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E32" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="F32" s="1">
         <v>13120</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B33" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E33" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="F33" s="1">
         <v>10580</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B34" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E34" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="F34" s="1">
         <v>12136</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B35" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E35" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="F35" s="1">
         <v>13650</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet24.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G8"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="E1" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B2" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E2" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="F2" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B3" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E3" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="F3" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B4" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E4" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="F4" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B5" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E5" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="F5" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B6" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E6" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="F6" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B7" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E7" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="F7" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B8" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E8" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="F8" s="1">
         <v>3</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet25.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G8"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="E1" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B2" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E2" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="F2" s="1">
         <v>8820</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B3" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E3" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="F3" s="1">
         <v>10960</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B4" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E4" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="F4" s="1">
         <v>12300</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B5" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E5" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="F5" s="1">
         <v>14000</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B6" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E6" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="F6" s="1">
         <v>11150</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B7" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E7" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="F7" s="1">
         <v>14090</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B8" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E8" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="F8" s="1">
         <v>12130</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet26.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G35"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F35"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="E1" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B2" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E2" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="F2" s="1">
         <v>573</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
+        <v>215</v>
+      </c>
+      <c r="B3" t="s">
         <v>213</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E3" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="F3" s="1">
         <v>582</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="B4" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E4" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="F4" s="1">
         <v>538</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="B5" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E5" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="F5" s="1">
         <v>595</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="B6" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E6" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="F6" s="1">
         <v>536</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B7" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E7" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="F7" s="1">
         <v>587</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="B8" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E8" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="F8" s="1">
         <v>680</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B9" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E9" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="F9" s="1">
         <v>470</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="B10" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E10" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="F10" s="1">
         <v>244.04</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B11" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E11" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="F11" s="1">
         <v>489.92</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B12" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E12" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="F12" s="1">
         <v>531</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B13" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E13" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="F13" s="1">
         <v>679.32</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B14" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E14" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="F14" s="1">
         <v>497.91</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B15" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E15" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="F15" s="1">
         <v>921.11</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B16" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E16" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="F16" s="1">
         <v>469.75</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B17" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E17" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="F17" s="1">
         <v>592.67</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B18" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E18" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="F18" s="1">
         <v>478.92</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B19" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E19" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="F19" s="1">
         <v>1037.61</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B20" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E20" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="F20" s="1">
         <v>428.73</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B21" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E21" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="F21" s="1">
         <v>426.1</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B22" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E22" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="F22" s="1">
         <v>554.1</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B23" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E23" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="F23" s="1">
         <v>575.8</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B24" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E24" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="F24" s="1">
         <v>534</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B25" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E25" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="F25" s="1">
         <v>523.7</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B26" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E26" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="F26" s="1">
         <v>637.5</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B27" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E27" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="F27" s="1">
         <v>579</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B28" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E28" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="F28" s="1">
         <v>547</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B29" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E29" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="F29" s="1">
         <v>628</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B30" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E30" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="F30" s="1">
         <v>558</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B31" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E31" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="F31" s="1">
         <v>516</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B32" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E32" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="F32" s="1">
         <v>650</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B33" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E33" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="F33" s="1">
         <v>596</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B34" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E34" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="F34" s="1">
         <v>609</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B35" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E35" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="F35" s="1">
         <v>611</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet27.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G6"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="E1" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B2" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="E2" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="F2" s="1">
         <v>2.5</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B3" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="E3" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="F3" s="1">
         <v>4.6</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B4" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="E4" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="F4" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B5" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="E5" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="F5" s="1">
         <v>3.6</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B6" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="E6" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="F6" s="1">
         <v>7</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet28.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G35"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F35"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="E1" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B2" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E2" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="F2" s="1">
         <v>0.08</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
+        <v>215</v>
+      </c>
+      <c r="B3" t="s">
         <v>213</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E3" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="F3" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="B4" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E4" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="F4" s="1">
         <v>0.027</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="B5" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E5" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="F5" s="1">
         <v>0.16</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="B6" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E6" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="F6" s="1">
         <v>0.028</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B7" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E7" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="F7" s="1">
         <v>0.032</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="B8" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E8" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="F8" s="1">
         <v>0.06</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B9" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E9" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="F9" s="1">
         <v>0.056</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="B10" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E10" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="F10" s="1">
         <v>0.029</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B11" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E11" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="F11" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B12" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E12" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="F12" s="1">
         <v>0.102</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B13" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E13" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="F13" s="1">
         <v>0.001</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B14" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E14" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="F14" s="1">
         <v>0.001</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B15" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E15" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="F15" s="1">
         <v>0.085</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B16" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E16" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="F16" s="1">
         <v>0.085</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B17" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E17" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="F17" s="1">
         <v>0.085</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B18" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E18" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="F18" s="1">
         <v>0.125</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B19" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E19" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="F19" s="1">
         <v>0.059</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B20" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E20" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="F20" s="1">
         <v>0.032</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B21" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E21" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="F21" s="1">
         <v>0.045</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B22" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E22" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="F22" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B23" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E23" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="F23" s="1">
         <v>0.065</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B24" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E24" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="F24" s="1">
         <v>0.096</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B25" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E25" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="F25" s="1">
         <v>0.007</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B26" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E26" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="F26" s="1">
         <v>0.001</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B27" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E27" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="F27" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B28" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E28" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="F28" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B29" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E29" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="F29" s="1">
         <v>0.006</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B30" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E30" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="F30" s="1">
         <v>0.028</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B31" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E31" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="F31" s="1">
         <v>0.075</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B32" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E32" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="F32" s="1">
         <v>0.028</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B33" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E33" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="F33" s="1">
         <v>0.026</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B34" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E34" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="F34" s="1">
         <v>0.021</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B35" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E35" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="F35" s="1">
         <v>0.079</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G23"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="E1" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="B2" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E2" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="F2" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
+        <v>190</v>
+      </c>
+      <c r="B3" t="s">
+        <v>187</v>
+      </c>
+      <c r="C3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3" t="s">
         <v>188</v>
       </c>
-      <c r="B3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E3" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="F3" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B4" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E4" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="F4" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B5" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E5" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="F5" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B6" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E6" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="F6" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B7" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E7" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="F7" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B8" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E8" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="F8" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B9" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E9" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="F9" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B10" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E10" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="F10" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B11" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E11" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="F11" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B12" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E12" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="F12" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B13" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E13" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="F13" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B14" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E14" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="F14" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B15" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E15" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="F15" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B16" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E16" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="F16" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B17" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E17" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="F17" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B18" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E18" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="F18" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B19" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E19" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="F19" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B20" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E20" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="F20" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B21" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E21" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="F21" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B22" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E22" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="F22" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B23" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E23" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="F23" s="1">
         <v>1</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G34"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F34"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="E1" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B2" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E2" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="F2" s="1">
         <v>155.7</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
+        <v>215</v>
+      </c>
+      <c r="B3" t="s">
         <v>213</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="F3" s="1">
         <v>166.2</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
+        <v>216</v>
+      </c>
+      <c r="B4" t="s">
+        <v>213</v>
+      </c>
+      <c r="C4" t="s">
+        <v>10</v>
+      </c>
+      <c r="D4" t="s">
+        <v>188</v>
+      </c>
+      <c r="E4" t="s">
         <v>214</v>
-      </c>
-[...10 lines deleted...]
-        <v>212</v>
       </c>
       <c r="F4" s="1">
         <v>171.9</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="B5" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E5" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="F5" s="1">
         <v>148.3</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="B6" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E6" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="F6" s="1">
         <v>162</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B7" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E7" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="F7" s="1">
         <v>149.4</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="B8" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E8" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="F8" s="1">
         <v>153</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B9" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E9" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="F9" s="1">
         <v>153</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="B10" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E10" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="F10" s="1">
         <v>136</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B11" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E11" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="F11" s="1">
         <v>138</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B12" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E12" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="F12" s="1">
         <v>160.5</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B13" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E13" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="F13" s="1">
         <v>160.7</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
+        <v>190</v>
+      </c>
+      <c r="B14" t="s">
+        <v>187</v>
+      </c>
+      <c r="C14" t="s">
+        <v>10</v>
+      </c>
+      <c r="D14" t="s">
         <v>188</v>
       </c>
-      <c r="B14" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E14" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="F14" s="1">
         <v>137.8</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B15" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E15" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="F15" s="1">
         <v>148.4</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B16" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E16" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="F16" s="1">
         <v>146</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B17" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E17" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="F17" s="1">
         <v>146</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B18" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E18" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="F18" s="1">
         <v>151</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B19" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E19" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="F19" s="1">
         <v>148</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B20" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E20" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="F20" s="1">
         <v>154</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B21" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E21" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="F21" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B22" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E22" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="F22" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B23" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E23" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="F23" s="1">
         <v>153</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B24" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E24" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="F24" s="1">
         <v>157</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B25" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E25" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="F25" s="1">
         <v>159</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B26" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E26" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="F26" s="1">
         <v>157.8</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B27" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E27" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="F27" s="1">
         <v>157.3</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B28" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E28" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="F28" s="1">
         <v>109.7</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B29" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E29" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="F29" s="1">
         <v>158</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B30" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E30" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="F30" s="1">
         <v>160.4</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B31" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E31" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="F31" s="1">
         <v>161</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B32" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E32" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="F32" s="1">
         <v>155.8</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B33" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E33" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="F33" s="1">
         <v>151</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B34" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E34" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="F34" s="1">
         <v>168.8</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G35"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F35"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="E1" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B2" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E2" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="F2" s="1">
         <v>0.309</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
+        <v>215</v>
+      </c>
+      <c r="B3" t="s">
         <v>213</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E3" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="F3" s="1">
         <v>0.27</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="B4" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E4" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="F4" s="1">
         <v>0.237</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="B5" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E5" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="F5" s="1">
         <v>0.243</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="B6" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E6" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="F6" s="1">
         <v>0.322</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B7" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E7" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="F7" s="1">
         <v>0.224</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="B8" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E8" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="F8" s="1">
         <v>0.254</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B9" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E9" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="F9" s="1">
         <v>0.228</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="B10" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E10" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="F10" s="1">
         <v>0.244</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B11" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E11" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="F11" s="1">
         <v>0.246</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B12" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E12" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="F12" s="1">
         <v>0.286</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B13" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E13" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="F13" s="1">
         <v>0.508</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B14" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E14" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="F14" s="1">
         <v>0.423</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B15" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E15" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="F15" s="1">
         <v>0.336</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B16" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E16" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="F16" s="1">
         <v>0.292</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B17" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E17" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="F17" s="1">
         <v>0.247</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B18" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E18" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="F18" s="1">
         <v>0.303</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B19" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E19" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="F19" s="1">
         <v>0.236</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B20" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E20" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="F20" s="1">
         <v>0.274</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B21" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E21" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="F21" s="1">
         <v>0.271</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B22" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E22" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="F22" s="1">
         <v>0.256</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B23" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E23" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="F23" s="1">
         <v>0.306</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B24" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E24" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="F24" s="1">
         <v>0.478</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B25" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E25" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="F25" s="1">
         <v>0.218</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B26" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E26" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="F26" s="1">
         <v>0.26</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B27" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E27" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="F27" s="1">
         <v>0.208</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B28" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E28" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="F28" s="1">
         <v>0.24</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B29" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E29" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="F29" s="1">
         <v>0.223</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B30" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E30" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="F30" s="1">
         <v>0.257</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B31" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E31" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="F31" s="1">
         <v>0.245</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B32" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E32" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="F32" s="1">
         <v>0.25</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B33" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E33" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="F33" s="1">
         <v>0.25</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B34" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E34" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="F34" s="1">
         <v>0.259</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B35" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E35" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="F35" s="1">
         <v>0.309</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G12"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="E1" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B2" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E2" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="F2" s="1">
         <v>189.8</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
+        <v>215</v>
+      </c>
+      <c r="B3" t="s">
         <v>213</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E3" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="F3" s="1">
         <v>202.6</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="B4" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E4" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="F4" s="1">
         <v>209.6</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="B5" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E5" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="F5" s="1">
         <v>180.8</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="B6" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E6" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="F6" s="1">
         <v>197.5</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B7" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E7" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="F7" s="1">
         <v>182.1</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="B8" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E8" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="F8" s="1">
         <v>186</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B9" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E9" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="F9" s="1">
         <v>187</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B10" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E10" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="F10" s="1">
         <v>198</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B11" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E11" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="F11" s="1">
         <v>189</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B12" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E12" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="F12" s="1">
         <v>186</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G35"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F35"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="E1" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B2" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E2" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="F2" s="1">
         <v>366</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
+        <v>215</v>
+      </c>
+      <c r="B3" t="s">
         <v>213</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E3" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="F3" s="1">
         <v>417.97</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="B4" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E4" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="F4" s="1">
         <v>337.16</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="B5" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E5" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="F5" s="1">
         <v>321.05</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="B6" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E6" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="F6" s="1">
         <v>265.36</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B7" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E7" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="F7" s="1">
         <v>340.82</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="B8" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E8" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="F8" s="1">
         <v>417</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B9" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E9" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="F9" s="1">
         <v>234.761</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="B10" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E10" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="F10" s="1">
         <v>270.07</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B11" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E11" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="F11" s="1">
         <v>326</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B12" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E12" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="F12" s="1">
         <v>403</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B13" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E13" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="F13" s="1">
         <v>291.9</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B14" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E14" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="F14" s="1">
         <v>279.24</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B15" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E15" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="F15" s="1">
         <v>272.9</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B16" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E16" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="F16" s="1">
         <v>281.87</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B17" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E17" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="F17" s="1">
         <v>274.66</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B18" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E18" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="F18" s="1">
         <v>328.4</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B19" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E19" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="F19" s="1">
         <v>276.27</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B20" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E20" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="F20" s="1">
         <v>263.46</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B21" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E21" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="F21" s="1">
         <v>278.57</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B22" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E22" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="F22" s="1">
         <v>271.5</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B23" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E23" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="F23" s="1">
         <v>257.84</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B24" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E24" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="F24" s="1">
         <v>272.56</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B25" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E25" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="F25" s="1">
         <v>257.65</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B26" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E26" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="F26" s="1">
         <v>266.82</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B27" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E27" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="F27" s="1">
         <v>203.38</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B28" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E28" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="F28" s="1">
         <v>261.47</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B29" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E29" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="F29" s="1">
         <v>241.6</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B30" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E30" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="F30" s="1">
         <v>247.3</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B31" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E31" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="F31" s="1">
         <v>238.2</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B32" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E32" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="F32" s="1">
         <v>267.3</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B33" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E33" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="F33" s="1">
         <v>269.683</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B34" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E34" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="F34" s="1">
         <v>264.201</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B35" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E35" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="F35" s="1">
         <v>295.764</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G11"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="E1" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B2" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E2" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="F2" s="1">
         <v>0.2</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
+        <v>215</v>
+      </c>
+      <c r="B3" t="s">
         <v>213</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E3" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="F3" s="1">
         <v>0.2</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="B4" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E4" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="F4" s="1">
         <v>0.2</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="B5" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E5" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="F5" s="1">
         <v>0.2</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="B6" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E6" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="F6" s="1">
         <v>0.2</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B7" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E7" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="F7" s="1">
         <v>0.2</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="B8" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E8" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="F8" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B9" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E9" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="F9" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B10" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E10" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="F10" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B11" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E11" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="F11" s="1">
         <v>10</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G35"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F35"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="E1" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B2" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E2" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="F2" s="1">
         <v>6416</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
+        <v>215</v>
+      </c>
+      <c r="B3" t="s">
         <v>213</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E3" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="F3" s="1">
         <v>6269</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="B4" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E4" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="F4" s="1">
         <v>6164</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="B5" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E5" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="F5" s="1">
         <v>5783</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="B6" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E6" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="F6" s="1">
         <v>5454</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B7" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E7" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="F7" s="1">
         <v>5374</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="B8" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E8" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="F8" s="1">
         <v>5140</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B9" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E9" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="F9" s="1">
         <v>5250</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="B10" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E10" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="F10" s="1">
         <v>4538.33</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B11" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E11" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="F11" s="1">
         <v>4967.1</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B12" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E12" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="F12" s="1">
         <v>5028</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B13" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E13" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="F13" s="1">
         <v>5509.6</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B14" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E14" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="F14" s="1">
         <v>4974.22</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B15" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E15" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="F15" s="1">
         <v>5166.23</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B16" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E16" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="F16" s="1">
         <v>4750.93</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B17" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E17" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="F17" s="1">
         <v>5027.07</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B18" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E18" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="F18" s="1">
         <v>4591.52</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B19" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E19" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="F19" s="1">
         <v>4347.55</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B20" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E20" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="F20" s="1">
         <v>5001.93</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B21" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E21" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="F21" s="1">
         <v>3880</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B22" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E22" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="F22" s="1">
         <v>5818</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B23" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E23" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="F23" s="1">
         <v>4809</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B24" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E24" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="F24" s="1">
         <v>3997</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B25" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E25" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="F25" s="1">
         <v>4956</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B26" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E26" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="F26" s="1">
         <v>5372</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B27" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E27" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="F27" s="1">
         <v>2965</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B28" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E28" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="F28" s="1">
         <v>4539.4</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B29" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E29" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="F29" s="1">
         <v>3495.4</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B30" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E30" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="F30" s="1">
         <v>5049</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B31" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E31" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="F31" s="1">
         <v>3954.9</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B32" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E32" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="F32" s="1">
         <v>5717.4</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B33" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E33" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="F33" s="1">
         <v>5626.6</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B34" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E34" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="F34" s="1">
         <v>5278.8</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B35" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E35" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="F35" s="1">
         <v>6539.5</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
@@ -22881,43 +22907,44 @@
       <vt:lpstr>AFQ - Conductividad</vt:lpstr>
       <vt:lpstr>AFQ - ConductividadTerreno</vt:lpstr>
       <vt:lpstr>AFQ - Densidad</vt:lpstr>
       <vt:lpstr>AFQ - DensidadTerreno</vt:lpstr>
       <vt:lpstr>AFQ - Hierro</vt:lpstr>
       <vt:lpstr>AFQ - Magnesio</vt:lpstr>
       <vt:lpstr>AFQ - Manganeso</vt:lpstr>
       <vt:lpstr>AFQ - NitrogenoNitrato</vt:lpstr>
       <vt:lpstr>AFQ - NitrogenoNitritos</vt:lpstr>
       <vt:lpstr>AFQ - pH</vt:lpstr>
       <vt:lpstr>AFQ - PhTerreno</vt:lpstr>
       <vt:lpstr>AFQ - Potasio</vt:lpstr>
       <vt:lpstr>AFQ - Sodio</vt:lpstr>
       <vt:lpstr>AFQ - SolidosDisueltosTotales</vt:lpstr>
       <vt:lpstr>AFQ - SolidosSuspendidosTotales</vt:lpstr>
       <vt:lpstr>AFQ - SolidosTotales</vt:lpstr>
       <vt:lpstr>AFQ - Sulfato</vt:lpstr>
       <vt:lpstr>AFQ - Temperatura recepción</vt:lpstr>
       <vt:lpstr>AFQ - Zinc</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>