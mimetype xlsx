--- v1 (2026-01-08)
+++ v2 (2026-03-11)
@@ -66,51 +66,51 @@
     <sheet name="AFQ - ConductividadTerreno" sheetId="11" r:id="rId14"/>
     <sheet name="AFQ - Densidad" sheetId="12" r:id="rId15"/>
     <sheet name="AFQ - DensidadTerreno" sheetId="13" r:id="rId16"/>
     <sheet name="AFQ - Hierro" sheetId="14" r:id="rId17"/>
     <sheet name="AFQ - Magnesio" sheetId="15" r:id="rId18"/>
     <sheet name="AFQ - Manganeso" sheetId="16" r:id="rId19"/>
     <sheet name="AFQ - NitrogenoNitrato" sheetId="17" r:id="rId20"/>
     <sheet name="AFQ - NitrogenoNitritos" sheetId="18" r:id="rId21"/>
     <sheet name="AFQ - pH" sheetId="19" r:id="rId22"/>
     <sheet name="AFQ - PhTerreno" sheetId="20" r:id="rId23"/>
     <sheet name="AFQ - Potasio" sheetId="21" r:id="rId24"/>
     <sheet name="AFQ - Sodio" sheetId="22" r:id="rId25"/>
     <sheet name="AFQ - SolidosDisueltosTotales" sheetId="23" r:id="rId26"/>
     <sheet name="AFQ - SolidosSuspendidosTotales" sheetId="24" r:id="rId27"/>
     <sheet name="AFQ - SolidosTotales" sheetId="25" r:id="rId28"/>
     <sheet name="AFQ - Sulfato" sheetId="26" r:id="rId29"/>
     <sheet name="AFQ - Temperatura recepción" sheetId="27" r:id="rId30"/>
     <sheet name="AFQ - Zinc" sheetId="28" r:id="rId31"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="263">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="267">
   <si>
     <t>Fecha</t>
   </si>
   <si>
     <t>Compañia</t>
   </si>
   <si>
     <t>Punto de monitoreo</t>
   </si>
   <si>
     <t>Tipo nivel</t>
   </si>
   <si>
     <t>Nivel (msnm)</t>
   </si>
   <si>
     <t>Cota Punto Referencia (msnm)</t>
   </si>
   <si>
     <t>Nivel bajo referencia (m)</t>
   </si>
   <si>
     <t>Comentarios</t>
   </si>
   <si>
@@ -617,50 +617,56 @@
   <si>
     <t>2025-05-26 09:37:00</t>
   </si>
   <si>
     <t>2025-06-19 09:39:00</t>
   </si>
   <si>
     <t>2025-07-21 10:44:00</t>
   </si>
   <si>
     <t>2025-08-18 09:53:00</t>
   </si>
   <si>
     <t>2025-09-23 10:23:00</t>
   </si>
   <si>
     <t>2025-10-26 15:43:00</t>
   </si>
   <si>
     <t>2025-11-27 09:53:00</t>
   </si>
   <si>
     <t>2025-12-14 12:57:00</t>
   </si>
   <si>
+    <t>2026-01-20 13:45:00</t>
+  </si>
+  <si>
+    <t>2026-02-23 10:47:00</t>
+  </si>
+  <si>
     <t>Unidad</t>
   </si>
   <si>
     <t>Item medido</t>
   </si>
   <si>
     <t>Valor</t>
   </si>
   <si>
     <t>2019-04-25 09:36:00</t>
   </si>
   <si>
     <t>ALS</t>
   </si>
   <si>
     <t>mgCaCO3/L</t>
   </si>
   <si>
     <t>AlcalinidadBicarbonato</t>
   </si>
   <si>
     <t>2020-05-27 14:36:00</t>
   </si>
   <si>
     <t>2020-07-28 11:54:00</t>
@@ -699,50 +705,56 @@
     <t>2023-04-24 17:00:00</t>
   </si>
   <si>
     <t>2023-07-24 10:30:00</t>
   </si>
   <si>
     <t>2023-10-31 14:44:00</t>
   </si>
   <si>
     <t>2024-02-20 12:40:00</t>
   </si>
   <si>
     <t>2024-04-29 10:05:00</t>
   </si>
   <si>
     <t>2024-07-29 10:07:00</t>
   </si>
   <si>
     <t>2024-10-30 11:50:00</t>
   </si>
   <si>
     <t>2025-01-20 10:10:00</t>
   </si>
   <si>
     <t>2025-04-29 10:00:00</t>
+  </si>
+  <si>
+    <t>2025-07-21 10:45:00</t>
+  </si>
+  <si>
+    <t>2025-10-26 15:50:00</t>
   </si>
   <si>
     <t>AlcalinidadCarbonato</t>
   </si>
   <si>
     <t>2017-04-27 00:00:00</t>
   </si>
   <si>
     <t>SGS</t>
   </si>
   <si>
     <t>Alcalinidad Total (CaCO3)</t>
   </si>
   <si>
     <t>2017-07-27 04:00:00</t>
   </si>
   <si>
     <t>2017-10-25 00:00:00</t>
   </si>
   <si>
     <t>2018-01-25 00:00:00</t>
   </si>
   <si>
     <t>2018-04-26 17:48:00</t>
   </si>
@@ -1313,54 +1325,54 @@
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H169"/>
+  <dimension ref="A1:H171"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E1" sqref="E1:E169"/>
+      <selection activeCell="E1" sqref="E1:E171"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -5209,17679 +5221,18765 @@
       <c r="G168">
         <v>21.52</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
         <v>182</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
         <v>10</v>
       </c>
       <c r="D169" t="s">
         <v>11</v>
       </c>
       <c r="E169" s="1">
         <v>2303.519</v>
       </c>
       <c r="F169" t="s">
         <v>12</v>
       </c>
       <c r="G169">
         <v>21.751</v>
+      </c>
+    </row>
+    <row r="170" spans="1:8">
+      <c r="A170" t="s">
+        <v>183</v>
+      </c>
+      <c r="B170" t="s">
+        <v>9</v>
+      </c>
+      <c r="C170" t="s">
+        <v>10</v>
+      </c>
+      <c r="D170" t="s">
+        <v>11</v>
+      </c>
+      <c r="E170" s="1">
+        <v>2304</v>
+      </c>
+      <c r="F170" t="s">
+        <v>12</v>
+      </c>
+      <c r="G170">
+        <v>21.27</v>
+      </c>
+    </row>
+    <row r="171" spans="1:8">
+      <c r="A171" t="s">
+        <v>184</v>
+      </c>
+      <c r="B171" t="s">
+        <v>9</v>
+      </c>
+      <c r="C171" t="s">
+        <v>10</v>
+      </c>
+      <c r="D171" t="s">
+        <v>11</v>
+      </c>
+      <c r="E171" s="1">
+        <v>2303.735</v>
+      </c>
+      <c r="F171" t="s">
+        <v>12</v>
+      </c>
+      <c r="G171">
+        <v>21.535</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G35"/>
+  <dimension ref="A1:G37"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F1" sqref="F1:F35"/>
+      <selection activeCell="F1" sqref="F1:F37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="E1" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="B2" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E2" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="F2" s="1">
         <v>18800</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="B3" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E3" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="F3" s="1">
         <v>17840</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B4" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E4" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="F4" s="1">
         <v>16080</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
+        <v>221</v>
+      </c>
+      <c r="B5" t="s">
         <v>217</v>
       </c>
-      <c r="B5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E5" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="F5" s="1">
         <v>16230</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="B6" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E6" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="F6" s="1">
         <v>16130</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="B7" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E7" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="F7" s="1">
         <v>15390</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="B8" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E8" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="F8" s="1">
         <v>16720</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="B9" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E9" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="F9" s="1">
         <v>18280</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B10" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E10" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="F10" s="1">
         <v>16880</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="B11" t="s">
-        <v>228</v>
+        <v>189</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E11" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="F11" s="1">
-        <v>16700</v>
+        <v>16500</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="B12" t="s">
-        <v>187</v>
+        <v>232</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E12" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="F12" s="1">
-        <v>16500</v>
+        <v>16700</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="B13" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E13" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="F13" s="1">
         <v>16230</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="B14" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E14" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="F14" s="1">
         <v>15920</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B15" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E15" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="F15" s="1">
         <v>15830</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B16" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E16" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="F16" s="1">
         <v>14790</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B17" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E17" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="F17" s="1">
         <v>15250</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B18" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E18" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="F18" s="1">
         <v>15100</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B19" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E19" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="F19" s="1">
         <v>14910</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B20" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E20" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="F20" s="1">
         <v>14850</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B21" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E21" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="F21" s="1">
         <v>14960</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B22" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E22" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="F22" s="1">
         <v>14020</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B23" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E23" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="F23" s="1">
         <v>14910</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B24" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E24" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="F24" s="1">
         <v>14820</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B25" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E25" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="F25" s="1">
         <v>15610</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B26" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E26" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="F26" s="1">
         <v>15850</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B27" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E27" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="F27" s="1">
         <v>11950</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B28" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E28" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="F28" s="1">
         <v>15410</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B29" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E29" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="F29" s="1">
         <v>15490</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B30" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E30" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="F30" s="1">
         <v>16610</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B31" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E31" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="F31" s="1">
         <v>17260</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B32" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E32" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="F32" s="1">
         <v>19170</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B33" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E33" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="F33" s="1">
         <v>17690</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B34" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E34" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="F34" s="1">
         <v>18160</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B35" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E35" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="F35" s="1">
         <v>17780</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7">
+      <c r="A36" t="s">
+        <v>213</v>
+      </c>
+      <c r="B36" t="s">
+        <v>189</v>
+      </c>
+      <c r="C36" t="s">
+        <v>10</v>
+      </c>
+      <c r="D36" t="s">
+        <v>237</v>
+      </c>
+      <c r="E36" t="s">
+        <v>238</v>
+      </c>
+      <c r="F36" s="1">
+        <v>18030</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7">
+      <c r="A37" t="s">
+        <v>214</v>
+      </c>
+      <c r="B37" t="s">
+        <v>189</v>
+      </c>
+      <c r="C37" t="s">
+        <v>10</v>
+      </c>
+      <c r="D37" t="s">
+        <v>237</v>
+      </c>
+      <c r="E37" t="s">
+        <v>238</v>
+      </c>
+      <c r="F37" s="1">
+        <v>18500</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G65"/>
+  <dimension ref="A1:G69"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F1" sqref="F1:F65"/>
+      <selection activeCell="F1" sqref="F1:F69"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="E1" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>217</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E2" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F2" s="1">
-        <v>17860</v>
+        <v>19150</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="B3" t="s">
-        <v>213</v>
+        <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E3" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F3" s="1">
-        <v>19150</v>
+        <v>17860</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="B4" t="s">
-        <v>9</v>
+        <v>217</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E4" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F4" s="1">
-        <v>17540</v>
+        <v>18700</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="B5" t="s">
-        <v>213</v>
+        <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E5" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F5" s="1">
-        <v>18700</v>
+        <v>17540</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B6" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E6" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F6" s="1">
         <v>15780</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E7" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F7" s="1">
         <v>17180</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="B8" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E8" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F8" s="1">
         <v>16880</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="B9" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E9" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F9" s="1">
         <v>15250</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E10" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F10" s="1">
         <v>16480</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="B11" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E11" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F11" s="1">
         <v>16750</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E12" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F12" s="1">
         <v>17700</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="B13" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E13" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F13" s="1">
         <v>16610</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E14" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F14" s="1">
         <v>16460</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E15" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F15" s="1">
         <v>16720</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B16" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E16" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F16" s="1">
         <v>16720</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E17" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F17" s="1">
         <v>16640</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="B18" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E18" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F18" s="1">
         <v>15700</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>10</v>
+      </c>
+      <c r="D19" t="s">
         <v>237</v>
       </c>
-      <c r="C19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E19" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F19" s="1">
         <v>16300</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="B20" t="s">
-        <v>9</v>
+        <v>241</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E20" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F20" s="1">
         <v>16300</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="B21" t="s">
-        <v>9</v>
+        <v>189</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E21" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F21" s="1">
-        <v>16070</v>
+        <v>16190</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="B22" t="s">
-        <v>187</v>
+        <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E22" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F22" s="1">
-        <v>16190</v>
+        <v>16070</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E23" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F23" s="1">
         <v>15650</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B24" t="s">
+        <v>241</v>
+      </c>
+      <c r="C24" t="s">
+        <v>10</v>
+      </c>
+      <c r="D24" t="s">
         <v>237</v>
       </c>
-      <c r="C24" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E24" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F24" s="1">
         <v>15580</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B25" t="s">
+        <v>241</v>
+      </c>
+      <c r="C25" t="s">
+        <v>10</v>
+      </c>
+      <c r="D25" t="s">
         <v>237</v>
       </c>
-      <c r="C25" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E25" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F25" s="1">
         <v>15480</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E26" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F26" s="1">
         <v>15490</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B27" t="s">
-        <v>9</v>
+        <v>242</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E27" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F27" s="1">
-        <v>12080</v>
+        <v>12081</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B28" t="s">
-        <v>238</v>
+        <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E28" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F28" s="1">
-        <v>12081</v>
+        <v>12080</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B29" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E29" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F29" s="1">
         <v>15860</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E30" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F30" s="1">
         <v>15800</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B31" t="s">
-        <v>238</v>
+        <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E31" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F31" s="1">
-        <v>15090</v>
+        <v>15050</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B32" t="s">
-        <v>9</v>
+        <v>242</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E32" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F32" s="1">
-        <v>15050</v>
+        <v>15090</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B33" t="s">
-        <v>238</v>
+        <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E33" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F33" s="1">
-        <v>15660</v>
+        <v>15300</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B34" t="s">
-        <v>9</v>
+        <v>242</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E34" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F34" s="1">
-        <v>15300</v>
+        <v>15660</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B35" t="s">
-        <v>238</v>
+        <v>9</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E35" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F35" s="1">
         <v>14760</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B36" t="s">
-        <v>9</v>
+        <v>242</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E36" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F36" s="1">
         <v>14760</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B37" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E37" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F37" s="1">
-        <v>14670</v>
+        <v>14540</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B38" t="s">
-        <v>56</v>
+        <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E38" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F38" s="1">
-        <v>14540</v>
+        <v>14670</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E39" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F39" s="1">
         <v>14870</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B40" t="s">
         <v>56</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E40" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F40" s="1">
         <v>14900</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B41" t="s">
         <v>56</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E41" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F41" s="1">
         <v>15370</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E42" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F42" s="1">
         <v>14630</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B43" t="s">
         <v>56</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E43" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F43" s="1">
         <v>15780</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E44" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F44" s="1">
         <v>15630</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E45" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F45" s="1">
         <v>16030</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B46" t="s">
         <v>56</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E46" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F46" s="1">
         <v>16450</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B47" t="s">
-        <v>56</v>
+        <v>9</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E47" t="s">
-        <v>235</v>
-[...2 lines deleted...]
-      <c r="G47" t="s">
         <v>239</v>
+      </c>
+      <c r="F47" s="1">
+        <v>14740</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B48" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E48" t="s">
-        <v>235</v>
-[...2 lines deleted...]
-        <v>14740</v>
+        <v>239</v>
+      </c>
+      <c r="F48" s="1"/>
+      <c r="G48" t="s">
+        <v>243</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B49" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E49" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F49" s="1">
-        <v>15370</v>
+        <v>15310</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B50" t="s">
-        <v>56</v>
+        <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E50" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F50" s="1">
-        <v>15310</v>
+        <v>15370</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B51" t="s">
         <v>56</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E51" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F51" s="1">
         <v>14840</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E52" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F52" s="1">
         <v>14930</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E53" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F53" s="1"/>
       <c r="G53" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B54" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E54" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F54" s="1">
-        <v>16140</v>
+        <v>15960</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B55" t="s">
-        <v>56</v>
+        <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E55" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F55" s="1">
-        <v>15960</v>
+        <v>16140</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B56" t="s">
         <v>56</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E56" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F56" s="1">
         <v>16110</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E57" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F57" s="1">
         <v>15770</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E58" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F58" s="1">
         <v>18540</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B59" t="s">
         <v>56</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E59" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F59" s="1">
         <v>18530</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E60" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F60" s="1">
         <v>17570</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B61" t="s">
         <v>56</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E61" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F61" s="1">
         <v>17570</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B62" t="s">
         <v>56</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E62" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F62" s="1">
         <v>17490</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E63" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F63" s="1">
         <v>17370</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
         <v>174</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E64" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F64" s="1">
         <v>17550</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B65" t="s">
         <v>56</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="E65" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F65" s="1">
         <v>17700</v>
+      </c>
+    </row>
+    <row r="66" spans="1:7">
+      <c r="A66" t="s">
+        <v>177</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>10</v>
+      </c>
+      <c r="D66" t="s">
+        <v>237</v>
+      </c>
+      <c r="E66" t="s">
+        <v>239</v>
+      </c>
+      <c r="F66" s="1">
+        <v>18380</v>
+      </c>
+    </row>
+    <row r="67" spans="1:7">
+      <c r="A67" t="s">
+        <v>213</v>
+      </c>
+      <c r="B67" t="s">
+        <v>56</v>
+      </c>
+      <c r="C67" t="s">
+        <v>10</v>
+      </c>
+      <c r="D67" t="s">
+        <v>237</v>
+      </c>
+      <c r="E67" t="s">
+        <v>239</v>
+      </c>
+      <c r="F67" s="1">
+        <v>18320</v>
+      </c>
+    </row>
+    <row r="68" spans="1:7">
+      <c r="A68" t="s">
+        <v>180</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>10</v>
+      </c>
+      <c r="D68" t="s">
+        <v>237</v>
+      </c>
+      <c r="E68" t="s">
+        <v>239</v>
+      </c>
+      <c r="F68" s="1">
+        <v>17310</v>
+      </c>
+    </row>
+    <row r="69" spans="1:7">
+      <c r="A69" t="s">
+        <v>214</v>
+      </c>
+      <c r="B69" t="s">
+        <v>56</v>
+      </c>
+      <c r="C69" t="s">
+        <v>10</v>
+      </c>
+      <c r="D69" t="s">
+        <v>237</v>
+      </c>
+      <c r="E69" t="s">
+        <v>239</v>
+      </c>
+      <c r="F69" s="1">
+        <v>17080</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G35"/>
+  <dimension ref="A1:G37"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F1" sqref="F1:F35"/>
+      <selection activeCell="F1" sqref="F1:F37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="E1" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="B2" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E2" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="F2" s="1">
         <v>1.09</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="B3" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E3" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="F3" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="B4" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E4" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="F4" s="1">
         <v>1.08</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
+        <v>221</v>
+      </c>
+      <c r="B5" t="s">
         <v>217</v>
       </c>
-      <c r="B5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E5" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="F5" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="B6" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E6" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="F6" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="B7" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E7" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="F7" s="1">
         <v>1.01</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="B8" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E8" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="F8" s="1">
         <v>1.01</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="B9" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E9" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="F9" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B10" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E10" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="F10" s="1">
         <v>1.005</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="B11" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E11" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="F11" s="1">
         <v>1.005</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="B12" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E12" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="F12" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="B13" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E13" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="F13" s="1">
         <v>1.004</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="B14" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E14" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="F14" s="1">
         <v>1.005</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B15" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E15" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="F15" s="1">
         <v>1.004</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B16" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E16" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="F16" s="1">
         <v>1.005</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B17" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E17" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="F17" s="1">
         <v>1.004</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B18" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E18" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="F18" s="1">
         <v>1.004</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B19" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E19" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="F19" s="1">
         <v>1.002</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B20" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E20" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="F20" s="1">
         <v>1.004</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B21" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E21" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="F21" s="1">
         <v>1.003</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B22" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E22" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="F22" s="1">
         <v>1.004</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B23" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E23" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="F23" s="1">
         <v>1.006</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B24" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E24" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="F24" s="1">
         <v>1.004</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B25" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E25" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="F25" s="1">
         <v>1.003</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B26" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E26" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="F26" s="1">
         <v>1.003</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B27" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E27" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="F27" s="1">
         <v>0.995</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B28" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E28" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="F28" s="1">
         <v>0.997</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B29" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E29" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="F29" s="1">
         <v>1.003</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B30" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E30" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="F30" s="1">
         <v>1.004</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B31" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E31" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="F31" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B32" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E32" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="F32" s="1">
         <v>1.007</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B33" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E33" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="F33" s="1">
         <v>1.005</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B34" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E34" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="F34" s="1">
         <v>1.003</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B35" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E35" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="F35" s="1">
+        <v>1.004</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7">
+      <c r="A36" t="s">
+        <v>213</v>
+      </c>
+      <c r="B36" t="s">
+        <v>189</v>
+      </c>
+      <c r="C36" t="s">
+        <v>10</v>
+      </c>
+      <c r="D36" t="s">
+        <v>247</v>
+      </c>
+      <c r="E36" t="s">
+        <v>248</v>
+      </c>
+      <c r="F36" s="1">
+        <v>1.004</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7">
+      <c r="A37" t="s">
+        <v>214</v>
+      </c>
+      <c r="B37" t="s">
+        <v>189</v>
+      </c>
+      <c r="C37" t="s">
+        <v>10</v>
+      </c>
+      <c r="D37" t="s">
+        <v>247</v>
+      </c>
+      <c r="E37" t="s">
+        <v>248</v>
+      </c>
+      <c r="F37" s="1">
         <v>1.004</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G33"/>
+  <dimension ref="A1:G35"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F1" sqref="F1:F33"/>
+      <selection activeCell="F1" sqref="F1:F35"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="E1" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E2" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="F2" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E3" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="F3" s="1">
         <v>1.006</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E4" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="F4" s="1">
         <v>1.005</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E5" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="F5" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E6" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="F6" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E7" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="F7" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E8" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="F8" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E9" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="F9" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E10" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="F10" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E11" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="F11" s="1">
         <v>1.002</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E12" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="F12" s="1">
         <v>1.005</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E13" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="F13" s="1">
         <v>1.006</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E14" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="F14" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E15" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="F15" s="1">
         <v>1.005</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E16" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="F16" s="1">
         <v>1.004</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E17" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="F17" s="1">
         <v>1.003</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E18" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="F18" s="1">
         <v>1.009</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E19" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="F19" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E20" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="F20" s="1">
         <v>1.005</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E21" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="F21" s="1">
         <v>1.002</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E22" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="F22" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E23" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="F23" s="1">
         <v>1.004</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E24" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="F24" s="1">
         <v>1.006</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E25" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="F25" s="1">
         <v>1.006</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E26" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="F26" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E27" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="F27" s="1">
         <v>1.006</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E28" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="F28" s="1">
         <v>1.006</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E29" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="F29" s="1"/>
       <c r="G29" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E30" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="F30" s="1">
         <v>1.005</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E31" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="F31" s="1">
         <v>1.005</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E32" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="F32" s="1">
         <v>1.008</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
         <v>174</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E33" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="F33" s="1">
         <v>1.004</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7">
+      <c r="A34" t="s">
+        <v>177</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>10</v>
+      </c>
+      <c r="D34" t="s">
+        <v>247</v>
+      </c>
+      <c r="E34" t="s">
+        <v>250</v>
+      </c>
+      <c r="F34" s="1">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7">
+      <c r="A35" t="s">
+        <v>180</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>10</v>
+      </c>
+      <c r="D35" t="s">
+        <v>247</v>
+      </c>
+      <c r="E35" t="s">
+        <v>250</v>
+      </c>
+      <c r="F35" s="1">
+        <v>1.006</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G34"/>
+  <dimension ref="A1:G36"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F1" sqref="F1:F34"/>
+      <selection activeCell="F1" sqref="F1:F36"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="E1" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="B2" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E2" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="F2" s="1">
         <v>0.15</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="B3" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E3" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="F3" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B4" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E4" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="F4" s="1">
         <v>0.014</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
+        <v>221</v>
+      </c>
+      <c r="B5" t="s">
         <v>217</v>
       </c>
-      <c r="B5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E5" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="F5" s="1">
         <v>0.471</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="B6" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E6" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="F6" s="1">
         <v>0.345</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="B7" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E7" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="F7" s="1">
         <v>0.392</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="B8" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E8" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="F8" s="1">
         <v>0.97</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="B9" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E9" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="F9" s="1">
         <v>0.943</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B10" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E10" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="F10" s="1">
         <v>0.049</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="B11" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E11" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="F11" s="1">
         <v>0.821</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="B12" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E12" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="F12" s="1">
         <v>0.089</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="B13" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E13" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="F13" s="1">
         <v>0.006</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="B14" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E14" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="F14" s="1">
         <v>0.006</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B15" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E15" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="F15" s="1">
         <v>0.07</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B16" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E16" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="F16" s="1">
         <v>0.19</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B17" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E17" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="F17" s="1">
         <v>0.042</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B18" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E18" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="F18" s="1">
         <v>2.323</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B19" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E19" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="F19" s="1">
         <v>0.476</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B20" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E20" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="F20" s="1">
         <v>0.656</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B21" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E21" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="F21" s="1">
         <v>0.536</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B22" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E22" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="F22" s="1">
         <v>0.355</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B23" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E23" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="F23" s="1">
         <v>0.721</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B24" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E24" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="F24" s="1">
         <v>0.242</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B25" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E25" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="F25" s="1">
         <v>0.392</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B26" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E26" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="F26" s="1">
         <v>0.295</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B27" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E27" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="F27" s="1">
         <v>0.296</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B28" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E28" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="F28" s="1">
         <v>0.088</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B29" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E29" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="F29" s="1">
         <v>0.185</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B30" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E30" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="F30" s="1">
         <v>0.354</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B31" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E31" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="F31" s="1">
         <v>0.292</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B32" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E32" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="F32" s="1">
         <v>0.744</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B33" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E33" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="F33" s="1">
         <v>1.138</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B34" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E34" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="F34" s="1">
         <v>0.734</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7">
+      <c r="A35" t="s">
+        <v>213</v>
+      </c>
+      <c r="B35" t="s">
+        <v>189</v>
+      </c>
+      <c r="C35" t="s">
+        <v>10</v>
+      </c>
+      <c r="D35" t="s">
+        <v>230</v>
+      </c>
+      <c r="E35" t="s">
+        <v>251</v>
+      </c>
+      <c r="F35" s="1">
+        <v>0.199</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7">
+      <c r="A36" t="s">
+        <v>214</v>
+      </c>
+      <c r="B36" t="s">
+        <v>189</v>
+      </c>
+      <c r="C36" t="s">
+        <v>10</v>
+      </c>
+      <c r="D36" t="s">
+        <v>230</v>
+      </c>
+      <c r="E36" t="s">
+        <v>251</v>
+      </c>
+      <c r="F36" s="1">
+        <v>0.723</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G35"/>
+  <dimension ref="A1:G37"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F1" sqref="F1:F35"/>
+      <selection activeCell="F1" sqref="F1:F37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="E1" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="B2" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E2" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="F2" s="1">
         <v>283</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="B3" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E3" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="F3" s="1">
         <v>271.48</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B4" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E4" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="F4" s="1">
         <v>335.05</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
+        <v>221</v>
+      </c>
+      <c r="B5" t="s">
         <v>217</v>
       </c>
-      <c r="B5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E5" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="F5" s="1">
         <v>277.29</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="B6" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E6" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="F6" s="1">
         <v>195.07</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="B7" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E7" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="F7" s="1">
         <v>257.57</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="B8" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E8" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="F8" s="1">
         <v>222</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="B9" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E9" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="F9" s="1">
         <v>226.005</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B10" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E10" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="F10" s="1">
         <v>226.5</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="B11" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E11" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="F11" s="1">
         <v>228</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="B12" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E12" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="F12" s="1">
         <v>312</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="B13" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E13" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="F13" s="1">
         <v>238.63</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="B14" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E14" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="F14" s="1">
         <v>226.207</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B15" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E15" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="F15" s="1">
         <v>249.876</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B16" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E16" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="F16" s="1">
         <v>233.87</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B17" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E17" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="F17" s="1">
         <v>202.372</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B18" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E18" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="F18" s="1">
         <v>225.79</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B19" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E19" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="F19" s="1">
         <v>204.783</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B20" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E20" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="F20" s="1">
         <v>196.881</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B21" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E21" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="F21" s="1">
         <v>198.738</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B22" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E22" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="F22" s="1">
         <v>210.967</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B23" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E23" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="F23" s="1">
         <v>197.152</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B24" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E24" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="F24" s="1">
         <v>205.143</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B25" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E25" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="F25" s="1">
         <v>211.182</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B26" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E26" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="F26" s="1">
         <v>214.686</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B27" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E27" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="F27" s="1">
         <v>170.734</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B28" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E28" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="F28" s="1">
         <v>205.054</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B29" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E29" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="F29" s="1">
         <v>200.1</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B30" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E30" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="F30" s="1">
         <v>216.6</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B31" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E31" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="F31" s="1">
         <v>209.9</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B32" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E32" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="F32" s="1">
         <v>252.7</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B33" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E33" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="F33" s="1">
         <v>237.394</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B34" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E34" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="F34" s="1">
         <v>236.452</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B35" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E35" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="F35" s="1">
         <v>261.469</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7">
+      <c r="A36" t="s">
+        <v>213</v>
+      </c>
+      <c r="B36" t="s">
+        <v>189</v>
+      </c>
+      <c r="C36" t="s">
+        <v>10</v>
+      </c>
+      <c r="D36" t="s">
+        <v>230</v>
+      </c>
+      <c r="E36" t="s">
+        <v>252</v>
+      </c>
+      <c r="F36" s="1">
+        <v>236.733</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7">
+      <c r="A37" t="s">
+        <v>214</v>
+      </c>
+      <c r="B37" t="s">
+        <v>189</v>
+      </c>
+      <c r="C37" t="s">
+        <v>10</v>
+      </c>
+      <c r="D37" t="s">
+        <v>230</v>
+      </c>
+      <c r="E37" t="s">
+        <v>252</v>
+      </c>
+      <c r="F37" s="1">
+        <v>223.512</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G35"/>
+  <dimension ref="A1:G37"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F1" sqref="F1:F35"/>
+      <selection activeCell="F1" sqref="F1:F37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="E1" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="B2" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E2" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="F2" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="B3" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E3" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="F3" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B4" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E4" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="F4" s="1">
         <v>0.003</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
+        <v>221</v>
+      </c>
+      <c r="B5" t="s">
         <v>217</v>
       </c>
-      <c r="B5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E5" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="F5" s="1">
         <v>0.003</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="B6" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E6" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="F6" s="1">
         <v>0.003</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="B7" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E7" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="F7" s="1">
         <v>0.003</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="B8" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E8" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="F8" s="1">
         <v>0.044</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="B9" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E9" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="F9" s="1">
         <v>0.028</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B10" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E10" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="F10" s="1">
         <v>0.039</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="B11" t="s">
-        <v>228</v>
+        <v>189</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E11" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="F11" s="1">
-        <v>0.026</v>
+        <v>0.043</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="B12" t="s">
-        <v>187</v>
+        <v>232</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E12" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="F12" s="1">
-        <v>0.043</v>
+        <v>0.026</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="B13" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E13" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="F13" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="B14" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E14" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="F14" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B15" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E15" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="F15" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B16" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E16" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="F16" s="1">
         <v>0.013</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B17" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E17" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="F17" s="1">
         <v>0.021</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B18" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E18" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="F18" s="1">
         <v>0.326</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B19" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E19" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="F19" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B20" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E20" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="F20" s="1">
         <v>0.036</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B21" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E21" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="F21" s="1">
         <v>0.037</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B22" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E22" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="F22" s="1">
         <v>0.021</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B23" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E23" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="F23" s="1">
         <v>0.039</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B24" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E24" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="F24" s="1">
         <v>0.037</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B25" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E25" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="F25" s="1">
         <v>0.024</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B26" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E26" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="F26" s="1">
         <v>0.027</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B27" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E27" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="F27" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B28" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E28" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="F28" s="1">
         <v>0.023</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B29" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E29" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="F29" s="1">
         <v>0.014</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B30" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E30" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="F30" s="1">
         <v>0.026</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B31" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E31" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="F31" s="1">
         <v>0.024</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B32" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E32" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="F32" s="1">
         <v>0.034</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B33" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E33" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="F33" s="1">
         <v>0.034</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B34" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E34" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="F34" s="1">
         <v>0.037</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B35" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E35" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="F35" s="1">
         <v>0.039</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7">
+      <c r="A36" t="s">
+        <v>213</v>
+      </c>
+      <c r="B36" t="s">
+        <v>189</v>
+      </c>
+      <c r="C36" t="s">
+        <v>10</v>
+      </c>
+      <c r="D36" t="s">
+        <v>230</v>
+      </c>
+      <c r="E36" t="s">
+        <v>253</v>
+      </c>
+      <c r="F36" s="1">
+        <v>0.039</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7">
+      <c r="A37" t="s">
+        <v>214</v>
+      </c>
+      <c r="B37" t="s">
+        <v>189</v>
+      </c>
+      <c r="C37" t="s">
+        <v>10</v>
+      </c>
+      <c r="D37" t="s">
+        <v>230</v>
+      </c>
+      <c r="E37" t="s">
+        <v>253</v>
+      </c>
+      <c r="F37" s="1">
+        <v>0.033</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G34"/>
+  <dimension ref="A1:G36"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F1" sqref="F1:F34"/>
+      <selection activeCell="F1" sqref="F1:F36"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="E1" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="B2" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E2" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="F2" s="1">
         <v>0.81</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="B3" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E3" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="F3" s="1">
         <v>0.86</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B4" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E4" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="F4" s="1">
         <v>0.88</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
+        <v>221</v>
+      </c>
+      <c r="B5" t="s">
         <v>217</v>
       </c>
-      <c r="B5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E5" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="F5" s="1">
         <v>0.92</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="B6" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E6" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="F6" s="1">
         <v>0.81</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="B7" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E7" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="F7" s="1">
         <v>0.91</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="B8" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E8" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="F8" s="1">
         <v>0.64</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="B9" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E9" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="F9" s="1">
         <v>0.6</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B10" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E10" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="F10" s="1">
         <v>12.18</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="B11" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E11" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="F11" s="1">
         <v>4.44</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="B12" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E12" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="F12" s="1">
         <v>14.53</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="B13" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E13" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="F13" s="1">
         <v>3.55</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B14" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E14" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="F14" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B15" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E15" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="F15" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B16" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E16" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="F16" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B17" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E17" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="F17" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B18" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E18" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="F18" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B19" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E19" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="F19" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B20" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E20" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="F20" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B21" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E21" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="F21" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B22" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E22" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="F22" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B23" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E23" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="F23" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B24" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E24" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="F24" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B25" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E25" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="F25" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B26" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E26" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="F26" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B27" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E27" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="F27" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B28" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E28" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="F28" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B29" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E29" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="F29" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B30" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E30" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="F30" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B31" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E31" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="F31" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B32" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E32" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="F32" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B33" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E33" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="F33" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B34" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E34" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="F34" s="1">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7">
+      <c r="A35" t="s">
+        <v>213</v>
+      </c>
+      <c r="B35" t="s">
+        <v>189</v>
+      </c>
+      <c r="C35" t="s">
+        <v>10</v>
+      </c>
+      <c r="D35" t="s">
+        <v>230</v>
+      </c>
+      <c r="E35" t="s">
+        <v>254</v>
+      </c>
+      <c r="F35" s="1">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7">
+      <c r="A36" t="s">
+        <v>214</v>
+      </c>
+      <c r="B36" t="s">
+        <v>189</v>
+      </c>
+      <c r="C36" t="s">
+        <v>10</v>
+      </c>
+      <c r="D36" t="s">
+        <v>230</v>
+      </c>
+      <c r="E36" t="s">
+        <v>254</v>
+      </c>
+      <c r="F36" s="1">
         <v>0.01</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G34"/>
+  <dimension ref="A1:G36"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F1" sqref="F1:F34"/>
+      <selection activeCell="F1" sqref="F1:F36"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="E1" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="B2" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E2" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="F2" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="B3" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E3" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="F3" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B4" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E4" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="F4" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
+        <v>221</v>
+      </c>
+      <c r="B5" t="s">
         <v>217</v>
       </c>
-      <c r="B5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E5" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="F5" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="B6" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E6" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="F6" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="B7" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E7" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="F7" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="B8" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E8" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="F8" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="B9" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E9" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="F9" s="1">
         <v>0.05</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B10" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E10" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="F10" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="B11" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E11" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="F11" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="B12" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E12" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="F12" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="B13" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E13" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="F13" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B14" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E14" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="F14" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B15" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E15" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="F15" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B16" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E16" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="F16" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B17" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E17" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="F17" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B18" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E18" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="F18" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B19" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E19" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="F19" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B20" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E20" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="F20" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B21" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E21" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="F21" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B22" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E22" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="F22" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B23" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E23" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="F23" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B24" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E24" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="F24" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B25" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E25" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="F25" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B26" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E26" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="F26" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B27" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E27" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="F27" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B28" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E28" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="F28" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B29" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E29" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="F29" s="1">
         <v>0.09</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B30" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E30" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="F30" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B31" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E31" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="F31" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B32" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E32" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="F32" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B33" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E33" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="F33" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B34" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E34" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="F34" s="1">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7">
+      <c r="A35" t="s">
+        <v>213</v>
+      </c>
+      <c r="B35" t="s">
+        <v>189</v>
+      </c>
+      <c r="C35" t="s">
+        <v>10</v>
+      </c>
+      <c r="D35" t="s">
+        <v>230</v>
+      </c>
+      <c r="E35" t="s">
+        <v>255</v>
+      </c>
+      <c r="F35" s="1">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7">
+      <c r="A36" t="s">
+        <v>214</v>
+      </c>
+      <c r="B36" t="s">
+        <v>189</v>
+      </c>
+      <c r="C36" t="s">
+        <v>10</v>
+      </c>
+      <c r="D36" t="s">
+        <v>230</v>
+      </c>
+      <c r="E36" t="s">
+        <v>255</v>
+      </c>
+      <c r="F36" s="1">
         <v>0.01</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G28"/>
+  <dimension ref="A1:G30"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F1" sqref="F1:F28"/>
+      <selection activeCell="F1" sqref="F1:F30"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="E1" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="B2" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E2" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="F2" s="1">
         <v>7.6</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="B3" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E3" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="F3" s="1">
         <v>7.7</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B4" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E4" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="F4" s="1">
         <v>7.5</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
+        <v>221</v>
+      </c>
+      <c r="B5" t="s">
         <v>217</v>
       </c>
-      <c r="B5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E5" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="F5" s="1">
         <v>7.6</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="B6" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E6" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="F6" s="1">
         <v>7.6</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="B7" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E7" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="F7" s="1">
         <v>7.8</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="B8" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E8" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="F8" s="1">
         <v>8.5</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B9" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E9" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="F9" s="1">
         <v>6.56</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="B10" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E10" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="F10" s="1">
         <v>7.45</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="B11" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E11" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="F11" s="1">
         <v>7.66</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="B12" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E12" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="F12" s="1">
         <v>7.63</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B13" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E13" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="F13" s="1">
         <v>7.51</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B14" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E14" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="F14" s="1">
         <v>7.65</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B15" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E15" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="F15" s="1">
         <v>7.41</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B16" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E16" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="F16" s="1">
         <v>7.57</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B17" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E17" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="F17" s="1">
         <v>6.86</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B18" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E18" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="F18" s="1">
         <v>7.3</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B19" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E19" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="F19" s="1">
         <v>8.18</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B20" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E20" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="F20" s="1">
         <v>7.91</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B21" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E21" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="F21" s="1">
         <v>7.83</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B22" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E22" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="F22" s="1">
         <v>7.94</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B23" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E23" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="F23" s="1">
         <v>7.91</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B24" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E24" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="F24" s="1">
         <v>8.22</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B25" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E25" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="F25" s="1">
         <v>7.91</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B26" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E26" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="F26" s="1">
         <v>7.6</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B27" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E27" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="F27" s="1">
         <v>7.6</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B28" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E28" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="F28" s="1">
         <v>8.1</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7">
+      <c r="A29" t="s">
+        <v>213</v>
+      </c>
+      <c r="B29" t="s">
+        <v>189</v>
+      </c>
+      <c r="C29" t="s">
+        <v>10</v>
+      </c>
+      <c r="D29" t="s">
+        <v>256</v>
+      </c>
+      <c r="E29" t="s">
+        <v>256</v>
+      </c>
+      <c r="F29" s="1">
+        <v>7.7</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7">
+      <c r="A30" t="s">
+        <v>214</v>
+      </c>
+      <c r="B30" t="s">
+        <v>189</v>
+      </c>
+      <c r="C30" t="s">
+        <v>10</v>
+      </c>
+      <c r="D30" t="s">
+        <v>256</v>
+      </c>
+      <c r="E30" t="s">
+        <v>256</v>
+      </c>
+      <c r="F30" s="1">
+        <v>8</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G23"/>
+  <dimension ref="A1:G25"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F1" sqref="F1:F23"/>
+      <selection activeCell="F1" sqref="F1:F25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="E1" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B2" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E2" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="F2" s="1">
         <v>136</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
+        <v>192</v>
+      </c>
+      <c r="B3" t="s">
+        <v>189</v>
+      </c>
+      <c r="C3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3" t="s">
         <v>190</v>
       </c>
-      <c r="B3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E3" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="F3" s="1">
         <v>137.8</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
+        <v>193</v>
+      </c>
+      <c r="B4" t="s">
+        <v>189</v>
+      </c>
+      <c r="C4" t="s">
+        <v>10</v>
+      </c>
+      <c r="D4" t="s">
+        <v>190</v>
+      </c>
+      <c r="E4" t="s">
         <v>191</v>
-      </c>
-[...10 lines deleted...]
-        <v>189</v>
       </c>
       <c r="F4" s="1">
         <v>148.4</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B5" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E5" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="F5" s="1">
         <v>146</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B6" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E6" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="F6" s="1">
         <v>146</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B7" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E7" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="F7" s="1">
         <v>151</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B8" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E8" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="F8" s="1">
         <v>148</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B9" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E9" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="F9" s="1">
         <v>154</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B10" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E10" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="F10" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B11" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E11" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="F11" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B12" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E12" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="F12" s="1">
         <v>153</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B13" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E13" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="F13" s="1">
         <v>157</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B14" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E14" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="F14" s="1">
         <v>159</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B15" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E15" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="F15" s="1">
         <v>157.8</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B16" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E16" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="F16" s="1">
         <v>157.3</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B17" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E17" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="F17" s="1">
         <v>109.7</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B18" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E18" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="F18" s="1">
         <v>158</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B19" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E19" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="F19" s="1">
         <v>160.4</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B20" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E20" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="F20" s="1">
         <v>161</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B21" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E21" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="F21" s="1">
         <v>155.8</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B22" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E22" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="F22" s="1">
         <v>151</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B23" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E23" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="F23" s="1">
         <v>168.8</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7">
+      <c r="A24" t="s">
+        <v>213</v>
+      </c>
+      <c r="B24" t="s">
+        <v>189</v>
+      </c>
+      <c r="C24" t="s">
+        <v>10</v>
+      </c>
+      <c r="D24" t="s">
+        <v>190</v>
+      </c>
+      <c r="E24" t="s">
+        <v>191</v>
+      </c>
+      <c r="F24" s="1">
+        <v>160.4</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7">
+      <c r="A25" t="s">
+        <v>214</v>
+      </c>
+      <c r="B25" t="s">
+        <v>189</v>
+      </c>
+      <c r="C25" t="s">
+        <v>10</v>
+      </c>
+      <c r="D25" t="s">
+        <v>190</v>
+      </c>
+      <c r="E25" t="s">
+        <v>191</v>
+      </c>
+      <c r="F25" s="1">
+        <v>153.1</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G65"/>
+  <dimension ref="A1:G69"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F1" sqref="F1:F65"/>
+      <selection activeCell="F1" sqref="F1:F69"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="E1" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="B2" t="s">
-        <v>213</v>
+        <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E2" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F2" s="1">
-        <v>7.33</v>
+        <v>7.318</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="B3" t="s">
-        <v>9</v>
+        <v>217</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E3" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F3" s="1">
-        <v>7.318</v>
+        <v>7.33</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="B4" t="s">
-        <v>213</v>
+        <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E4" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F4" s="1">
-        <v>7.85</v>
+        <v>7.149</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="B5" t="s">
-        <v>9</v>
+        <v>217</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E5" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F5" s="1">
-        <v>7.149</v>
+        <v>7.85</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E6" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F6" s="1">
         <v>7.465</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B7" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E7" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F7" s="1">
         <v>8.02</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E8" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F8" s="1">
         <v>7.62</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="B9" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E9" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F9" s="1">
         <v>7.506</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="B10" t="s">
-        <v>9</v>
+        <v>217</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E10" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F10" s="1">
-        <v>7.428</v>
+        <v>7.2</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="B11" t="s">
-        <v>213</v>
+        <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E11" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F11" s="1">
-        <v>7.2</v>
+        <v>7.428</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="B12" t="s">
-        <v>9</v>
+        <v>225</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E12" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F12" s="1">
-        <v>7.444</v>
+        <v>7.56</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="B13" t="s">
-        <v>221</v>
+        <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E13" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F13" s="1">
-        <v>7.56</v>
+        <v>7.444</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E14" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F14" s="1">
         <v>7.119</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="B15" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E15" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F15" s="1">
         <v>7.16</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B16" t="s">
-        <v>9</v>
+        <v>189</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E16" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F16" s="1">
-        <v>7.442</v>
+        <v>7.1</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B17" t="s">
-        <v>187</v>
+        <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E17" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F17" s="1">
-        <v>7.1</v>
+        <v>7.442</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="B18" t="s">
-        <v>187</v>
+        <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E18" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F18" s="1">
-        <v>7.48</v>
+        <v>7.337</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="B19" t="s">
-        <v>9</v>
+        <v>189</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E19" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F19" s="1">
-        <v>7.337</v>
+        <v>7.48</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E20" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F20" s="1">
         <v>7.15</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="B21" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E21" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F21" s="1">
         <v>7.28</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="B22" t="s">
-        <v>187</v>
+        <v>9</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E22" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F22" s="1">
-        <v>7.56</v>
+        <v>7.405</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="B23" t="s">
-        <v>9</v>
+        <v>189</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E23" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F23" s="1">
-        <v>7.405</v>
+        <v>7.56</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B24" t="s">
-        <v>237</v>
+        <v>9</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E24" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F24" s="1">
-        <v>7.6</v>
+        <v>7.598</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B25" t="s">
-        <v>9</v>
+        <v>241</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E25" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F25" s="1">
-        <v>7.598</v>
+        <v>7.6</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B26" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E26" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F26" s="1">
         <v>7.43</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E27" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F27" s="1">
         <v>7.443</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B28" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E28" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F28" s="1">
         <v>7.93</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E29" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F29" s="1">
         <v>7.564</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B30" t="s">
-        <v>9</v>
+        <v>242</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E30" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F30" s="1">
-        <v>7.234</v>
+        <v>7.26</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B31" t="s">
-        <v>238</v>
+        <v>9</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E31" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F31" s="1">
-        <v>7.26</v>
+        <v>7.234</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E32" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F32" s="1">
         <v>7.263</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B33" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E33" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F33" s="1">
         <v>7.28</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E34" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F34" s="1">
         <v>7.406</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B35" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E35" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F35" s="1">
         <v>7.48</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E36" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F36" s="1">
         <v>7.63</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B37" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E37" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F37" s="1">
         <v>7.62</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B38" t="s">
         <v>56</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E38" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F38" s="1">
         <v>7.45</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E39" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F39" s="1">
         <v>7.753</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B40" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E40" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F40" s="1">
-        <v>7.341</v>
+        <v>7.26</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B41" t="s">
-        <v>56</v>
+        <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E41" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F41" s="1">
-        <v>7.26</v>
+        <v>7.341</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B42" t="s">
         <v>56</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E42" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F42" s="1">
         <v>7.34</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E43" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F43" s="1">
         <v>7.289</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E44" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F44" s="1">
         <v>7.35</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B45" t="s">
         <v>56</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E45" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F45" s="1">
         <v>7.02</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E46" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F46" s="1">
         <v>7.143</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B47" t="s">
         <v>56</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E47" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F47" s="1">
         <v>7.11</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B48" t="s">
         <v>56</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E48" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F48" s="1"/>
       <c r="G48" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E49" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F49" s="1">
         <v>7.668</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E50" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F50" s="1">
         <v>7.219</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B51" t="s">
         <v>56</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E51" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F51" s="1">
         <v>7.332</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B52" t="s">
         <v>56</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E52" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F52" s="1">
         <v>7.338</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E53" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F53" s="1">
         <v>7.24</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E54" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F54" s="1"/>
       <c r="G54" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B55" t="s">
-        <v>56</v>
+        <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E55" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F55" s="1">
-        <v>7.219</v>
+        <v>6.972</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B56" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E56" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F56" s="1">
-        <v>6.972</v>
+        <v>7.219</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B57" t="s">
-        <v>56</v>
+        <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E57" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F57" s="1">
-        <v>7.337</v>
+        <v>7.038</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B58" t="s">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E58" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F58" s="1">
-        <v>7.038</v>
+        <v>7.337</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E59" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F59" s="1">
         <v>7.11</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B60" t="s">
         <v>56</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E60" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F60" s="1">
         <v>7.197</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B61" t="s">
         <v>56</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E61" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F61" s="1">
         <v>7.145</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B62" t="s">
         <v>56</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E62" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F62" s="1">
         <v>7.004</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>10</v>
       </c>
       <c r="D63" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E63" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F63" s="1">
         <v>7.129</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
         <v>174</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E64" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F64" s="1">
         <v>7.432</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B65" t="s">
         <v>56</v>
       </c>
       <c r="C65" t="s">
         <v>10</v>
       </c>
       <c r="D65" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E65" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F65" s="1">
         <v>7.476</v>
+      </c>
+    </row>
+    <row r="66" spans="1:7">
+      <c r="A66" t="s">
+        <v>177</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>10</v>
+      </c>
+      <c r="D66" t="s">
+        <v>256</v>
+      </c>
+      <c r="E66" t="s">
+        <v>257</v>
+      </c>
+      <c r="F66" s="1">
+        <v>7.14</v>
+      </c>
+    </row>
+    <row r="67" spans="1:7">
+      <c r="A67" t="s">
+        <v>213</v>
+      </c>
+      <c r="B67" t="s">
+        <v>56</v>
+      </c>
+      <c r="C67" t="s">
+        <v>10</v>
+      </c>
+      <c r="D67" t="s">
+        <v>256</v>
+      </c>
+      <c r="E67" t="s">
+        <v>257</v>
+      </c>
+      <c r="F67" s="1">
+        <v>7.206</v>
+      </c>
+    </row>
+    <row r="68" spans="1:7">
+      <c r="A68" t="s">
+        <v>180</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>10</v>
+      </c>
+      <c r="D68" t="s">
+        <v>256</v>
+      </c>
+      <c r="E68" t="s">
+        <v>257</v>
+      </c>
+      <c r="F68" s="1">
+        <v>7.495</v>
+      </c>
+    </row>
+    <row r="69" spans="1:7">
+      <c r="A69" t="s">
+        <v>214</v>
+      </c>
+      <c r="B69" t="s">
+        <v>56</v>
+      </c>
+      <c r="C69" t="s">
+        <v>10</v>
+      </c>
+      <c r="D69" t="s">
+        <v>256</v>
+      </c>
+      <c r="E69" t="s">
+        <v>257</v>
+      </c>
+      <c r="F69" s="1">
+        <v>7.367</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G35"/>
+  <dimension ref="A1:G37"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F1" sqref="F1:F35"/>
+      <selection activeCell="F1" sqref="F1:F37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="E1" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="B2" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E2" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="F2" s="1">
         <v>389</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="B3" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E3" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="F3" s="1">
         <v>332.65</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B4" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E4" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="F4" s="1">
         <v>338.93</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
+        <v>221</v>
+      </c>
+      <c r="B5" t="s">
         <v>217</v>
       </c>
-      <c r="B5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E5" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="F5" s="1">
         <v>257.31</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="B6" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E6" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="F6" s="1">
         <v>257.83</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="B7" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E7" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="F7" s="1">
         <v>282.44</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="B8" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E8" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="F8" s="1">
         <v>279</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="B9" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E9" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="F9" s="1">
         <v>237.799</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B10" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E10" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="F10" s="1">
         <v>281.512</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="B11" t="s">
-        <v>187</v>
+        <v>232</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E11" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="F11" s="1">
-        <v>410</v>
+        <v>338</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="B12" t="s">
-        <v>228</v>
+        <v>189</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E12" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="F12" s="1">
-        <v>338</v>
+        <v>410</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="B13" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E13" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="F13" s="1">
         <v>331.107</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="B14" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E14" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="F14" s="1">
         <v>299.965</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B15" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E15" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="F15" s="1">
         <v>313.802</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B16" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E16" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="F16" s="1">
         <v>311.576</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B17" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E17" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="F17" s="1">
         <v>262.935</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B18" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E18" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="F18" s="1">
         <v>311.008</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B19" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E19" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="F19" s="1">
         <v>252.524</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B20" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E20" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="F20" s="1">
         <v>254.505</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B21" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E21" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="F21" s="1">
         <v>279.886</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B22" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E22" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="F22" s="1">
         <v>266.435</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B23" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E23" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="F23" s="1">
         <v>251.456</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B24" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E24" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="F24" s="1">
         <v>260.931</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B25" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E25" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="F25" s="1">
         <v>279.557</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B26" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E26" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="F26" s="1">
         <v>284.884</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B27" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E27" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="F27" s="1">
         <v>233.438</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B28" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E28" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="F28" s="1">
         <v>266.787</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B29" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E29" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="F29" s="1">
         <v>254.1</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B30" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E30" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="F30" s="1">
         <v>304.6</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B31" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E31" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="F31" s="1">
         <v>279.6</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B32" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E32" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="F32" s="1">
         <v>352.2</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B33" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E33" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="F33" s="1">
         <v>322.306</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B34" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E34" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="F34" s="1">
         <v>321.483</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B35" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E35" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="F35" s="1">
         <v>364.132</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7">
+      <c r="A36" t="s">
+        <v>213</v>
+      </c>
+      <c r="B36" t="s">
+        <v>189</v>
+      </c>
+      <c r="C36" t="s">
+        <v>10</v>
+      </c>
+      <c r="D36" t="s">
+        <v>230</v>
+      </c>
+      <c r="E36" t="s">
+        <v>258</v>
+      </c>
+      <c r="F36" s="1">
+        <v>328.358</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7">
+      <c r="A37" t="s">
+        <v>214</v>
+      </c>
+      <c r="B37" t="s">
+        <v>189</v>
+      </c>
+      <c r="C37" t="s">
+        <v>10</v>
+      </c>
+      <c r="D37" t="s">
+        <v>230</v>
+      </c>
+      <c r="E37" t="s">
+        <v>258</v>
+      </c>
+      <c r="F37" s="1">
+        <v>303.672</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G35"/>
+  <dimension ref="A1:G37"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F1" sqref="F1:F35"/>
+      <selection activeCell="F1" sqref="F1:F37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="E1" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="B2" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E2" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="F2" s="1">
         <v>2980</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="B3" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E3" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="F3" s="1">
         <v>3226.68</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B4" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E4" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="F4" s="1">
         <v>3005.37</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
+        <v>221</v>
+      </c>
+      <c r="B5" t="s">
         <v>217</v>
       </c>
-      <c r="B5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E5" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="F5" s="1">
         <v>2906.57</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="B6" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E6" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="F6" s="1">
         <v>2353.93</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="B7" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E7" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="F7" s="1">
         <v>2422.1</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="B8" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E8" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="F8" s="1">
         <v>1132</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="B9" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E9" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="F9" s="1">
         <v>2793.91</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B10" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E10" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="F10" s="1">
         <v>2592.51</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="B11" t="s">
-        <v>187</v>
+        <v>232</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E11" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="F11" s="1">
-        <v>3489</v>
+        <v>2674</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="B12" t="s">
-        <v>228</v>
+        <v>189</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E12" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="F12" s="1">
-        <v>2674</v>
+        <v>3489</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="B13" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E13" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="F13" s="1">
         <v>2632.65</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="B14" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E14" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="F14" s="1">
         <v>2502.79</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B15" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E15" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="F15" s="1">
         <v>2485.46</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B16" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E16" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="F16" s="1">
         <v>2132.26</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B17" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E17" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="F17" s="1">
         <v>2338.23</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B18" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E18" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="F18" s="1">
         <v>2654.83</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B19" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E19" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="F19" s="1">
         <v>2280.67</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B20" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E20" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="F20" s="1">
         <v>2268.53</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B21" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E21" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="F21" s="1">
         <v>2289.25</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B22" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E22" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="F22" s="1">
         <v>2408.15</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B23" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E23" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="F23" s="1">
         <v>2267.24</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B24" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E24" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="F24" s="1">
         <v>2184.09</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B25" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E25" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="F25" s="1">
         <v>2474.8</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B26" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E26" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="F26" s="1">
         <v>2466.65</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B27" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E27" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="F27" s="1">
         <v>1891.86</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B28" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E28" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="F28" s="1">
         <v>2453.899</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B29" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E29" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="F29" s="1">
         <v>2310</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B30" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E30" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="F30" s="1">
         <v>2507</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B31" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E31" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="F31" s="1">
         <v>2445</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B32" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E32" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="F32" s="1">
         <v>3044</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B33" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E33" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="F33" s="1">
         <v>2794.826</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B34" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E34" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="F34" s="1">
         <v>2774.236</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B35" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E35" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="F35" s="1">
         <v>3046.975</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7">
+      <c r="A36" t="s">
+        <v>213</v>
+      </c>
+      <c r="B36" t="s">
+        <v>189</v>
+      </c>
+      <c r="C36" t="s">
+        <v>10</v>
+      </c>
+      <c r="D36" t="s">
+        <v>230</v>
+      </c>
+      <c r="E36" t="s">
+        <v>259</v>
+      </c>
+      <c r="F36" s="1">
+        <v>2800.814</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7">
+      <c r="A37" t="s">
+        <v>214</v>
+      </c>
+      <c r="B37" t="s">
+        <v>189</v>
+      </c>
+      <c r="C37" t="s">
+        <v>10</v>
+      </c>
+      <c r="D37" t="s">
+        <v>230</v>
+      </c>
+      <c r="E37" t="s">
+        <v>259</v>
+      </c>
+      <c r="F37" s="1">
+        <v>2587.924</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G35"/>
+  <dimension ref="A1:G37"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F1" sqref="F1:F35"/>
+      <selection activeCell="F1" sqref="F1:F37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="E1" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="B2" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E2" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="F2" s="1">
         <v>11500</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="B3" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E3" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="F3" s="1">
         <v>12730</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B4" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E4" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="F4" s="1">
         <v>11760</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
+        <v>221</v>
+      </c>
+      <c r="B5" t="s">
         <v>217</v>
       </c>
-      <c r="B5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E5" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="F5" s="1">
         <v>12794</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="B6" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E6" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="F6" s="1">
         <v>11270</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="B7" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E7" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="F7" s="1">
         <v>9835</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="B8" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E8" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="F8" s="1">
         <v>10750</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="B9" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E9" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="F9" s="1">
         <v>11400</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B10" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E10" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="F10" s="1">
         <v>8500</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="B11" t="s">
-        <v>228</v>
+        <v>189</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E11" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="F11" s="1">
-        <v>11420</v>
+        <v>8800</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="B12" t="s">
-        <v>187</v>
+        <v>232</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E12" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="F12" s="1">
-        <v>8800</v>
+        <v>11420</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="B13" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E13" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="F13" s="1">
         <v>11300</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="B14" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E14" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="F14" s="1">
         <v>10860</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B15" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E15" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="F15" s="1">
         <v>9640</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B16" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E16" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="F16" s="1">
         <v>10888</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B17" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E17" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="F17" s="1">
         <v>9275</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B18" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E18" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="F18" s="1">
         <v>10640</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B19" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E19" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="F19" s="1">
         <v>7310</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B20" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E20" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="F20" s="1">
         <v>9940</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B21" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E21" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="F21" s="1">
         <v>10400</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B22" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E22" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="F22" s="1">
         <v>9340</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B23" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E23" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="F23" s="1">
         <v>8900</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B24" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E24" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="F24" s="1">
         <v>9100</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B25" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E25" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="F25" s="1">
         <v>9990</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B26" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E26" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="F26" s="1">
         <v>9310</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B27" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E27" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="F27" s="1">
         <v>10700</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B28" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E28" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="F28" s="1">
         <v>9630</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B29" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E29" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="F29" s="1">
         <v>8570</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B30" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E30" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="F30" s="1">
         <v>10550</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B31" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E31" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="F31" s="1">
         <v>12020</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B32" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E32" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="F32" s="1">
         <v>13120</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B33" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E33" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="F33" s="1">
         <v>10580</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B34" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E34" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="F34" s="1">
         <v>12136</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B35" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E35" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="F35" s="1">
         <v>13650</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7">
+      <c r="A36" t="s">
+        <v>213</v>
+      </c>
+      <c r="B36" t="s">
+        <v>189</v>
+      </c>
+      <c r="C36" t="s">
+        <v>10</v>
+      </c>
+      <c r="D36" t="s">
+        <v>230</v>
+      </c>
+      <c r="E36" t="s">
+        <v>260</v>
+      </c>
+      <c r="F36" s="1">
+        <v>14310</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7">
+      <c r="A37" t="s">
+        <v>214</v>
+      </c>
+      <c r="B37" t="s">
+        <v>189</v>
+      </c>
+      <c r="C37" t="s">
+        <v>10</v>
+      </c>
+      <c r="D37" t="s">
+        <v>230</v>
+      </c>
+      <c r="E37" t="s">
+        <v>260</v>
+      </c>
+      <c r="F37" s="1">
+        <v>10800</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet24.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G8"/>
+  <dimension ref="A1:G9"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F1" sqref="F1:F8"/>
+      <selection activeCell="F1" sqref="F1:F9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="E1" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B2" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E2" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="F2" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B3" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E3" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="F3" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B4" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E4" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="F4" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B5" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E5" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="F5" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B6" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E6" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="F6" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B7" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E7" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="F7" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B8" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E8" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="F8" s="1">
         <v>3</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7">
+      <c r="A9" t="s">
+        <v>214</v>
+      </c>
+      <c r="B9" t="s">
+        <v>189</v>
+      </c>
+      <c r="C9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D9" t="s">
+        <v>230</v>
+      </c>
+      <c r="E9" t="s">
+        <v>261</v>
+      </c>
+      <c r="F9" s="1">
+        <v>18</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet25.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G8"/>
+  <dimension ref="A1:G10"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F1" sqref="F1:F8"/>
+      <selection activeCell="F1" sqref="F1:F10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="E1" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B2" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E2" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="F2" s="1">
         <v>8820</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B3" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E3" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="F3" s="1">
         <v>10960</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B4" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E4" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="F4" s="1">
         <v>12300</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B5" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E5" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="F5" s="1">
         <v>14000</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B6" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E6" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="F6" s="1">
         <v>11150</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B7" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E7" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="F7" s="1">
         <v>14090</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B8" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E8" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="F8" s="1">
         <v>12130</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7">
+      <c r="A9" t="s">
+        <v>213</v>
+      </c>
+      <c r="B9" t="s">
+        <v>189</v>
+      </c>
+      <c r="C9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D9" t="s">
+        <v>230</v>
+      </c>
+      <c r="E9" t="s">
+        <v>262</v>
+      </c>
+      <c r="F9" s="1">
+        <v>15640</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7">
+      <c r="A10" t="s">
+        <v>214</v>
+      </c>
+      <c r="B10" t="s">
+        <v>189</v>
+      </c>
+      <c r="C10" t="s">
+        <v>10</v>
+      </c>
+      <c r="D10" t="s">
+        <v>230</v>
+      </c>
+      <c r="E10" t="s">
+        <v>262</v>
+      </c>
+      <c r="F10" s="1">
+        <v>11900</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet26.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G35"/>
+  <dimension ref="A1:G37"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F1" sqref="F1:F35"/>
+      <selection activeCell="F1" sqref="F1:F37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="E1" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="B2" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E2" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="F2" s="1">
         <v>573</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="B3" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E3" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="F3" s="1">
         <v>582</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B4" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E4" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="F4" s="1">
         <v>538</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
+        <v>221</v>
+      </c>
+      <c r="B5" t="s">
         <v>217</v>
       </c>
-      <c r="B5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E5" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="F5" s="1">
         <v>595</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="B6" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E6" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="F6" s="1">
         <v>536</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="B7" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E7" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="F7" s="1">
         <v>587</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="B8" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E8" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="F8" s="1">
         <v>680</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="B9" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E9" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="F9" s="1">
         <v>470</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B10" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E10" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="F10" s="1">
         <v>244.04</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="B11" t="s">
-        <v>187</v>
+        <v>232</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E11" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="F11" s="1">
-        <v>489.92</v>
+        <v>531</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="B12" t="s">
-        <v>228</v>
+        <v>189</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E12" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="F12" s="1">
-        <v>531</v>
+        <v>489.92</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="B13" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E13" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="F13" s="1">
         <v>679.32</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="B14" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E14" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="F14" s="1">
         <v>497.91</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B15" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E15" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="F15" s="1">
         <v>921.11</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B16" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E16" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="F16" s="1">
         <v>469.75</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B17" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E17" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="F17" s="1">
         <v>592.67</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B18" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E18" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="F18" s="1">
         <v>478.92</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B19" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E19" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="F19" s="1">
         <v>1037.61</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B20" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E20" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="F20" s="1">
         <v>428.73</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B21" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E21" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="F21" s="1">
         <v>426.1</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B22" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E22" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="F22" s="1">
         <v>554.1</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B23" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E23" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="F23" s="1">
         <v>575.8</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B24" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E24" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="F24" s="1">
         <v>534</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B25" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E25" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="F25" s="1">
         <v>523.7</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B26" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E26" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="F26" s="1">
         <v>637.5</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B27" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E27" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="F27" s="1">
         <v>579</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B28" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E28" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="F28" s="1">
         <v>547</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B29" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E29" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="F29" s="1">
         <v>628</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B30" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E30" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="F30" s="1">
         <v>558</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B31" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E31" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="F31" s="1">
         <v>516</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B32" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E32" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="F32" s="1">
         <v>650</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B33" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E33" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="F33" s="1">
         <v>596</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B34" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E34" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="F34" s="1">
         <v>609</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B35" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E35" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="F35" s="1">
         <v>611</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7">
+      <c r="A36" t="s">
+        <v>213</v>
+      </c>
+      <c r="B36" t="s">
+        <v>189</v>
+      </c>
+      <c r="C36" t="s">
+        <v>10</v>
+      </c>
+      <c r="D36" t="s">
+        <v>230</v>
+      </c>
+      <c r="E36" t="s">
+        <v>263</v>
+      </c>
+      <c r="F36" s="1">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7">
+      <c r="A37" t="s">
+        <v>214</v>
+      </c>
+      <c r="B37" t="s">
+        <v>189</v>
+      </c>
+      <c r="C37" t="s">
+        <v>10</v>
+      </c>
+      <c r="D37" t="s">
+        <v>230</v>
+      </c>
+      <c r="E37" t="s">
+        <v>263</v>
+      </c>
+      <c r="F37" s="1">
+        <v>568</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet27.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G6"/>
+  <dimension ref="A1:G7"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F1" sqref="F1:F6"/>
+      <selection activeCell="F1" sqref="F1:F7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="E1" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B2" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E2" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F2" s="1">
         <v>2.5</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B3" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E3" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F3" s="1">
         <v>4.6</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B4" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E4" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F4" s="1">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B5" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E5" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F5" s="1">
         <v>3.6</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B6" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="E6" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F6" s="1">
         <v>7</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7">
+      <c r="A7" t="s">
+        <v>214</v>
+      </c>
+      <c r="B7" t="s">
+        <v>189</v>
+      </c>
+      <c r="C7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D7" t="s">
+        <v>264</v>
+      </c>
+      <c r="E7" t="s">
+        <v>265</v>
+      </c>
+      <c r="F7" s="1">
+        <v>5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet28.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G35"/>
+  <dimension ref="A1:G37"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F1" sqref="F1:F35"/>
+      <selection activeCell="F1" sqref="F1:F37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="E1" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="B2" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E2" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="F2" s="1">
         <v>0.08</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="B3" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E3" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="F3" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B4" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E4" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="F4" s="1">
         <v>0.027</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
+        <v>221</v>
+      </c>
+      <c r="B5" t="s">
         <v>217</v>
       </c>
-      <c r="B5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E5" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="F5" s="1">
         <v>0.16</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="B6" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E6" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="F6" s="1">
         <v>0.028</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="B7" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E7" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="F7" s="1">
         <v>0.032</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="B8" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E8" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="F8" s="1">
         <v>0.06</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="B9" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E9" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="F9" s="1">
         <v>0.056</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B10" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E10" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="F10" s="1">
         <v>0.029</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="B11" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E11" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="F11" s="1">
         <v>0.02</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="B12" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E12" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="F12" s="1">
         <v>0.102</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="B13" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E13" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="F13" s="1">
         <v>0.001</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="B14" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E14" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="F14" s="1">
         <v>0.001</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B15" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E15" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="F15" s="1">
         <v>0.085</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B16" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E16" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="F16" s="1">
         <v>0.085</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B17" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E17" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="F17" s="1">
         <v>0.085</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B18" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E18" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="F18" s="1">
         <v>0.125</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B19" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E19" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="F19" s="1">
         <v>0.059</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B20" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E20" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="F20" s="1">
         <v>0.032</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B21" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E21" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="F21" s="1">
         <v>0.045</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B22" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E22" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="F22" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B23" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E23" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="F23" s="1">
         <v>0.065</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B24" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E24" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="F24" s="1">
         <v>0.096</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B25" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E25" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="F25" s="1">
         <v>0.007</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B26" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E26" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="F26" s="1">
         <v>0.001</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B27" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E27" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="F27" s="1">
         <v>0.005</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B28" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E28" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="F28" s="1">
         <v>0.01</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B29" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E29" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="F29" s="1">
         <v>0.006</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B30" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E30" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="F30" s="1">
         <v>0.028</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B31" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E31" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="F31" s="1">
         <v>0.075</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B32" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E32" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="F32" s="1">
         <v>0.028</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B33" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E33" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="F33" s="1">
         <v>0.026</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B34" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E34" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="F34" s="1">
         <v>0.021</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B35" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E35" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="F35" s="1">
         <v>0.079</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7">
+      <c r="A36" t="s">
+        <v>213</v>
+      </c>
+      <c r="B36" t="s">
+        <v>189</v>
+      </c>
+      <c r="C36" t="s">
+        <v>10</v>
+      </c>
+      <c r="D36" t="s">
+        <v>230</v>
+      </c>
+      <c r="E36" t="s">
+        <v>266</v>
+      </c>
+      <c r="F36" s="1">
+        <v>0.051</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7">
+      <c r="A37" t="s">
+        <v>214</v>
+      </c>
+      <c r="B37" t="s">
+        <v>189</v>
+      </c>
+      <c r="C37" t="s">
+        <v>10</v>
+      </c>
+      <c r="D37" t="s">
+        <v>230</v>
+      </c>
+      <c r="E37" t="s">
+        <v>266</v>
+      </c>
+      <c r="F37" s="1">
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G23"/>
+  <dimension ref="A1:G25"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F1" sqref="F1:F23"/>
+      <selection activeCell="F1" sqref="F1:F25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="E1" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B2" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E2" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="F2" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
+        <v>192</v>
+      </c>
+      <c r="B3" t="s">
+        <v>189</v>
+      </c>
+      <c r="C3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3" t="s">
         <v>190</v>
       </c>
-      <c r="B3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E3" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="F3" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B4" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E4" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="F4" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B5" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E5" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="F5" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B6" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E6" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="F6" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B7" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E7" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="F7" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B8" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E8" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="F8" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B9" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E9" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="F9" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B10" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E10" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="F10" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B11" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E11" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="F11" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B12" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E12" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="F12" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B13" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E13" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="F13" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B14" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E14" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="F14" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B15" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E15" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="F15" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B16" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E16" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="F16" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B17" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E17" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="F17" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B18" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E18" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="F18" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B19" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E19" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="F19" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B20" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E20" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="F20" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B21" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E21" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="F21" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B22" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E22" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="F22" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B23" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E23" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="F23" s="1">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7">
+      <c r="A24" t="s">
+        <v>213</v>
+      </c>
+      <c r="B24" t="s">
+        <v>189</v>
+      </c>
+      <c r="C24" t="s">
+        <v>10</v>
+      </c>
+      <c r="D24" t="s">
+        <v>190</v>
+      </c>
+      <c r="E24" t="s">
+        <v>215</v>
+      </c>
+      <c r="F24" s="1">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7">
+      <c r="A25" t="s">
+        <v>214</v>
+      </c>
+      <c r="B25" t="s">
+        <v>189</v>
+      </c>
+      <c r="C25" t="s">
+        <v>10</v>
+      </c>
+      <c r="D25" t="s">
+        <v>190</v>
+      </c>
+      <c r="E25" t="s">
+        <v>215</v>
+      </c>
+      <c r="F25" s="1">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G34"/>
+  <dimension ref="A1:G36"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F1" sqref="F1:F34"/>
+      <selection activeCell="F1" sqref="F1:F36"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="E1" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="B2" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E2" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="F2" s="1">
         <v>155.7</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="B3" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E3" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="F3" s="1">
         <v>166.2</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B4" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E4" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="F4" s="1">
         <v>171.9</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
+        <v>221</v>
+      </c>
+      <c r="B5" t="s">
         <v>217</v>
       </c>
-      <c r="B5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E5" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="F5" s="1">
         <v>148.3</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
+        <v>222</v>
+      </c>
+      <c r="B6" t="s">
+        <v>217</v>
+      </c>
+      <c r="C6" t="s">
+        <v>10</v>
+      </c>
+      <c r="D6" t="s">
+        <v>190</v>
+      </c>
+      <c r="E6" t="s">
         <v>218</v>
-      </c>
-[...10 lines deleted...]
-        <v>214</v>
       </c>
       <c r="F6" s="1">
         <v>162</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="B7" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E7" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="F7" s="1">
         <v>149.4</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="B8" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E8" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="F8" s="1">
         <v>153</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="B9" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E9" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="F9" s="1">
         <v>153</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B10" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E10" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="F10" s="1">
         <v>136</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="B11" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E11" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="F11" s="1">
         <v>138</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="B12" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E12" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="F12" s="1">
         <v>160.5</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="B13" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E13" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="F13" s="1">
         <v>160.7</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
+        <v>192</v>
+      </c>
+      <c r="B14" t="s">
+        <v>189</v>
+      </c>
+      <c r="C14" t="s">
+        <v>10</v>
+      </c>
+      <c r="D14" t="s">
         <v>190</v>
       </c>
-      <c r="B14" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E14" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="F14" s="1">
         <v>137.8</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B15" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E15" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="F15" s="1">
         <v>148.4</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B16" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E16" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="F16" s="1">
         <v>146</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B17" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E17" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="F17" s="1">
         <v>146</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B18" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E18" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="F18" s="1">
         <v>151</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B19" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E19" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="F19" s="1">
         <v>148</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B20" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E20" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="F20" s="1">
         <v>154</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B21" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E21" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="F21" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B22" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E22" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="F22" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B23" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E23" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="F23" s="1">
         <v>153</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B24" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E24" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="F24" s="1">
         <v>157</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B25" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E25" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="F25" s="1">
         <v>159</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B26" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E26" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="F26" s="1">
         <v>157.8</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B27" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E27" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="F27" s="1">
         <v>157.3</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B28" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E28" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="F28" s="1">
         <v>109.7</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B29" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E29" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="F29" s="1">
         <v>158</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B30" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E30" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="F30" s="1">
         <v>160.4</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B31" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E31" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="F31" s="1">
         <v>161</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B32" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E32" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="F32" s="1">
         <v>155.8</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B33" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E33" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="F33" s="1">
         <v>151</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B34" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E34" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="F34" s="1">
         <v>168.8</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7">
+      <c r="A35" t="s">
+        <v>213</v>
+      </c>
+      <c r="B35" t="s">
+        <v>189</v>
+      </c>
+      <c r="C35" t="s">
+        <v>10</v>
+      </c>
+      <c r="D35" t="s">
+        <v>190</v>
+      </c>
+      <c r="E35" t="s">
+        <v>218</v>
+      </c>
+      <c r="F35" s="1">
+        <v>160.4</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7">
+      <c r="A36" t="s">
+        <v>214</v>
+      </c>
+      <c r="B36" t="s">
+        <v>189</v>
+      </c>
+      <c r="C36" t="s">
+        <v>10</v>
+      </c>
+      <c r="D36" t="s">
+        <v>190</v>
+      </c>
+      <c r="E36" t="s">
+        <v>218</v>
+      </c>
+      <c r="F36" s="1">
+        <v>153.1</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G35"/>
+  <dimension ref="A1:G37"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F1" sqref="F1:F35"/>
+      <selection activeCell="F1" sqref="F1:F37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="E1" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="B2" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E2" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F2" s="1">
         <v>0.309</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="B3" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E3" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F3" s="1">
         <v>0.27</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B4" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E4" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F4" s="1">
         <v>0.237</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
+        <v>221</v>
+      </c>
+      <c r="B5" t="s">
         <v>217</v>
       </c>
-      <c r="B5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E5" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F5" s="1">
         <v>0.243</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="B6" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E6" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F6" s="1">
         <v>0.322</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="B7" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E7" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F7" s="1">
         <v>0.224</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="B8" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E8" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F8" s="1">
         <v>0.254</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="B9" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E9" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F9" s="1">
         <v>0.228</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B10" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E10" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F10" s="1">
         <v>0.244</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="B11" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E11" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F11" s="1">
         <v>0.246</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="B12" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E12" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F12" s="1">
         <v>0.286</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="B13" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E13" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F13" s="1">
         <v>0.508</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="B14" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E14" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F14" s="1">
         <v>0.423</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B15" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E15" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F15" s="1">
         <v>0.336</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B16" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E16" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F16" s="1">
         <v>0.292</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B17" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E17" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F17" s="1">
         <v>0.247</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B18" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E18" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F18" s="1">
         <v>0.303</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B19" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E19" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F19" s="1">
         <v>0.236</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B20" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E20" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F20" s="1">
         <v>0.274</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B21" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E21" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F21" s="1">
         <v>0.271</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B22" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E22" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F22" s="1">
         <v>0.256</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B23" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E23" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F23" s="1">
         <v>0.306</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B24" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E24" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F24" s="1">
         <v>0.478</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B25" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E25" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F25" s="1">
         <v>0.218</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B26" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E26" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F26" s="1">
         <v>0.26</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B27" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E27" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F27" s="1">
         <v>0.208</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B28" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E28" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F28" s="1">
         <v>0.24</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B29" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E29" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F29" s="1">
         <v>0.223</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B30" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E30" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F30" s="1">
         <v>0.257</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B31" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E31" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F31" s="1">
         <v>0.245</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B32" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E32" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F32" s="1">
         <v>0.25</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B33" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E33" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F33" s="1">
         <v>0.25</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B34" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E34" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F34" s="1">
         <v>0.259</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B35" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E35" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F35" s="1">
         <v>0.309</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7">
+      <c r="A36" t="s">
+        <v>213</v>
+      </c>
+      <c r="B36" t="s">
+        <v>189</v>
+      </c>
+      <c r="C36" t="s">
+        <v>10</v>
+      </c>
+      <c r="D36" t="s">
+        <v>230</v>
+      </c>
+      <c r="E36" t="s">
+        <v>231</v>
+      </c>
+      <c r="F36" s="1">
+        <v>0.246</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7">
+      <c r="A37" t="s">
+        <v>214</v>
+      </c>
+      <c r="B37" t="s">
+        <v>189</v>
+      </c>
+      <c r="C37" t="s">
+        <v>10</v>
+      </c>
+      <c r="D37" t="s">
+        <v>230</v>
+      </c>
+      <c r="E37" t="s">
+        <v>231</v>
+      </c>
+      <c r="F37" s="1">
+        <v>0.246</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G12"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="E1" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="B2" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E2" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="F2" s="1">
         <v>189.8</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="B3" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E3" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="F3" s="1">
         <v>202.6</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B4" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E4" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="F4" s="1">
         <v>209.6</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
+        <v>221</v>
+      </c>
+      <c r="B5" t="s">
         <v>217</v>
       </c>
-      <c r="B5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E5" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="F5" s="1">
         <v>180.8</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="B6" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E6" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="F6" s="1">
         <v>197.5</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="B7" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E7" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="F7" s="1">
         <v>182.1</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="B8" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E8" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="F8" s="1">
         <v>186</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="B9" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E9" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="F9" s="1">
         <v>187</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="B10" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E10" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="F10" s="1">
         <v>198</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="B11" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E11" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="F11" s="1">
         <v>189</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="B12" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E12" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="F12" s="1">
         <v>186</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G35"/>
+  <dimension ref="A1:G37"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F1" sqref="F1:F35"/>
+      <selection activeCell="F1" sqref="F1:F37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="E1" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="B2" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E2" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="F2" s="1">
         <v>366</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="B3" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E3" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="F3" s="1">
         <v>417.97</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B4" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E4" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="F4" s="1">
         <v>337.16</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
+        <v>221</v>
+      </c>
+      <c r="B5" t="s">
         <v>217</v>
       </c>
-      <c r="B5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E5" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="F5" s="1">
         <v>321.05</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="B6" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E6" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="F6" s="1">
         <v>265.36</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="B7" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E7" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="F7" s="1">
         <v>340.82</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="B8" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E8" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="F8" s="1">
         <v>417</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="B9" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E9" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="F9" s="1">
         <v>234.761</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B10" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E10" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="F10" s="1">
         <v>270.07</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="B11" t="s">
-        <v>228</v>
+        <v>189</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E11" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="F11" s="1">
-        <v>326</v>
+        <v>403</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="B12" t="s">
-        <v>187</v>
+        <v>232</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E12" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="F12" s="1">
-        <v>403</v>
+        <v>326</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="B13" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E13" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="F13" s="1">
         <v>291.9</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="B14" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E14" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="F14" s="1">
         <v>279.24</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B15" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E15" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="F15" s="1">
         <v>272.9</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B16" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E16" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="F16" s="1">
         <v>281.87</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B17" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E17" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="F17" s="1">
         <v>274.66</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B18" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E18" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="F18" s="1">
         <v>328.4</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B19" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E19" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="F19" s="1">
         <v>276.27</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B20" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E20" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="F20" s="1">
         <v>263.46</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B21" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E21" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="F21" s="1">
         <v>278.57</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B22" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E22" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="F22" s="1">
         <v>271.5</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B23" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E23" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="F23" s="1">
         <v>257.84</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B24" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E24" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="F24" s="1">
         <v>272.56</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B25" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E25" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="F25" s="1">
         <v>257.65</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B26" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E26" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="F26" s="1">
         <v>266.82</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B27" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E27" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="F27" s="1">
         <v>203.38</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B28" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E28" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="F28" s="1">
         <v>261.47</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B29" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E29" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="F29" s="1">
         <v>241.6</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B30" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E30" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="F30" s="1">
         <v>247.3</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B31" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E31" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="F31" s="1">
         <v>238.2</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B32" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E32" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="F32" s="1">
         <v>267.3</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B33" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E33" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="F33" s="1">
         <v>269.683</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B34" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E34" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="F34" s="1">
         <v>264.201</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B35" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E35" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="F35" s="1">
         <v>295.764</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7">
+      <c r="A36" t="s">
+        <v>213</v>
+      </c>
+      <c r="B36" t="s">
+        <v>189</v>
+      </c>
+      <c r="C36" t="s">
+        <v>10</v>
+      </c>
+      <c r="D36" t="s">
+        <v>230</v>
+      </c>
+      <c r="E36" t="s">
+        <v>234</v>
+      </c>
+      <c r="F36" s="1">
+        <v>250.949</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7">
+      <c r="A37" t="s">
+        <v>214</v>
+      </c>
+      <c r="B37" t="s">
+        <v>189</v>
+      </c>
+      <c r="C37" t="s">
+        <v>10</v>
+      </c>
+      <c r="D37" t="s">
+        <v>230</v>
+      </c>
+      <c r="E37" t="s">
+        <v>234</v>
+      </c>
+      <c r="F37" s="1">
+        <v>251.198</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G11"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1:F11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="E1" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="B2" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E2" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="F2" s="1">
         <v>0.2</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="B3" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E3" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="F3" s="1">
         <v>0.2</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B4" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E4" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="F4" s="1">
         <v>0.2</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
+        <v>221</v>
+      </c>
+      <c r="B5" t="s">
         <v>217</v>
       </c>
-      <c r="B5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E5" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="F5" s="1">
         <v>0.2</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="B6" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E6" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="F6" s="1">
         <v>0.2</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="B7" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E7" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="F7" s="1">
         <v>0.2</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="B8" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E8" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="F8" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="B9" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E9" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="F9" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="B10" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E10" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="F10" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="B11" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E11" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="F11" s="1">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G35"/>
+  <dimension ref="A1:G37"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F1" sqref="F1:F35"/>
+      <selection activeCell="F1" sqref="F1:F37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="E1" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="G1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="B2" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E2" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="F2" s="1">
         <v>6416</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="B3" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E3" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="F3" s="1">
         <v>6269</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B4" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E4" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="F4" s="1">
         <v>6164</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
+        <v>221</v>
+      </c>
+      <c r="B5" t="s">
         <v>217</v>
       </c>
-      <c r="B5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E5" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="F5" s="1">
         <v>5783</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="B6" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E6" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="F6" s="1">
         <v>5454</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="B7" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E7" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="F7" s="1">
         <v>5374</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="B8" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E8" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="F8" s="1">
         <v>5140</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="B9" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E9" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="F9" s="1">
         <v>5250</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B10" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E10" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="F10" s="1">
         <v>4538.33</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="B11" t="s">
-        <v>187</v>
+        <v>232</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E11" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="F11" s="1">
-        <v>4967.1</v>
+        <v>5028</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="B12" t="s">
-        <v>228</v>
+        <v>189</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E12" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="F12" s="1">
-        <v>5028</v>
+        <v>4967.1</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="B13" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E13" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="F13" s="1">
         <v>5509.6</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="B14" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E14" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="F14" s="1">
         <v>4974.22</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B15" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E15" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="F15" s="1">
         <v>5166.23</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B16" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E16" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="F16" s="1">
         <v>4750.93</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B17" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E17" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="F17" s="1">
         <v>5027.07</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B18" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E18" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="F18" s="1">
         <v>4591.52</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B19" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E19" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="F19" s="1">
         <v>4347.55</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B20" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E20" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="F20" s="1">
         <v>5001.93</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B21" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E21" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="F21" s="1">
         <v>3880</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B22" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E22" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="F22" s="1">
         <v>5818</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B23" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E23" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="F23" s="1">
         <v>4809</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B24" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E24" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="F24" s="1">
         <v>3997</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B25" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E25" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="F25" s="1">
         <v>4956</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="B26" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E26" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="F26" s="1">
         <v>5372</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B27" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E27" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="F27" s="1">
         <v>2965</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="B28" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E28" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="F28" s="1">
         <v>4539.4</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B29" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E29" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="F29" s="1">
         <v>3495.4</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="B30" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E30" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="F30" s="1">
         <v>5049</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B31" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E31" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="F31" s="1">
         <v>3954.9</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B32" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C32" t="s">
         <v>10</v>
       </c>
       <c r="D32" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E32" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="F32" s="1">
         <v>5717.4</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B33" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C33" t="s">
         <v>10</v>
       </c>
       <c r="D33" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E33" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="F33" s="1">
         <v>5626.6</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B34" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E34" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="F34" s="1">
         <v>5278.8</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B35" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E35" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="F35" s="1">
         <v>6539.5</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7">
+      <c r="A36" t="s">
+        <v>213</v>
+      </c>
+      <c r="B36" t="s">
+        <v>189</v>
+      </c>
+      <c r="C36" t="s">
+        <v>10</v>
+      </c>
+      <c r="D36" t="s">
+        <v>230</v>
+      </c>
+      <c r="E36" t="s">
+        <v>236</v>
+      </c>
+      <c r="F36" s="1">
+        <v>5464.8</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7">
+      <c r="A37" t="s">
+        <v>214</v>
+      </c>
+      <c r="B37" t="s">
+        <v>189</v>
+      </c>
+      <c r="C37" t="s">
+        <v>10</v>
+      </c>
+      <c r="D37" t="s">
+        <v>230</v>
+      </c>
+      <c r="E37" t="s">
+        <v>236</v>
+      </c>
+      <c r="F37" s="1">
+        <v>5851.4</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">