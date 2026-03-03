--- v0 (2025-11-04)
+++ v1 (2026-03-03)
@@ -12,65 +12,77 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
+  <si>
+    <t>2022/1/19</t>
+  </si>
+  <si>
+    <t>Cadmio</t>
+  </si>
+  <si>
+    <t>mg/L</t>
+  </si>
+  <si>
+    <t>Diario</t>
+  </si>
+  <si>
+    <t>P-14 SDC</t>
+  </si>
+  <si>
+    <t>Valor de laboratorio corresponde a &lt;0.002 mg/L</t>
+  </si>
+  <si>
+    <t>2022/2/23</t>
+  </si>
+  <si>
+    <t>2022/3/23</t>
+  </si>
   <si>
     <t>2022/4/28</t>
-  </si>
-[...10 lines deleted...]
-    <t>P-14 SDC</t>
   </si>
   <si>
     <t>2022/5/25</t>
   </si>
   <si>
     <t>2022/6/22</t>
   </si>
   <si>
     <t>2022/7/27</t>
   </si>
   <si>
     <t>2022/8/24</t>
   </si>
   <si>
     <t>2022/9/28</t>
   </si>
   <si>
     <t>2022/10/26</t>
   </si>
   <si>
     <t>2022/11/23</t>
   </si>
   <si>
     <t>2022/12/21</t>
   </si>
@@ -96,59 +108,63 @@
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -412,392 +428,506 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F15"/>
+  <dimension ref="A1:G18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
-    <row r="1" spans="1:6">
+    <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1">
-        <v>2333.9</v>
+        <v>0.002</v>
       </c>
       <c r="F1" t="s">
         <v>4</v>
       </c>
-    </row>
-    <row r="2" spans="1:6">
+      <c r="G1" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="2" spans="1:7">
       <c r="A2" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B2" t="s">
         <v>1</v>
       </c>
       <c r="C2" t="s">
         <v>2</v>
       </c>
       <c r="D2" t="s">
         <v>3</v>
       </c>
       <c r="E2">
-        <v>2052.4</v>
+        <v>0.002</v>
       </c>
       <c r="F2" t="s">
         <v>4</v>
       </c>
-    </row>
-    <row r="3" spans="1:6">
+      <c r="G2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B3" t="s">
         <v>1</v>
       </c>
       <c r="C3" t="s">
         <v>2</v>
       </c>
       <c r="D3" t="s">
         <v>3</v>
       </c>
       <c r="E3">
-        <v>1789.64</v>
+        <v>0.002</v>
       </c>
       <c r="F3" t="s">
         <v>4</v>
       </c>
-    </row>
-    <row r="4" spans="1:6">
+      <c r="G3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>1</v>
       </c>
       <c r="C4" t="s">
         <v>2</v>
       </c>
       <c r="D4" t="s">
         <v>3</v>
       </c>
       <c r="E4">
-        <v>1836.25</v>
+        <v>0.002</v>
       </c>
       <c r="F4" t="s">
         <v>4</v>
       </c>
-    </row>
-    <row r="5" spans="1:6">
+      <c r="G4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B5" t="s">
         <v>1</v>
       </c>
       <c r="C5" t="s">
         <v>2</v>
       </c>
       <c r="D5" t="s">
         <v>3</v>
       </c>
       <c r="E5">
-        <v>2013.6</v>
+        <v>0.002</v>
       </c>
       <c r="F5" t="s">
         <v>4</v>
       </c>
-    </row>
-    <row r="6" spans="1:6">
+      <c r="G5" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B6" t="s">
         <v>1</v>
       </c>
       <c r="C6" t="s">
         <v>2</v>
       </c>
       <c r="D6" t="s">
         <v>3</v>
       </c>
       <c r="E6">
-        <v>2063.35</v>
+        <v>0.002</v>
       </c>
       <c r="F6" t="s">
         <v>4</v>
       </c>
-    </row>
-    <row r="7" spans="1:6">
+      <c r="G6" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B7" t="s">
         <v>1</v>
       </c>
       <c r="C7" t="s">
         <v>2</v>
       </c>
       <c r="D7" t="s">
         <v>3</v>
       </c>
       <c r="E7">
-        <v>1994.81</v>
+        <v>0.002</v>
       </c>
       <c r="F7" t="s">
         <v>4</v>
       </c>
-    </row>
-    <row r="8" spans="1:6">
+      <c r="G7" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B8" t="s">
         <v>1</v>
       </c>
       <c r="C8" t="s">
         <v>2</v>
       </c>
       <c r="D8" t="s">
         <v>3</v>
       </c>
       <c r="E8">
-        <v>1812.87</v>
+        <v>0.002</v>
       </c>
       <c r="F8" t="s">
         <v>4</v>
       </c>
-    </row>
-    <row r="9" spans="1:6">
+      <c r="G8" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B9" t="s">
         <v>1</v>
       </c>
       <c r="C9" t="s">
         <v>2</v>
       </c>
       <c r="D9" t="s">
         <v>3</v>
       </c>
       <c r="E9">
-        <v>1888.45</v>
+        <v>0.002</v>
       </c>
       <c r="F9" t="s">
         <v>4</v>
       </c>
-    </row>
-    <row r="10" spans="1:6">
+      <c r="G9" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B10" t="s">
         <v>1</v>
       </c>
       <c r="C10" t="s">
         <v>2</v>
       </c>
       <c r="D10" t="s">
         <v>3</v>
       </c>
       <c r="E10">
-        <v>1933.22</v>
+        <v>0.002</v>
       </c>
       <c r="F10" t="s">
         <v>4</v>
       </c>
-    </row>
-    <row r="11" spans="1:6">
+      <c r="G10" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B11" t="s">
         <v>1</v>
       </c>
       <c r="C11" t="s">
         <v>2</v>
       </c>
       <c r="D11" t="s">
         <v>3</v>
       </c>
       <c r="E11">
-        <v>2005.576</v>
+        <v>0.002</v>
       </c>
       <c r="F11" t="s">
         <v>4</v>
       </c>
-    </row>
-    <row r="12" spans="1:6">
+      <c r="G11" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B12" t="s">
         <v>1</v>
       </c>
       <c r="C12" t="s">
         <v>2</v>
       </c>
       <c r="D12" t="s">
         <v>3</v>
       </c>
       <c r="E12">
-        <v>1889.67</v>
+        <v>0.002</v>
       </c>
       <c r="F12" t="s">
         <v>4</v>
       </c>
-    </row>
-    <row r="13" spans="1:6">
+      <c r="G12" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B13" t="s">
         <v>1</v>
       </c>
       <c r="C13" t="s">
         <v>2</v>
       </c>
       <c r="D13" t="s">
         <v>3</v>
       </c>
       <c r="E13">
-        <v>1979.77</v>
+        <v>0.002</v>
       </c>
       <c r="F13" t="s">
         <v>4</v>
       </c>
-    </row>
-    <row r="14" spans="1:6">
+      <c r="G13" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B14" t="s">
         <v>1</v>
       </c>
       <c r="C14" t="s">
         <v>2</v>
       </c>
       <c r="D14" t="s">
         <v>3</v>
       </c>
       <c r="E14">
-        <v>1200.35</v>
+        <v>0.002</v>
       </c>
       <c r="F14" t="s">
         <v>4</v>
       </c>
-    </row>
-    <row r="15" spans="1:6">
+      <c r="G14" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B15" t="s">
         <v>1</v>
       </c>
       <c r="C15" t="s">
         <v>2</v>
       </c>
       <c r="D15" t="s">
         <v>3</v>
       </c>
       <c r="E15">
-        <v>1734.3</v>
+        <v>0.002</v>
       </c>
       <c r="F15" t="s">
         <v>4</v>
       </c>
+      <c r="G15" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7">
+      <c r="A16" t="s">
+        <v>20</v>
+      </c>
+      <c r="B16" t="s">
+        <v>1</v>
+      </c>
+      <c r="C16" t="s">
+        <v>2</v>
+      </c>
+      <c r="D16" t="s">
+        <v>3</v>
+      </c>
+      <c r="E16">
+        <v>0.002</v>
+      </c>
+      <c r="F16" t="s">
+        <v>4</v>
+      </c>
+      <c r="G16" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7">
+      <c r="A17" t="s">
+        <v>21</v>
+      </c>
+      <c r="B17" t="s">
+        <v>1</v>
+      </c>
+      <c r="C17" t="s">
+        <v>2</v>
+      </c>
+      <c r="D17" t="s">
+        <v>3</v>
+      </c>
+      <c r="E17">
+        <v>0.002</v>
+      </c>
+      <c r="F17" t="s">
+        <v>4</v>
+      </c>
+      <c r="G17" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7">
+      <c r="A18" t="s">
+        <v>22</v>
+      </c>
+      <c r="B18" t="s">
+        <v>1</v>
+      </c>
+      <c r="C18" t="s">
+        <v>2</v>
+      </c>
+      <c r="D18" t="s">
+        <v>3</v>
+      </c>
+      <c r="E18">
+        <v>0.002</v>
+      </c>
+      <c r="F18" t="s">
+        <v>4</v>
+      </c>
+      <c r="G18" t="s">
+        <v>5</v>
+      </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>