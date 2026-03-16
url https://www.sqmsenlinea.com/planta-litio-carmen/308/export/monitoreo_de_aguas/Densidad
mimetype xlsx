--- v0 (2025-11-02)
+++ v1 (2026-03-16)
@@ -105,59 +105,63 @@
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -790,83 +794,83 @@
       <c r="F17" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" t="s">
         <v>21</v>
       </c>
       <c r="B18" t="s">
         <v>1</v>
       </c>
       <c r="C18" t="s">
         <v>2</v>
       </c>
       <c r="D18" t="s">
         <v>3</v>
       </c>
       <c r="E18">
         <v>1.05</v>
       </c>
       <c r="F18" t="s">
         <v>4</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>